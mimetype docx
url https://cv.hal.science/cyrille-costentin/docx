--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -234,360 +234,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05455657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H‑Bond Assistance and Electronic Effects Accelerate the Cleavage of the N−O Bond in the Electrochemical Reduction of N2O Catalyzed by Rhenium Bipyridine Tricarbonyl Complexes</w:t>
+                <w:t xml:space="preserve">Automated Electroanalysis Accelerates the Discovery of Concerted Proton–Electron Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Naddour</w:t>
+                <w:t xml:space="preserve">Jingwen Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Deeba</w:t>
+                <w:t xml:space="preserve">Yi-An Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Kjellberg</w:t>
+                <w:t xml:space="preserve">Jiangtian Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
+                <w:t xml:space="preserve">Yifan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Costentin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Brandon Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 64 (29), pp.15217-15223. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (32), pp.28993-29002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c02395⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c07228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05153865v1</w:t>
+                <w:t xml:space="preserve">hal-05274053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated Electroanalysis Accelerates the Discovery of Concerted Proton–Electron Transfer</w:t>
+                <w:t xml:space="preserve">H‑Bond Assistance and Electronic Effects Accelerate the Cleavage of the N−O Bond in the Electrochemical Reduction of N2O Catalyzed by Rhenium Bipyridine Tricarbonyl Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jingwen Sun</w:t>
+                <w:t xml:space="preserve">Céline Naddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi-An Lai</w:t>
+                <w:t xml:space="preserve">Rana Deeba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiangtian Sun</w:t>
+                <w:t xml:space="preserve">Marianne Kjellberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yifan Du</w:t>
+                <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brandon Jolly</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (32), pp.28993-29002. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (29), pp.15217-15223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c07228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c02395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274053v1</w:t>
+                <w:t xml:space="preserve">hal-05153865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton‐Coupled Electron Transfer Deoxygenation of Pyridine N‐Oxide: A Mechanistic Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Naddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Durin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 26 (21), pp.e202500292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -634,51 +634,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redox Mediated Molecular Chemical Catalysis of Electrochemical Reactions: A Co-Catalytic Boosting Effect in CO 2 Electroreduction Catalyzed by an Iron Porphyrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 15 (17), pp.14927-14937. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -712,103 +712,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H-Bond assisted cleavage of N-O bond in the electrochemical reduction of N$_2$O catalyzed by iron tetraphenylporphyrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Naddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Deeba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 15 (11), pp.9393-9400. </w:t>
@@ -859,64 +859,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Protection Mechanism and Mass Transport Governing O2 Tolerance in an Iron Porphyrin Homogeneous Catalyst for CO2 Electroreduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 147 (27), pp.24171-24178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -963,51 +963,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiment–Theory Synergy: Connecting the Kinetics of the Molecular Catalysis of Electrochemical Reactions with Calculated Energy Landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Durin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 15, pp.2504-2514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1188,64 +1188,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redox Behavior and Kinetics of Hydroxo Ligand Exchange on Iron Tetraphenylporphyrin. Comparison with Chloro Exchange and Consequences for its Role in Self-Modulation of Molecular Catalysis of Electrochemical Reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 63 (17), pp.7541-7548. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1331,51 +1331,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaeyune Ryu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyukhun Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
@@ -1407,377 +1407,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton Relays in Molecular Catalysis for Hydrogen Evolution and Oxidation: Lessons From the Mimicry of Hydrogenases and Electrochemical Kinetic Analyses</w:t>
+                <w:t xml:space="preserve">Redox-Detecting Deep Learning for Mechanism Discernment in Cyclic Voltammograms of Multiple Redox Events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Haake</w:t>
+                <w:t xml:space="preserve">Benjamin B Hoar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Reuillard</w:t>
+                <w:t xml:space="preserve">Weitong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Chavarot-Kerlidou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+                <w:t xml:space="preserve">Yuanzhou Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingwen Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Artero</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hongyuan Sheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 63 (52), pp.1-22. </w:t>
+              <w:t xml:space="preserve">ACS Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (1), pp.52-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.202413910⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acselectrochem.4c00014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04805512v1</w:t>
+                <w:t xml:space="preserve">hal-04722049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox-Detecting Deep Learning for Mechanism Discernment in Cyclic Voltammograms of Multiple Redox Events</w:t>
+                <w:t xml:space="preserve">Proton Relays in Molecular Catalysis for Hydrogen Evolution and Oxidation: Lessons From the Mimicry of Hydrogenases and Electrochemical Kinetic Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin B Hoar</w:t>
+                <w:t xml:space="preserve">Matthieu Haake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weitong Zhang</w:t>
+                <w:t xml:space="preserve">Bertrand Reuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuanzhou Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jingwen Sun</w:t>
+                <w:t xml:space="preserve">Murielle Chavarot-Kerlidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hongyuan Sheng</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Artero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1 (1), pp.52-62. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (52), pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acselectrochem.4c00014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202413910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04722049v1</w:t>
+                <w:t xml:space="preserve">hal-04805512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron(I) Tetraphenylporphyrin is an Active Catalyst in Reductive Deoxygenation when Switching from CO$_2$ to Isoelectronic N$_2$O</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Deeba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (19), pp.14509-14516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1805,563 +1805,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomous closed-loop mechanistic investigation of molecular electrochemistry via automation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Turnover Number in Photoinduced Molecular Catalysis of Hydrogen Evolution: a Benchmarking for Catalysts?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fortage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Collomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-47210-x⟩</w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (17), pp.e202400205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cssc.202400205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682340v1</w:t>
+                <w:t xml:space="preserve">hal-04690347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turnover Number in Photoinduced Molecular Catalysis of Hydrogen Evolution: a Benchmarking for Catalysts?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Autonomous closed-loop mechanistic investigation of molecular electrochemistry via automation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongyuan Sheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingwen Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Hoar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weitong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 17 (17), pp.e202400205. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.2781. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cssc.202400205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-47210-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690347v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of Iron Tetraphenylsulfonato Porphyrin Intercalated into LDH and LSH as Materials for Electrocatalytic Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlled Potential Electrolysis: Transition from Fast to Slow Regimes in Homogeneous Molecular Catalysis. Application to the Electroreduction of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Catalyzed by Iron Porphyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Deeba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Tarhini</w:t>
+                <w:t xml:space="preserve">Camille Rollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Rogez</w:t>
+                <w:t xml:space="preserve">Sylvie Chardon‐noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrocatalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12678-022-00778-8⟩</w:t>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Celebratory Collections Dedicated to Prof. Flavio Maran for his 70th birthday, 10 (20), pp.e202300350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/celc.202300350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03816116v1</w:t>
+                <w:t xml:space="preserve">hal-04300639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled Potential Electrolysis: Transition from Fast to Slow Regimes in Homogeneous Molecular Catalysis. Application to the Electroreduction of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Catalyzed by Iron Porphyrin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Collard</w:t>
+                <w:t xml:space="preserve">Behavior of Iron Tetraphenylsulfonato Porphyrin Intercalated into LDH and LSH as Materials for Electrocatalytic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tarhini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rollin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Molton</w:t>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Chardon‐noblat</w:t>
+                <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Celebratory Collections Dedicated to Prof. Flavio Maran for his 70th birthday, 10 (20), pp.e202300350. </w:t>
+              <w:t xml:space="preserve">Electrocatalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/celc.202300350⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12678-022-00778-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04300639v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03816116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid catalyst to the rescue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Synthesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2 (12), pp.1134-1135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2395,51 +2395,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclic Voltammetry to Study Dynamics of Ion Insertion in Porous Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Energy and Sustainability Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 5 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2499,51 +2499,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Thorarinsdottir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Erdosy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarad Mason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2603,77 +2603,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of Ligand Exchange in the Modulation of Molecular Catalysis: Mechanism of the Electrochemical Reduction of Nitrous Oxide with Rhenium Bipyridyl Carbonyl Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Deeba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (12), pp.8262-8272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2707,77 +2707,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering Reversible Homogeneous Catalysis of the Electrochemical H2 Evolution and Oxidation: Role of Proton Relays and Local Concentration Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Reuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 62 (36), pp.e202302779. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2811,51 +2811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoinduced Catalysis of Redox Reactions. Turnover Numbers, Turnover Frequency, and Limiting Processes: Kinetic Analysis and Application to Light-Driven Hydrogen Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fakourou Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2928,103 +2928,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical Mechanistic Analysis from Cyclic Voltammograms Based on Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B Hoar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weitong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuangning Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Deeba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Measurement Science Au</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (6), pp.595 - 604. </w:t>
@@ -3062,103 +3062,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhenium Carbonyl Molecular Catalysts for CO 2 Electroreduction: Effects on Catalysis of Bipyridine Substituents Mimicking Anchorage Functions to Modify Electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61 (40), pp.16072-16080. </w:t>
@@ -3248,51 +3248,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shao-Liang Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilek K Dogutan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 119 (20), pp.e2122063119. </w:t>
@@ -3343,51 +3343,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">p-Block Metal Oxide Noninnocence in the Oxygen Evolution Reaction in Acid: The Case of Bismuth Oxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Thorarinsdottir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Veroneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3441,209 +3441,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04689845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogeneous molecular catalysis of the electrochemical reduction of N 2 O to N 2 : redox vs. chemical catalysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Overpotential and Turnover Frequency: Unidirectional and Bidirectional Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (38), pp.12726-12732. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (9), pp.5678-5687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D1SC03044B⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.1c00744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03412005v1</w:t>
+                <w:t xml:space="preserve">hal-04689886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Overpotential and Turnover Frequency: Unidirectional and Bidirectional Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Homogeneous molecular catalysis of the electrochemical reduction of N 2 O to N 2 : redox vs. chemical catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Deeba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (9), pp.5678-5687. </w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (38), pp.12726-12732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.1c00744⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1SC03044B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04689886v1</w:t>
+                <w:t xml:space="preserve">hal-03412005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen Evolution Mediated by Cobalt Diimine-Dioxime Complexes: Insights into the Role of the Ligand Acid/Base Functionalities.</w:t>
               </w:r>
@@ -3681,51 +3681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pécaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sharon Hammes-Schiffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemElectroChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8 (14), pp.2671-2679. </w:t>
@@ -3802,51 +3802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Asimow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Thorarinsdottir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nocera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3893,77 +3893,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions: Competition between Reduction of the Substrate and Deactivation of the Catalyst by a Cosubstrate. Application to N2O Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Deeba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon‐noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemElectroChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8 (19), pp.3740-3744. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3991,317 +3991,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03412026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton-Coupled Electron Transfer Catalyst: Homogeneous Catalysis. Application to the Catalysis of Electrochemical Alcohol Oxidation in Water</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Ohmic drop correction in electrochemical techniques. Multiple potential step chronoamperometry at the test bench</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.0c01195⟩</w:t>
+              <w:t xml:space="preserve">Energy Storage Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ensm.2019.07.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690023v1</w:t>
+                <w:t xml:space="preserve">hal-04690071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ohmic drop correction in electrochemical techniques. Multiple potential step chronoamperometry at the test bench</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Electrochemical Energy Storage: Questioning the Popular v / v 1/2 Scan Rate Diagnosis in Cyclic Voltammetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Storage Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 24, pp.1-3. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (22), pp.9846-9849. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ensm.2019.07.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c02667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690071v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical Energy Storage: Questioning the Popular v / v 1/2 Scan Rate Diagnosis in Cyclic Voltammetry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Proton-Coupled Electron Transfer Catalyst: Homogeneous Catalysis. Application to the Catalysis of Electrochemical Alcohol Oxidation in Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (22), pp.9846-9849. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (12), pp.6716-6725. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c02667⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.0c01195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04689912v1</w:t>
+                <w:t xml:space="preserve">hal-04690023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driving force dependence of inner-sphere electron transfer for the reduction of CO$_2$ on a gold electrode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin A Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel G Nocera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4348,51 +4348,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton-Coupled Electron Transfer Catalyst: Heterogeneous Catalysis. Application to an Oxygen Evolution Catalyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (14), pp.7958-7967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4452,51 +4452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Margarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Asimow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nocera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4537,356 +4537,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen and proton exchange at carbon. Imbalanced transition state and mechanism crossover</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Concepts and tools for mechanism and selectivity analysis in synthetic organic electrochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 11 (4), pp.1006 - 1010. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (23), pp.11147 - 11152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9sc05147c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1904439116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690041v1</w:t>
+                <w:t xml:space="preserve">hal-04690140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concepts and tools for mechanism and selectivity analysis in synthetic organic electrochemistry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Electrochemical Capacitive Charging in Porous Materials. Discriminating between Ohmic Potential Drop and Counterion Diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 116 (23), pp.11147 - 11152. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (7), pp.4981-4986. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1904439116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.9b00663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690140v1</w:t>
+                <w:t xml:space="preserve">hal-04690091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical Capacitive Charging in Porous Materials. Discriminating between Ohmic Potential Drop and Counterion Diffusion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Hydrogen and proton exchange at carbon. Imbalanced transition state and mechanism crossover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2 (7), pp.4981-4986. </w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (4), pp.1006 - 1010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.9b00663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9sc05147c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690091v1</w:t>
+                <w:t xml:space="preserve">hal-04690041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature of Electronic Conduction in “Pseudocapacitive” Films: Transition from the Insulator State to Band-Conduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Porter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (32), pp.28769-28773. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4920,64 +4920,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy storage: pseudocapacitance in prospect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (22), pp.5656 - 5666. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5050,51 +5050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuncay Ozel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph S Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel G Nocera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5193,51 +5193,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chenyang Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Keane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2 (1), pp.3-12. </w:t>
@@ -5275,51 +5275,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual-Phase Molecular-like Charge Transport in Nanoporous Transition Metal Oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nocera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5418,51 +5418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Ruccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Schnedermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 141 (1), pp.89-93. </w:t>
@@ -5471,6019 +5471,6019 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jacs.8b11262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (49)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring Reversible Electrocatalytic Hydrogen Production/Oxidation with a DuBois Complex Immobilized on an Edge-Plane Graphite Electrode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sriram Katipamula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Reuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Conference of the Institut of Metal in Biologie of Grenoble (IMBG) on Fuel Synthesis: from metalloproteins to bio-inspired models &amp; materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Grenoble- UGA Campus, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Substituents and Role of a Proton Donor in the Electroreductive Cleavage of N-O Bond Catalyzed by Metal Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Naddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de Printemps Rhône-Alpes SCF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05153952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring Reversible Electrocatalytic Hydrogen Production/Oxidation with a DuBois Complex Immobilized on an Edge-Plane Graphite Electrode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sriram Katipamula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Reuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International solar fuels conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Newcastle upon Tyne, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-Protection Mechanism and Mass Transport Governing O2 Tolerance in an Iron Porphyrin Homogeneous Catalyst for CO2 Electroreduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Harvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Conference of the Institut of Metal in Biologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions: Principle and Application to Small Molecules Activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminaire - Tokyo Intitute of Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Tokyo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modulating HER and CO2RR performances of cobalt tetraaza-macrocyclic complexes through ligand substitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Gabriel Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Willery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gavaggio,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Termeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Journées d’Electrochimie 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrochemical Reduction of N2O. redox vs. Chemical Catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SABIC-2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Calcutta, India, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet de substituants et rôle d'un donneur de proton (H2O) sur la réduction de N2O par des complexes de rhénium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Naddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'Electrochimie 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Saint Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04993752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reductive deoxygenation of N-O bonds: direct reduction vs. redox catalysis and chemical catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">German-French Symposium on Molecular Electrocatalysis at the Crossroad of Synthesis and Energy Conversion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Mühlheim A. D. Ruhr, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions: Principle and Application to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - Université de Bourgogne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions: Principle and Application to Mechanistic Studies of N2O and CO2 Reduction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - CEA Saclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Saclay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions: Principle and Application to Small Molecules Activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - Université de Genève</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Electrochemistry : a tool for mechanism analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th HC3A meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-modulation in molecular catalysis of electrochemical reactions. Application to N2O reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS National Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Denver (CO), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Turnover number in photoinduced molecular catalysis of hydrogen evolution: a benchmarking for catalysts?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Solar Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent advances in mechanistic analysis of molecular catalysis of electrochemical reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECHEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Burghhausen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Principles and Applications to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - ENS Lyon - Laboratoire de Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proton coupled electron transfer catalysts. Principles and applications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International meeting on PCET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Tarragona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Principles and Applications to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PROCORE Conference : New Frontiers in Electrochemical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Hong-Kong, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Principles and Applications to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Gecom-Concoord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Fournols, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Principles and Applications to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCF 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CO2 Electroreduction efficiency of various Cu based layered double hydroxides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tarhini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chardon-Noblat Sylvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Euroclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bari, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04687953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bidirectional systems in molecular catalysis of electrochemical reactions: role of proton relay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on bidirectional catalysis, from molecular machines to enzymes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Principles and Applications to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - CulturChem - Sorbonne Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyclic Voltammetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISE annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Electrochemistry: A tool for mechanism analysis in electrosynthesis and catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Creating new Bonds in Physical Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Fréjus, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Substituents Mimicking Anchoring of Rhenium Carbonyl Bipyridine Molecular Catalysts for CO2 Electroreduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rogez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de Chimie de Coordination (JCC2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards the heterogenization of molecular catalysts for the (photo) electrocatalytic reduction of CO2. Effect of anchorage functions on catalytic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rogez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel du GDR Solar Fuels (GDR SF2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Fréjus, France. pp.16072 - 16080</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04683623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of the Electrochemical Reduction of N2O: Contrasting Redox and Chemical Catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - Labex Arcane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Fe]Porphyrin@LDH/LSH Hybrids Materials: Structure, Redox properties and Electrocatalytic behavior towards CO 2 reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tarhini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion annuelle du Groupe Français d’Etude des Composés d’Insertion (GFECI 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Sète, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04687925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhenium-bipyridyl-carbonyl molecular catalyst heterogenization in LSH layered hydroxides; characterization, redox properties and effect of the catalyst anchoring on CO2 electro reduction activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rogez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’Electrochimie 2022, JE2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhenium-bipyridyl-carbonyl molecular catalyst heterogenization in LSH layered hydroxides; characterization, redox properties and effect of the catalyst anchoring on CO2 electroreduction activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des doctorants EDCSV 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EDCSV, Jun 2022, Grenoble (Campus), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanistic aspects in electrocatalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole thématique GDR PES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions. Principles and Applications to Small Molecules Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - Electrochemical Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Online, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aqueous electrolysis: transformation of CO2 into formic acid, a high-energy product.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Technique « Valorisation du CO2 »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AXELERA, Nov 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deciphering mechanisms of molecular catalysis of electrochemical reactions and electrophotocatalysis using cyclic voltammetry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISE 72nd Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Jeju, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular catalysis of electrochemical reactions. Mechanismes of small molecules activation: Principle and application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Solar Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Saint Jacut de la mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coordination chemistry approach for selective CO2 electro reduction reaction in layered hydroxide materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mousty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de Chimie de Coordination (JCC2021), Paris, 23-24 septembre 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of Electrochemical Reactions: Principles and Applications. Activation of Small Molecules with Transition Metal Porphyrins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISE 27th Topical meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Salt Lake City, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Highly stable cobalt oxide-polypyrrole nanocomposite for electrocatalytic water oxidation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fortage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela V. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalina N. Astudillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Anastasoaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora-Mihaela Ungureanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Conference—New Trends on Sensing - Monitoring - Telediagnosis for Life Sciences (NT-SMT-LS 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bucharest, Jul 2020, Bucharest (visioconférence), Romania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proton coupled electron transfer catalysts. Principles and applications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISE 71st Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Belgrade, Serbia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular catalysis of electrochemical reactions: tools for mechanism analysis, catalyst optimization and selectivity control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gordon Conference on Mechanism in Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Galveston - Texas, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular catalysis of small molecules activation. Role of proton-coupled electron transfers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire -Brookhaven National Lab</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Brookhaven, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanism of molecular catalysis of CO2 and O2 electroreduction with metalloporphyrins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">257th ACS National Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Orlando, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Catalysis of electrochemical Reactions: Tools for Mechanism analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICASEC Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Göttingen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular catalysis of O2, CO2 and Acid electroreduction with metalloporphyrins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CEFIPRA Indo-French Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Calcutta, India, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of proton transfer and transport coupled to electron transfer in porous materials: from charge storage to fuel production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">257th ACS National Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Orlando, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular electrochemistry: tools for mechanism and selectivity analysis in electrosynthesis and catalysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire - Merck Laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Rahway, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanodiffusion in molecular and metal electrocatalytic films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Tard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Costentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Di Giovanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GdR Hydrogène, Systèmes et Piles à Combustible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Substituents and Role of a Proton Donor in the Electroreductive Cleavage of N-O Bond Catalyzed by Metal Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Naddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres de Chimie Physique de la Division de Chimie Physique SCF/SFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Aussois, France</w:t>
+              <w:t xml:space="preserve">76th Annual ISE Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Mainz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05154193v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Substituents and Role of a Proton Donor in the Electroreductive Cleavage of N-O Bond Catalyzed by Metal Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Naddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">76th Annual ISE Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Mainz, Germany</w:t>
+              <w:t xml:space="preserve">Rencontres de Chimie Physique de la Division de Chimie Physique SCF/SFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05154179v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Substituents and Role of a Proton Donor in the Electroreductive Cleavage of N-O Bond Catalyzed by Metal Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Naddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique EDCSV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05154168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogenization of molecular catalysts in layered hydroxide host materials towards CO2 electrochemical reduction application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Electrochimie 2024, JE2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogenization of molecular catalysts for electrochemical reduction of CO2. Importance of electronic interaction of anchorage functions with catalytic metallic center on catalytic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual ISE Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogenization of molecular catalysts for electrochemical reduction of CO2. Importance of electronic interaction of anchorage functions with catalytic metallic center on catalytic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Lalloz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SCF2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nantes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio−inspired carboxylate−polymer/metal oxides material for electrocatalytic water oxidation par Baptiste Dautreppe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dautreppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Aldakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Reiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes journées des carburants solaires (GDR Solar Fuels)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04946895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are FeTSPP based-hybrids layered materials efficient for electrochemical activation of CO 2 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tarhini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Electrochimie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-inspired carboxylate-polymer/metal oxides material for electrocatalytic water oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dautreppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Aldakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Reiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroBIC 16th European Biologic Inorganic Chemistry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Université Grenoble Alpes (UGA) - Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04946900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of CuAl-layered double hydroxides as efficient electrocatalysts of CO2 reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tarhini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Electrochimie JE2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homo and Heteronuclear Layered Simple Hydroxides for CO2 electroreduction catalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tarhini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du Groupe Français d’Étude des Composés d’Insertion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Sète (34200), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structured catalyst in layered hydroxide material for selective CO2 electroreduction reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Division Chimie de Coordination de la Société Chimique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion du Groupe Français d’Étude des Composés d’Insertion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611520v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structured catalyst in layered hydroxide material for selective CO2 electroreduction reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Aguirre-Araque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chardon-Noblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du Groupe Français d’Étude des Composés d’Insertion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées de la Division Chimie de Coordination de la Société Chimique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611524v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanodiffusion in electrocatalytic films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Tard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Di Giovanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Ventura, CA, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanodiffusion in molecular and metal electrocatalytic films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Tard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Di Giovanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savéant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Journées de Catalyse de Paris Saclay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Gif-sur-Yvette, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480081v1</w:t>
-              </w:r>
-[...4158 lines deleted...]
-                <w:t xml:space="preserve">hal-04479994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11501,51 +11501,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyse moléculaire par transfert d’électron : quelques enjeux fondamentaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Costentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11752,51 +11752,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Feldman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gabriel Julliard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-C&#233;dric Madrigalejo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Collomb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c19804" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05153865v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Naddour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Deeba" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Kjellberg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon-Noblat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Costentin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c02395" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274053v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Sun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-An Lai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangtian Sun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Du" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Jolly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c07228" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272995v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Durin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202500292" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Harvey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5c03381" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061360v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chartier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nicolas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5c01965" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379490v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c09840" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918159v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c06976" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690357v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Willery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c03061" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682321v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c00825" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735142v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Veroneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaina Hartnett" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaeyune Ryu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyukhun Hong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c09521" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805512v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haake" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Reuillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Chavarot-Kerlidou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Artero" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202413910" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722049v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B Hoar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weitong Zhang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanzhou Chen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyuan Sheng" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acselectrochem.4c00014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699314v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Collard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c05259" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682340v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hoar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47210-x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690347v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202400205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03816116v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tarhini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Aguirre-Araque" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guyot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rogez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12678-022-00778-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300639v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rollin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon&#8208;noblat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202300350" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682415v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44160-023-00391-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682367v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aesr.202300242" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682507v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Thorarinsdottir" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Erdosy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarad Mason" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nocera" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-023-00958-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300895v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c01495" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181785v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202302779" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766011v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakourou Camara" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c01289" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689511v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangning Xu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmeasuresciau.2c00045" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859417v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lalloz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c02473" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689526v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Sun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengran Liu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao-Liang Zheng" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek K Dogutan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2122063119" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689845v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c03801" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412005v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC03044B" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689886v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.1c00744" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320907v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongyue Sun" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparna Karippara Harshan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;caut" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Hammes-Schiffer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202100413" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689891v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Margarit" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Asimow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.1c00253" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412026v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202101064" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690023v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c01195" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690071v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sav&#233;ant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2019.07.029" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689912v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c02667" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689940v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin A Zhang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G Nocera" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0016298" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689946v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c02532" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690057v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.9b02093" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690041v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sc05147c" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690140v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1904439116" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690091v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b00663" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690080v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Porter" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b05240" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690114v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sc01662g" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690099v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuncay Ozel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph S Elias" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.9b00302" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690163v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Brodsky" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kwabena Bediako" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyang Shi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Keane" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b00785" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690146v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b10948" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690155v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangzhong Qin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ruccolo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schnedermann" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b11262" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154193v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chardon-Noblat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154179v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154168v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683711v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mousty" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Prevot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683696v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683683v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946895v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dautreppe" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pouget" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Aldakov" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Reiss" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687989v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946900v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687973v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611511v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611520v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611524v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480065v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Di Giovanni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Giraud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480081v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05153952v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493607v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriram Katipamula" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Wagner" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493554v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154155v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945366v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945399v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945396v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945371v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945414v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946824v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gavaggio," TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Termeau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Robert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993752v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945299v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945402v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945337v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945381v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945321v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945454v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945429v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945440v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945471v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945443v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687953v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chardon-Noblat Sylvie" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945417v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945462v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945425v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945483v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683623v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682651v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682661v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945491v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682672v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687925v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945501v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945511v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714967v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945521v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945529v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682684v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945543v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946922v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela V. Morales" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina N. Astudillo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Anastasoaie" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora-Mihaela Ungureanu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945539v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945580v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945564v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945574v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945552v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945547v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945568v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945559v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479994v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682391v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Feldman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gabriel Julliard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-C&#233;dric Madrigalejo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Collomb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c19804" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274053v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Sun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-An Lai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangtian Sun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Du" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Jolly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c07228" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05153865v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Naddour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Deeba" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Kjellberg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon-Noblat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Costentin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c02395" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272995v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Durin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202500292" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Harvey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5c03381" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061360v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chartier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nicolas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5c01965" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379490v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c09840" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918159v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c06976" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690357v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Willery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c03061" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682321v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c00825" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735142v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Veroneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaina Hartnett" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaeyune Ryu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyukhun Hong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c09521" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722049v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B Hoar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weitong Zhang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanzhou Chen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyuan Sheng" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acselectrochem.4c00014" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805512v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haake" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Reuillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Chavarot-Kerlidou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Artero" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202413910" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699314v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Collard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c05259" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690347v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202400205" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682340v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hoar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47210-x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300639v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rollin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon&#8208;noblat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202300350" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03816116v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tarhini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Aguirre-Araque" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guyot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rogez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12678-022-00778-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682415v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44160-023-00391-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682367v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aesr.202300242" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682507v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Thorarinsdottir" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Erdosy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarad Mason" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nocera" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-023-00958-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300895v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c01495" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181785v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202302779" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766011v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakourou Camara" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c01289" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689511v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangning Xu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmeasuresciau.2c00045" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859417v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lalloz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c02473" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689526v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Sun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengran Liu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao-Liang Zheng" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek K Dogutan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2122063119" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689845v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c03801" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689886v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.1c00744" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412005v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC03044B" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320907v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongyue Sun" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparna Karippara Harshan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;caut" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Hammes-Schiffer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202100413" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689891v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Margarit" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Asimow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.1c00253" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412026v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202101064" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690071v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sav&#233;ant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2019.07.029" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689912v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c02667" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690023v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c01195" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689940v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin A Zhang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G Nocera" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0016298" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689946v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c02532" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690057v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.9b02093" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690140v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1904439116" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690091v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b00663" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690041v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sc05147c" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690080v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Porter" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b05240" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690114v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sc01662g" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690099v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuncay Ozel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph S Elias" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.9b00302" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690163v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Brodsky" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kwabena Bediako" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyang Shi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Keane" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b00785" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690146v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b10948" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690155v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangzhong Qin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ruccolo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Schnedermann" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b11262" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriram Katipamula" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Wagner" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05153952v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chardon-Noblat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493554v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154155v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945366v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946824v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gavaggio," TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Termeau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Robert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945414v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993752v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945299v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945396v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945399v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945371v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945402v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945337v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945381v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945321v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945454v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945440v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945471v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945443v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945429v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687953v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Prevot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chardon-Noblat Sylvie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945417v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945462v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945425v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945483v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682651v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683623v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945491v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687925v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chardon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682672v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682661v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945501v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945511v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714967v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945521v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945529v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682684v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mousty" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945543v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946922v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela V. Morales" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina N. Astudillo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Anastasoaie" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora-Mihaela Ungureanu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945539v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945580v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945564v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945574v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945552v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945547v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945568v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945559v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479994v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Di Giovanni" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Giraud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154179v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154193v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05154168v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683711v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683696v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683683v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946895v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dautreppe" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pouget" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Aldakov" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Reiss" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687989v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946900v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687973v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611511v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611524v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611520v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480065v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480081v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682391v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>