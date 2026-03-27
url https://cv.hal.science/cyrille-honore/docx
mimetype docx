--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1540,295 +1540,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01785568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The I-mode confinement regime at ASDEX Upgrade: global properties and characterization of strongly intermittent density fluctuations</w:t>
+                <w:t xml:space="preserve">Comparison of detailed experimental wavenumber spectra with gyrokinetic simulation aided by two-dimensional full-wave simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Happel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dunne</w:t>
+                <w:t xml:space="preserve">T. Görler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hennequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lechte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Bernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 59 (1), pp.014004. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0741-3335/59/1/014004⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 59 (5), pp.054009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/aa645b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01894832v1</w:t>
+                <w:t xml:space="preserve">hal-01894824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of detailed experimental wavenumber spectra with gyrokinetic simulation aided by two-dimensional full-wave simulations</w:t>
+                <w:t xml:space="preserve">The I-mode confinement regime at ASDEX Upgrade: global properties and characterization of strongly intermittent density fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Happel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Lechte</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Manz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ryter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Bernert</w:t>
+                <w:t xml:space="preserve">M. Dunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 59 (5), pp.054009. </w:t>
+              <w:t xml:space="preserve">, 2017, 59 (1), pp.014004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/aa645b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0741-3335/59/1/014004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894824v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turbulence intermittency linked to the weakly coherent mode in ASDEX Upgrade I-mode plasmas</w:t>
               </w:r>
@@ -2344,290 +2344,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01550990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavenumber spectrum of micro-turbulence in tokamak plasmas / Spectre en nombre d'onde de la micro-turbulence dans les plasmas de tokamak</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Hennequin</w:t>
+                <w:t xml:space="preserve">Collective Light Scattering for the Study of Fluctuations in Magnetized Plasmas: The Hall Thruster Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedina Tsikata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 12 (2), pp.115 - 122. </w:t>
+              <w:t xml:space="preserve">Contributions to Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 51 (2-3), pp.119-125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2010.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ctpp.201000057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01551001v1</w:t>
+                <w:t xml:space="preserve">hal-01551000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective Light Scattering for the Study of Fluctuations in Magnetized Plasmas: The Hall Thruster Case Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sedina Tsikata</w:t>
+                <w:t xml:space="preserve">Wavenumber spectrum of micro-turbulence in tokamak plasmas / Spectre en nombre d'onde de la micro-turbulence dans les plasmas de tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vermare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Plasma Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (2), pp.115 - 122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2010.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ctpp.201000057⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01551000v1</w:t>
+                <w:t xml:space="preserve">hal-01551001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional structure of electron density fluctuations in the Hall thruster plasma: ExB mode</w:t>
               </w:r>
@@ -3006,523 +3006,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02347707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of density fluctuations in magnetic confined plasmas using Doppler backscattering technique</w:t>
+                <w:t xml:space="preserve">Poloidal asymmetry of perpendicular velocity of the density fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vermare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECPD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">44th EPS Conference on Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866434v1</w:t>
+                <w:t xml:space="preserve">hal-02866433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poloidal asymmetry of perpendicular velocity of the density fluctuations</w:t>
+                <w:t xml:space="preserve">Measurements of density fluctuations in magnetic confined plasmas using Doppler backscattering technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vermare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pisarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-C. Giacalone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th EPS Conference on Plasma Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">ECPD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866433v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding of wavenumber spectra measured by Doppler reflectometry through simulation and related estimation of wave-plasma interaction regimes.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inter-ELM Fluctuations and Flows and their evolution when approaching the density limit in the ASDEX Upgrade tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J R Pinzón</w:t>
+                <w:t xml:space="preserve">F. Laggner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wolfrum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisée Trier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Reflectometry Workshop for Fusion Plasma Diagnostics (IRW13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Daejon, Korea, Unknown Region</w:t>
+              <w:t xml:space="preserve">44th EPS Conference on Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Belfast, Ireland. pp.P1.167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866441v1</w:t>
+                <w:t xml:space="preserve">hal-02866437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-ELM Fluctuations and Flows and their evolution when approaching the density limit in the ASDEX Upgrade tokamak</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding of wavenumber spectra measured by Doppler reflectometry through simulation and related estimation of wave-plasma interaction regimes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Happel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Görler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">E. Wolfrum</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lechte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisée Trier</w:t>
+                <w:t xml:space="preserve">J R Pinzón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th EPS Conference on Plasma Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Belfast, Ireland. pp.P1.167</w:t>
+              <w:t xml:space="preserve">13th International Reflectometry Workshop for Fusion Plasma Diagnostics (IRW13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Daejon, Korea, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866437v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The I-mode confinement regime at ASDEX Upgrade: global properties and characterization of strongly intermittent density fluctuations</w:t>
               </w:r>
@@ -3560,51 +3560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ryter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd EPS Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Leuven, Belgium. pp.I1.101</w:t>
@@ -4685,51 +4685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-C. Giacalone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Reflectometry Workshop (IRW11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Palaiseau, France</w:t>
@@ -5481,138 +5481,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuation-induced electron mobility in the observed turbulent E-field of the Hall effect thruster</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Grésillon</w:t>
+                <w:t xml:space="preserve">Impact of collisionality on fluctuation characteristics of micro-turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vermare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hennequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sedina Tsikata</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Berionni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th EPS Conf. on Plasma Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Les Houches Winter School « Dynamics and turbulent transport in plasmas and conducting fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866399v1</w:t>
+                <w:t xml:space="preserve">hal-02866861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuation characteristics of micro-turbulence on Tore Supra using Doppler backscattering system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vermare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5634,110 +5660,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Ensing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Reflectometry Workshop IRW10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of micro-turbulence characteristics with collisionality at the tokamak core-edge interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vermare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5759,215 +5785,189 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Berionni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint US-EU Transport Taskforce Workshop TTF 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, San Diego, California, USA, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of collisionality on fluctuation characteristics of micro-turbulence</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
+                <w:t xml:space="preserve">Fluctuation-induced electron mobility in the observed turbulent E-field of the Hall effect thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Berionni</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedina Tsikata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Houches Winter School « Dynamics and turbulent transport in plasmas and conducting fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Les Houches, France</w:t>
+              <w:t xml:space="preserve">38th EPS Conf. on Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866861v1</w:t>
+                <w:t xml:space="preserve">hal-02866399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of collisionality on characteristics of micro-turbulence on Tore Supra</w:t>
               </w:r>
@@ -6318,256 +6318,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axially-propagating millimetric electron density fluctuations in the Hall thruster plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hall Thruster Microscopic Processes : Qualifying 2D PIC Simulations against Collective Scattering Experimental Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedina Tsikata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lemoine</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Grésillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63rd Gaseous Electronics Conf</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">37th Europ. Physicial Society Conference on Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866884v1</w:t>
+                <w:t xml:space="preserve">hal-02866398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hall Thruster Microscopic Processes : Qualifying 2D PIC Simulations against Collective Scattering Experimental Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Axially-propagating millimetric electron density fluctuations in the Hall thruster plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedina Tsikata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grésillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th Europ. Physicial Society Conference on Plasma Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">63rd Gaseous Electronics Conf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866398v1</w:t>
+                <w:t xml:space="preserve">hal-02866884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective light scattering for the study of transport and fluctuations in magnetized plasmas : the Hall thruster case study</w:t>
               </w:r>
@@ -6789,422 +6789,422 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulence in Tore Supra plasmas: measurements and validation of nonlinear simulations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ion beam fluctuations in the wake of a plasma thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pisarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedina Tsikata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th EPS Conference On Plasma Physics and Controlled Fusion.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Sofia, Bulgaria</w:t>
+              <w:t xml:space="preserve">VIth Internat. Conf. on Plasma Physics and Plasma Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Minsk, Belarus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866419v1</w:t>
+                <w:t xml:space="preserve">hal-02866830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long range correlation studies : Tore Supra contribution, DREVE project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High k spectra in Tore Supra : experiment, theory and modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hennequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vermare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisée Trier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd EFDA Transport Topical Group Meeting.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Culham, UK, Unknown Region</w:t>
+              <w:t xml:space="preserve">US Transport Task Force Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, San Diego, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866848v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ion beam fluctuations in the wake of a plasma thruster</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sedina Tsikata</w:t>
+                <w:t xml:space="preserve">Turbulence measurements during dimensionless parameters scans on Tore Supra using Doppler reflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vermare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hennequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bourdelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIth Internat. Conf. on Plasma Physics and Plasma Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Minsk, Belarus</w:t>
+              <w:t xml:space="preserve">9th International Reflectometry workshop IRW9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866830v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulence measurements during dimensionless parameters scans on Tore Supra using Doppler reflectometry</w:t>
+                <w:t xml:space="preserve">Long range correlation studies : Tore Supra contribution, DREVE project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vermare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
@@ -7218,219 +7218,219 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Özgür D. Gürcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Bourdelle</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Reflectometry workshop IRW9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">2nd EFDA Transport Topical Group Meeting.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Culham, UK, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866847v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High k spectra in Tore Supra : experiment, theory and modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Turbulence in Tore Supra plasmas: measurements and validation of nonlinear simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Casati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Honoré</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bourdelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Candy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">US Transport Task Force Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, San Diego, California, United States</w:t>
+              <w:t xml:space="preserve">36th EPS Conference On Plasma Physics and Controlled Fusion.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Sofia, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866844v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small-scale density fluctuation modes in a Hall plasma thruster: experimental studies via collective light scattering</w:t>
               </w:r>
@@ -7733,51 +7733,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumire Kobayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Donnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Berionni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7858,51 +7858,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumire Kobayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Donnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Berionni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8466,51 +8466,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rien&#228;cker" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hennequin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vermare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Honor&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouffet-Klein" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ae19fd" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148281v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rien&#228;cker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hennequin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Vermare" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Honor&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Coda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/add0e0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276332v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molina Cabrera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kasparek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Happel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eixenberger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kammerloher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0151271" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551302v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ben Slimane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Honor&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charoy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chabert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0073215" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571938v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hennequin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. H&#246;fler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-6272/ab618c" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894816v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Donnel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;r D. G&#252;rcan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pisarev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5025141" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894817v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vermare" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garbet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5022122" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03636192v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sourrouille" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Macovei" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Pechoux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mir" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-018-6529-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894823v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;dina Tsikata" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H&#233;ron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4984255" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894829v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ryter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Birkenmeier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa7476" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ahn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Albanese" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alberti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alessi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6412" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894832v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dunne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/59/1/014004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. G&#246;rler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lechte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa645b" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550945v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hetzenecker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/56/6/064004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286885v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tsikata" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cavalier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lemoine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4890025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287090v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817743" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cavalier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lemoine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Bonhomme" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedina Tsikata" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4748286" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551001v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2010.11.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551000v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctpp.201000057" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZFBD3Q7S-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551008v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3499350" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376990v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Alvarez-Laguna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347707v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866434v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Giacalone" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866433v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866441v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Pinz&#243;n" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866437v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laggner" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mink" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wolfrum" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elis&#233;e Trier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866143v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866874v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866871v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866142v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Schneider" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Birkenmeier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866872v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866870v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulette" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866839v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. D. Conway" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866407v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866840v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de Meijere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866401v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866400v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabriel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866833v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866210v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866832v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866399v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866853v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ensing" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866857v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berionni" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866861v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866414v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourdelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866831v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866863v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866884v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866398v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866405v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866395v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abiteboul" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benkadda" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Casati" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3526165" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866419v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gerbaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Candy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sabot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866830v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866847v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866844v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866829v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866422v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. L. Zou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Song" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giruzzi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868790v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumire Kobayashi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868791v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868787v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schneider" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868777v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00287591v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rien&#228;cker" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hennequin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vermare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Honor&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouffet-Klein" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ae19fd" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148281v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rien&#228;cker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hennequin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Vermare" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Honor&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Coda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/add0e0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276332v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molina Cabrera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kasparek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Happel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eixenberger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kammerloher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0151271" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551302v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ben Slimane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Honor&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charoy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chabert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0073215" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571938v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hennequin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. H&#246;fler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-6272/ab618c" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894816v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Donnel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;r D. G&#252;rcan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pisarev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5025141" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894817v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vermare" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garbet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5022122" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03636192v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sourrouille" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Macovei" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Pechoux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mir" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-018-6529-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894823v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;dina Tsikata" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H&#233;ron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4984255" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894829v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ryter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Birkenmeier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa7476" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ahn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Albanese" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alberti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alessi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6412" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894824v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. G&#246;rler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lechte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa645b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894832v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dunne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/59/1/014004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550945v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hetzenecker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/56/6/064004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286885v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tsikata" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cavalier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lemoine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4890025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287090v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817743" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cavalier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lemoine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Bonhomme" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedina Tsikata" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4748286" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551000v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctpp.201000057" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZFBD3Q7S-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551001v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2010.11.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551008v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3499350" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376990v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Alvarez-Laguna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347707v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866433v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866434v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Giacalone" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866437v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laggner" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mink" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wolfrum" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elis&#233;e Trier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866441v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Pinz&#243;n" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866143v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866874v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866871v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866142v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Schneider" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Birkenmeier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866872v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866870v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulette" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866839v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. D. Conway" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866407v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866840v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. de Meijere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866401v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866400v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabriel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866833v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866210v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866832v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866861v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berionni" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866853v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ensing" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866857v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866399v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866414v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourdelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866831v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866863v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866398v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866884v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866405v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866395v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abiteboul" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benkadda" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Casati" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3526165" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866830v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866844v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866847v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sabot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866419v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gerbaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Candy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866829v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866422v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. L. Zou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Song" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giruzzi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868790v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumire Kobayashi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868791v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868787v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schneider" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868777v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00287591v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>