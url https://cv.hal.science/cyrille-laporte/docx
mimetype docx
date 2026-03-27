--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -72,827 +72,952 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseigner la cuisine : stratégies pédagogiques de légitimation du statut d'enseignant</w:t>
+                <w:t xml:space="preserve">Symposium 18 - Enseignement/apprentissage en Hôtellerie-restauration : la didactique professionnelle à l'épreuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dominique Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zancanaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Colloque international de l’association « Recherches et pratiques en didactique professionnelle »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Nationale Supérieure de Formation de l'Enseignement Agricole. Unité Mixte de Recherche Education Formation Travail Savoirs ENSFEA Université Toulouse Jean-Jaurès, Jun 2025, Auzeville, France</w:t>
+              <w:t xml:space="preserve">7eme colloque RDPD Faire de la didactique professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENSFEA, Jun 2025, Toulouse, France. pp.373-381</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979181v1</w:t>
+                <w:t xml:space="preserve">hal-05533558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations parentales sur la cantine scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rochedy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39ieme Forum Agores. Restauration collective publique territoriale &amp; savoir-faire des territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association AGORES, Apr 2025, Dole, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enseignement de la gastronomie durable dans la formation hôtelière française</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Enseigner la cuisine : stratégies pédagogiques de légitimation du statut d'enseignant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversité des cultures alimentaires, ressources pour un monde durable. Contraintes écologiques, économiques et sociales pour regarder la diversité des cultures alimentaires comme une ressource</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie des sciences, des lettres et des arts Beit Al-Hikma, Carthage, Tunisie, Jun 2024, Tunis, Tunisia</w:t>
+              <w:t xml:space="preserve">7e Colloque international de l’association « Recherches et pratiques en didactique professionnelle »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Nationale Supérieure de Formation de l'Enseignement Agricole. Unité Mixte de Recherche Education Formation Travail Savoirs ENSFEA Université Toulouse Jean-Jaurès, Jun 2025, Auzeville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04978874v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La coopération universitaire et scientifique entre l'Université Toulouse - Jean Jaurès et Taylor's University en Malaisie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ième séminaire Muraflex. Internationalisation des établissements d'enseignement supérieur, vers des partenariats stratégiques ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison universitaire Franco-Mexicaine, Mar 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire face aux injonctions nutritionnelles, économiques et hygiéniques en restauration collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Centre national de la fonction publique territoriale (CNFPT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choisir son mode de production : (re)construire une cuisine centrale ou revenir à des cuisines &amp;quot;sur place</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">L'enseignement de la gastronomie durable dans la formation hôtelière française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38ième Forum Agores</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Agores, May 2024, Fontenay-sous-Bois, France</w:t>
+              <w:t xml:space="preserve">Diversité des cultures alimentaires, ressources pour un monde durable. Contraintes écologiques, économiques et sociales pour regarder la diversité des cultures alimentaires comme une ressource</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des sciences, des lettres et des arts Beit Al-Hikma, Carthage, Tunisie, Jun 2024, Tunis, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04978880v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution des systèmes de restauration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Choisir son mode de production : (re)construire une cuisine centrale ou revenir à des cuisines &amp;quot;sur place</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Centre national de la fonction publique territoriale (CNFPT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">38ième Forum Agores</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Agores, May 2024, Fontenay-sous-Bois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04978893v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les formations supérieures en restauration collective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">L'évolution des systèmes de restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises de l'Union des ingénieurs hospitaliers en restauration (UDIHR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Centre national de la fonction publique territoriale (CNFPT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979163v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La restauration collective : entre nouvelles injonctions et durabilité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Les formations supérieures en restauration collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution des pratiques alimentaires : tendances et opportunités. Comment les entreprises peuvent s'approprier les travaux de recherche ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agri Sud-Ouest Innovation UT2J-CERTOP-ISTHIA, Jan 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Assises de l'Union des ingénieurs hospitaliers en restauration (UDIHR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979168v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques publiques et cultures alimentaires. Cas de la France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La restauration collective : entre nouvelles injonctions et durabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International conference of observatorio de la alimentation and fundacion Alicia : patrimonios alimentarios, turismos y sostenibilidades</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Barcelone, ODELA, Jun 2019, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Evolution des pratiques alimentaires : tendances et opportunités. Comment les entreprises peuvent s'approprier les travaux de recherche ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agri Sud-Ouest Innovation UT2J-CERTOP-ISTHIA, Jan 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979170v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Politiques publiques et cultures alimentaires. Cas de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International conference of observatorio de la alimentation and fundacion Alicia : patrimonios alimentarios, turismos y sostenibilidades</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Barcelone, ODELA, Jun 2019, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eating out and it's dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Asia Euro conference 2018 in Tourism, Hospitality and Gastronomy. Nurturing the Future Today</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Far Eastern University, Taylor's University, UT2J-ISTHIA-CERTOP, Nov 2018, Manille, Philippines</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -902,1789 +1027,1789 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Eating Out”, spatiality, temporality and sociality. A database for China, Indonesia, Japan, Malaysia, Singapore and France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kremlasen Naidoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Alem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2023.1066737⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of protein food sources, protein adequacy and amino acid profiles in Indonesia diets: Socio-Cultural Research in Protein Transition (SCRiPT)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Social Times of Cooks in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Thoemmes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (3), pp.109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/socsci11030109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jns.2022.82⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04979184v1</w:t>
+                <w:t xml:space="preserve">hal-03901805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Times of Cooks in France</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diversity of protein food sources, protein adequacy and amino acid profiles in Indonesia diets: Socio-Cultural Research in Protein Transition (SCRiPT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helda Khusun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Monsivais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselynne Anggraini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judhiastuty Februhartanty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Mognard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nutritional Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jns.2022.82⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/socsci11030109⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03901805v1</w:t>
+                <w:t xml:space="preserve">hal-04979184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Malaysian Food Barometer Open Database: An invitation to study the modernization of Malaysian food patterns and its economic and health consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fnut.2021.800317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-Cultural and Economic Drivers of Plant and Animal Protein Consumption in Malaysia: The SCRiPT Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Drewnowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shilpi Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Noor Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norimah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (5), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu12051530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malaysian Food Barometer (MFB): a study of the impact of compressed modernisation on food habits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ari Ragavan Neethiahnanthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Malaysian Journal of Nutrition </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 26 (1), pp.1-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.31246/mjn-2019-0042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staging a National Dish : The Social Relevance of Nasi Lemak in Malaysia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Alloysius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asia-Pacific Journal of Innovation in Hospitality and Tourism </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8 (1), pp.51-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Malaysian Food Barometer. L’impact de la modernisation compressée sur l’alimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaïl Noor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 104, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/sds.10621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eating patterns and prevalence of obesity. Lessons learned from the Malaysian Food Barometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Appetite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 107, pp.362-371. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.08.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the consequences of modernization on ethnic food patterns: Development of the Malaysian Food Barometer (MFB)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wendy Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Noor Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropology of Food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/aof.7735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01246073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration d'entreprise en France et au Royaume‑Uni. Synchronisation sociale alimentaire et obésité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnologie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Vol. 44 (1), pp.93-103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ethn.141.0093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les temporalités sociales des cuisiniers de la restauration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La recherche en tourisme dans l'enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mondes du tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Mondes du tourisme, pp.14-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04976509v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche en tourisme dans l'enseignement supérieur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Les temporalités sociales des cuisiniers de la restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes du tourisme</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/temporalites.2477⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977500v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04976509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figures de cuisiniers. De l'artisan à l'assembleur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 29, pp.239, 2023, Histoire des techniques, Fonteneau (Virginie), Gasnier (Marina), Grelon (André), 978-2-406-14908-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14908-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04976697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malaysian Food Barometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tibère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Taylor’s Press, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01246082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2694,421 +2819,421 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obesity and the proper meal at workplace: French and English at the table and (or beyond) the culturalist explanation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routledge Handbook of Critical Obesity Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.177-187, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9780429344824-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restauration collective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Enjeux de la restauration collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des cultures alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , pp.1231-1236, 2018, 9782130786139</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PUF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.487-490, 2018, Dictionnaires Quadrige, 9782130786139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977443v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de la restauration collective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Restauration collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUF. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des cultures alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.487-490, 2018, Dictionnaires Quadrige, 9782130786139</w:t>
+              <w:t xml:space="preserve">, , pp.1231-1236, 2018, 9782130786139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977357v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingénierie de restauration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUF. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des cultures alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.793-800, 2018, 9782130786139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04977369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manger dans la restauration collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'alimentation à découvert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.40, 2015, A découvert, 9782271083005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04977462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3118,114 +3243,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rationalisation des systèmes de restauration hors foyer et logiques d'action des professeurs de cuisine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Ecole des Hautes Etudes En Sciences Sociales, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04978853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3372,51 +3497,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979181v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Laporte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979177v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rochedy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978874v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978897v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978893v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979163v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979168v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979170v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979173v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04979175v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mognard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremlasen Naidoo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tib&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Alem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1066737" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979184v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helda Khusun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Monsivais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselynne Anggraini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judhiastuty Februhartanty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2022.82" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901805v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Thoemmes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/socsci11030109" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490316v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poulain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Fournier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2021.800317" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276447v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Drewnowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpi Gupta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Noor Ismail" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norimah Karim" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12051530" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276505v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari Ragavan Neethiahnanthan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31246/mjn-2019-0042" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276582v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Alloysius" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276955v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Mognard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#239;l Noor" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.10621" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979205v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fournier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tib&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mognard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ismail" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.08.009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FSFHX78R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246073v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Smith" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aof.7735" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979192v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.141.0093" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976509v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temporalites.2477" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977500v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976697v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/figures-de-cuisiniers-de-l-artisan-a-l-assembleur.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14908-8" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246082v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979226v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429344824-22" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977443v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977357v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/dictionnaire-des-cultures-alimentaires" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977369v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977462v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04978853v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Alvarez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mothes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cadiou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zancanaro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Laporte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979177v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rochedy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979181v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978897v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978888v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978874v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978880v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978893v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979163v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979168v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979170v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979173v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04979175v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mognard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremlasen Naidoo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tib&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Alem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1066737" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Thoemmes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/socsci11030109" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979184v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helda Khusun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Monsivais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselynne Anggraini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judhiastuty Februhartanty" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2022.82" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490316v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poulain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2021.800317" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276447v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Drewnowski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpi Gupta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Noor Ismail" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norimah Karim" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12051530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276505v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari Ragavan Neethiahnanthan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31246/mjn-2019-0042" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276582v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Alloysius" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03276955v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Mognard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#239;l Noor" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.10621" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979205v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fournier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tib&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mognard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ismail" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.08.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FSFHX78R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246073v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Smith" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aof.7735" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979192v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.141.0093" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977500v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976509v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temporalites.2477" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976697v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/figures-de-cuisiniers-de-l-artisan-a-l-assembleur.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14908-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246082v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979226v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429344824-22" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977357v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/dictionnaire-des-cultures-alimentaires" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977443v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977369v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04978853v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>