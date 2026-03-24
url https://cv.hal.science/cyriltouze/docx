--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -283,8915 +283,9166 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (77)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (79)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normal form computation of nonlinear dispersion relationship for locally resonant metamaterial</w:t>
+                <w:t xml:space="preserve">A harmonic balance normal form parametrisation for single mode reduction of nonlinear vibrating systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Wang</w:t>
+                <w:t xml:space="preserve">Aurélien Grolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haiqin Li</w:t>
+                <w:t xml:space="preserve">André de Figueiredo Stabile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qian Ding</w:t>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 488, pp.135115. </w:t>
+              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 157, pp.109708. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physd.2026.135115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2026.109708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468998v1</w:t>
+                <w:t xml:space="preserve">hal-05547816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order modelling for shell finite element structures using the direct parametrisation of invariant manifolds: Hardening/softening transition, resonant dynamics and mode selection</w:t>
+                <w:t xml:space="preserve">Normal form computation of nonlinear dispersion relationship for locally resonant metamaterial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zixu Xia</w:t>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Cong</w:t>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuitao Gu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
+                <w:t xml:space="preserve">Qian Ding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tws.2025.114329⟩</w:t>
+              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 488, pp.135115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physd.2026.135115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401042v1</w:t>
+                <w:t xml:space="preserve">hal-05468998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normal form analysis of nonlinear oscillator equations with automated arbitrary order expansions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced order modelling for shell finite element structures using the direct parametrisation of invariant manifolds: Hardening/softening transition, resonant dynamics and mode selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zixu Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André de Figueiredo Stabile</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+                <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/jtcam.13234⟩</w:t>
+              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 220, pp.114329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tws.2025.114329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04505455v3</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05401042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a nonlinear controller in Phase-Locked Loop experiments for nonlinear structure identification</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reduced order modelling of Hopf bifurcations for the Navier-Stokes equations through invariant manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Stephan</w:t>
+                <w:t xml:space="preserve">Alessio Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André de F. Stabile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pastur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.113114⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 113 (3), pp.034202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/w6z2-m5wk⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05189423v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order modelling of parameter-dependent systems with invariant manifolds: Application to Hopf bifurcations in follower force problems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Normal form analysis of nonlinear oscillator equations with automated arbitrary order expansions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André de Figueiredo Stabile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2025.105133⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.13234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05077670v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505455v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing damping performance below the bandgap in metamaterial beams with geometric nonlinearity and bistable attachments via nonlinear energy transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tao Wang</w:t>
+                <w:t xml:space="preserve">Implementation of a nonlinear controller in Phase-Locked Loop experiments for nonlinear structure identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustus Chukwu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Qian Ding</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 240, pp.113362. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.113362⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 237, pp.113114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.113114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05281181v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05189423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear dispersion relationships and dissipative properties of damped metamaterials embedding bistable attachments</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reduced-order modelling of parameter-dependent systems with invariant manifolds: Application to Hopf bifurcations in follower force problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haiqin Li</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">André de Figueiredo Stabile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 177, pp.105133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2025.105133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11071-024-10462-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05272494v1</w:t>
+                <w:t xml:space="preserve">hal-05077670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct parametrisation of invariant manifolds for non-autonomous forced systems including superharmonic resonances</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Attilio Frangi</w:t>
+                <w:t xml:space="preserve">Enhancing damping performance below the bandgap in metamaterial beams with geometric nonlinearity and bistable attachments via nonlinear energy transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ye Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Ding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11071-024-09333-0⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 240, pp.113362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.113362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520660v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order modelling of fully coupled electro-mechanical systems through invariant manifolds with applications to microstructures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+                <w:t xml:space="preserve">Nonlinear dispersion relationships and dissipative properties of damped metamaterials embedding bistable attachments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Ding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nme.7641⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-024-10462-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04935025v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05272494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband shock vibration absorber based on vibro-impacts and acoustic black hole effect</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adrien Pelat</w:t>
+                <w:t xml:space="preserve">Direct parametrisation of invariant manifolds for non-autonomous forced systems including superharmonic resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gautier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Giorgio Gobat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, special issue “The favourable effects of nonlinearity in the dynamic response of mechanical systems.”, 159, pp.104620. </w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 112 (8), pp.6255-6290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2023.104620⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11071-024-09333-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04357840v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear model order reduction of resonant piezoelectric micro-actuators: An invariant manifold approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reduced order modelling of fully coupled electro-mechanical systems through invariant manifolds with applications to microstructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgio Gobat</w:t>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2023.107154⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 126 (3), pp.e7641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nme.7641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205918v1</w:t>
+                <w:t xml:space="preserve">hal-04935025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order modeling of geometrically nonlinear rotating structures using the direct parametrisation of invariant manifolds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Broadband shock vibration absorber based on vibro-impacts and acoustic black hole effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick O’donoughue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Martin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+                <w:t xml:space="preserve">Florent Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Debeurre</w:t>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Salles</w:t>
+                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-31. </w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, special issue “The favourable effects of nonlinearity in the dynamic response of mechanical systems.”, 159, pp.104620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/jtcam.10430⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2023.104620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886793v2</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency combs in a MEMS resonator featuring 1:2 internal resonance: ab initio reduced order modelling and experimental validation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear model order reduction of resonant piezoelectric micro-actuators: An invariant manifold approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Gobat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11071-022-08029-7⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 289, pp.107154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2023.107154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03882270v1</w:t>
+                <w:t xml:space="preserve">hal-04205918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High order direct parametrisation of invariant manifolds for model order reduction of finite element structures: application to large amplitude vibrations and uncovering of a folding point</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Reduced-order modeling of geometrically nonlinear rotating structures using the direct parametrisation of invariant manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Debeurre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11071-022-07651-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.10430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03766744v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886793v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear dynamics of coupled oscillators in 1:2 internal resonance: effects of the non-resonant quadratic terms and recovery of the saturation effect</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yichang Shen</w:t>
+                <w:t xml:space="preserve">Frequency combs in a MEMS resonator featuring 1:2 internal resonance: ab initio reduced order modelling and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Gobat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Giraud-Audine</w:t>
+                <w:t xml:space="preserve">Valentina Zega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Fedeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meccanica</w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11012-022-01566-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11071-022-08029-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03789488v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High order direct parametrisation of invariant manifolds for model order reduction of finite element structures: application to generic forcing terms and parametrically excited systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">High order direct parametrisation of invariant manifolds for model order reduction of finite element structures: application to large amplitude vibrations and uncovering of a folding point</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Opreni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 110 (6), pp.5401-5447. </w:t>
+              <w:t xml:space="preserve">, 2022, 110 (1), pp.525-571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11071-022-07978-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11071-022-07651-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03882282v1</w:t>
+                <w:t xml:space="preserve">hal-03766744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy harvesting efficiency of unimorph piezoelectric acoustic black hole cantilever shunted by resistive and inductive circuits</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+                <w:t xml:space="preserve">Nonlinear dynamics of coupled oscillators in 1:2 internal resonance: effects of the non-resonant quadratic terms and recovery of the saturation effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zein Alabidin Shami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yichang Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Giraud-Audine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Gautier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+              <w:t xml:space="preserve">Meccanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2021.111409⟩</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11012-022-01566-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519588v1</w:t>
+                <w:t xml:space="preserve">hal-03789488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct computation of nonlinear mapping via normal form for reduced-order models of finite element nonlinear structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">High order direct parametrisation of invariant manifolds for model order reduction of finite element structures: application to generic forcing terms and parametrically excited systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.113957⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 110 (6), pp.5401-5447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-022-07978-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03259382v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model Order Reduction based on Direct Normal Form: Application to Large Finite Element MEMS Structures Featuring Internal Resonance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Attilio Frangi</w:t>
+                <w:t xml:space="preserve">Energy harvesting efficiency of unimorph piezoelectric acoustic black hole cantilever shunted by resistive and inductive circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11071-021-06641-7⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2021.111409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03285817v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Reduction Methods for Finite Element Geometrically Nonlinear Beam Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yichang Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Kesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ting Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 4, pp.175 - 204. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/vibration4010014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03164983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear and nonlinear dynamics of a plate with acoustic black hole, geometric and contact nonlinearity for vibration mitigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Experimental evidence of energy transfer and vibration mitigation in a vibro-impact acoustic black hole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sécail-Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Pelat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03222737v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of energy transfer and vibration mitigation in a vibro-impact acoustic black hole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Linear and nonlinear dynamics of a plate with acoustic black hole, geometric and contact nonlinearity for vibration mitigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Pelat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03222552v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Backbone curves, Neimark-Sacker boundaries and appearance of quasi-periodicity in nonlinear oscillators: application to 1:2 internal resonance and frequency combs in MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Gobat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgio Gobat</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cochelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meccanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 56, pp.1937-1969. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11012-021-01351-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced order modelling and experimental validation of a MEMS gyroscope test-structure exhibiting 1:2 internal resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Gobat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Zega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fedeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Guerinoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11, pp.16390. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-95793-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03533207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model order reduction methods for geometrically nonlinear structures: a review of nonlinear techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 105, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11071-021-06693-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283647v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining nonlinear vibration absorbers and the Acoustic Black Hole for passive broadband flexural vibration mitigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haiqin Li</w:t>
+                <w:t xml:space="preserve">Model Order Reduction based on Direct Normal Form: Application to Large Finite Element MEMS Structures Featuring Internal Resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Frangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2020.103558⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-021-06641-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952867v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03285817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backbone curves of coupled cubic oscillators in one-to-one internal resonance: bifurcation scenario, measurements and parameter identification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jin-Jack Tan</w:t>
+                <w:t xml:space="preserve">Direct computation of nonlinear mapping via normal form for reduced-order models of finite element nonlinear structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yichang Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Blahoš</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meccanica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11012-020-01132-2⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 384, pp.113957. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.113957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02586115v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03259382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order models for geometrically nonlinear structures: assessment of implicit condensation in comparison with invariant manifold approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
+                <w:t xml:space="preserve">Combining nonlinear vibration absorbers and the Acoustic Black Hole for passive broadband flexural vibration mitigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2020.104165⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.103558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2020.103558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023770v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of nonlinear mappings for reduced-order modelling of vibrating structures: normal form theory and quadratic manifold method with modal derivatives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loic Salles</w:t>
+                <w:t xml:space="preserve">Backbone curves of coupled cubic oscillators in one-to-one internal resonance: bifurcation scenario, measurements and parameter identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Givois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Jack Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11071-020-05813-1⟩</w:t>
+              <w:t xml:space="preserve">Meccanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 55 (3), pp.481-503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11012-020-01132-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952721v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02586115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-intrusive reduced order modelling for the dynamics of geometrically nonlinear flat structures using three-dimensional finite elements</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Reduced order models for geometrically nonlinear structures: assessment of implicit condensation in comparison with invariant manifold approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yichang Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Deü</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natacha Béreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00466-020-01902-5⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2020.104165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952712v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A vibro-impact acoustic black hole for passive damping of flexural beam vibrations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haiqin Li</w:t>
+                <w:t xml:space="preserve">Comparison of nonlinear mappings for reduced-order modelling of vibrating structures: normal form theory and quadratic manifold method with modal derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xianren Kong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 450, pp.28-46. </w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2019.03.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11071-020-05813-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086389v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear vibrations of thin plates with variable thickness: Application to sound synthesis of cymbals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-intrusive reduced order modelling for the dynamics of geometrically nonlinear flat structures using three-dimensional finite elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Givois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoc Bao Nguyen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierluigi Longobardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yichang Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Deü</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.5091013⟩</w:t>
+              <w:t xml:space="preserve">Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 66 (6), pp.1293-1319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00466-020-01902-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050810v1</w:t>
+                <w:t xml:space="preserve">hal-02952712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear magnetic vibration absorber for passive control of a multi-storey structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefania Lo Feudo</w:t>
+                <w:t xml:space="preserve">A vibro-impact acoustic black hole for passive damping of flexural beam vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Boisson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwendal Cumunel</w:t>
+                <w:t xml:space="preserve">Xianren Kong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 438, pp.33-353. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2018.09.007⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 450, pp.28-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2019.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01891645v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonsmooth contact dynamics for the numerical simulation of collisions in musical string instruments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franck Pérignon</w:t>
+                <w:t xml:space="preserve">Nonlinear vibrations of thin plates with variable thickness: Application to sound synthesis of cymbals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Bao Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 143 (5), pp.1-13. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.5039740⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 145 (2), pp.977-988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.5091013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01806133v2</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">String/frets contacts in the electric bass sound: Simulations and experiments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clara Issanchou</w:t>
+                <w:t xml:space="preserve">Nonlinear magnetic vibration absorber for passive control of a multi-storey structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Lo Feudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+                <w:t xml:space="preserve">Jean Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Cumunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2017.07.021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 438, pp.33-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2018.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01582578v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01891645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a hysteretic damper on the flutter instability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonsmooth contact dynamics for the numerical simulation of collisions in musical string instruments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Issanchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Acary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Malher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+                <w:t xml:space="preserve">Franck Pérignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2016.11.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 143 (5), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.5039740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01442349v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01806133v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modal-based approach to the nonlinear vibration of strings against a unilateral obstacle: Simulations and experiments in the pointwise case</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">String/frets contacts in the electric bass sound: Simulations and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.12.025⟩</w:t>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 129, pp.217-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2017.07.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01461730v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01582578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of the acoustic black hole effect by using energy transfer due to geometric nonlinearity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Pelat</w:t>
+                <w:t xml:space="preserve">Influence of a hysteretic damper on the flutter instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Malher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2016.11.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 68, pp.356 - 369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2016.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01442428v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01442349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flutter Control of a Two-Degrees-of-Freedom Airfoil Using a Nonlinear Tuned Vibration Absorber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Malher</w:t>
+                <w:t xml:space="preserve">A modal-based approach to the nonlinear vibration of strings against a unilateral obstacle: Simulations and experiments in the pointwise case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Issanchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Kerschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (5), pp.051016. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 393, pp.229-251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4036420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.12.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01538613v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01461730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenological model for predicting stationary and non-stationary spectra of wave turbulence in vibrating plates</w:t>
+                <w:t xml:space="preserve">Improvement of the acoustic black hole effect by using energy transfer due to geometric nonlinearity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Humbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Josserand</w:t>
+                <w:t xml:space="preserve">Vivien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cadot</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physd.2015.11.006⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, A Conspectus of Nonlinear Mechanics: A Tribute to the Oeuvres of Professors G. Rega and F. Vestroni, 94, pp.134-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2016.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01257109v1</w:t>
+                <w:t xml:space="preserve">hal-01442428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amortissement de vibrations de poutres par effet Trou Noir : caractérisation expérimentale et modèles numériques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Gautier</w:t>
+                <w:t xml:space="preserve">Flutter Control of a Two-Degrees-of-Freedom Airfoil Using a Nonlinear Tuned Vibration Absorber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Kerschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustique et Techniques : trimestriel d'information des professionnels de l'acoustique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (5), pp.051016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4036420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01414855v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Idiophones à plaques et coques. Partie II. Instruments fortement non linéaires : cymbales, tam-tams et plaques tonnerre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phenomenological model for predicting stationary and non-stationary spectra of wave turbulence in vibrating plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musique &amp; Technique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 316, pp.34-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physd.2015.11.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01338557v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01257109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Idiophones à plaque et à coque. Partie I. Instruments linéaires et faiblement non linéaires: entre cloches et steelpans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélodie Monteil</w:t>
+                <w:t xml:space="preserve">Amortissement de vibrations de poutres par effet Trou Noir : caractérisation expérimentale et modèles numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musique &amp; Technique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6, pp.34-50</w:t>
+              <w:t xml:space="preserve">Acoustique et Techniques : trimestriel d'information des professionnels de l'acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 83, pp.5-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01338550v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a Magnetic Vibration Absorber with Tunable Stiffnesses</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Idiophones à plaques et coques. Partie II. Instruments fortement non linéaires : cymbales, tam-tams et plaques tonnerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Musique &amp; Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.51-63</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01286056v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01338557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal approach for nonlinear vibrations of damped impacted plates: Application to sound synthesis of gongs and cymbals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Ducceschi</w:t>
+                <w:t xml:space="preserve">Idiophones à plaque et à coque. Partie I. Instruments linéaires et faiblement non linéaires: entre cloches et steelpans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Musique &amp; Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.34-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.01.029⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01134639v1</w:t>
+                <w:t xml:space="preserve">hal-01338550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of mode couplings in nonlinear vibrations of the steelpan</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Design of a Magnetic Vibration Absorber with Tunable Stiffnesses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benacchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Malher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85 (2), pp.893-911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-016-2731-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2014.08.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01084240v1</w:t>
+                <w:t xml:space="preserve">hal-01286056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservative numerical methods for the Full von Kármán plate equations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Identification of mode couplings in nonlinear vibrations of the steelpan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerical Methods for Partial Differential Equations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2014.08.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/num.21974⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01206323v1</w:t>
+                <w:t xml:space="preserve">hal-01084240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear dynamics of rectangular plates: investigation of modal interaction in free and forced vibrations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+                <w:t xml:space="preserve">Modal approach for nonlinear vibrations of damped impacted plates: Application to sound synthesis of gongs and cymbals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Craig J. Webb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Mechanica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00707-013-0931-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 344, pp.313-331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.01.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134793v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct finite element computation of non-linear modal coupling coefficients for reduced-order shell models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conservative numerical methods for the Full von Kármán plate equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Chapelle</w:t>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 54, pp.567-580. </w:t>
+              <w:t xml:space="preserve">Numerical Methods for Partial Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00466-014-1006-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/num.21974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00955582v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01206323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the wave turbulence spectrum in vibrating plates: A numerical investigation using a conservative finite difference scheme</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct finite element computation of non-linear modal coupling coefficients for reduced-order shell models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Vidrascu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chapelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physd.2014.04.008⟩</w:t>
+              <w:t xml:space="preserve">Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54, pp.567-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00466-014-1006-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01135260v1</w:t>
+                <w:t xml:space="preserve">hal-00955582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear forced vibrations of thin structures with tuned eigenfrequencies: the cases of 1:2:4 and 1:2:2 internal resonances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélodie Monteil</w:t>
+                <w:t xml:space="preserve">Dynamics of the wave turbulence spectrum in vibrating plates: A numerical investigation using a conservative finite difference scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Benacchio</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11071-013-1057-7⟩</w:t>
+              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 280-281, pp.73-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physd.2014.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01084667v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01135260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave turbulence in vibrating plates: The effect of damping</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonlinear dynamics of rectangular plates: investigation of modal interaction in free and forced vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craig J. Webb</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/102/30002⟩</w:t>
+              <w:t xml:space="preserve">Acta Mechanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 225 (1), pp.213-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00707-013-0931-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134801v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the numerical computation of nonlinear normal modes for reduced-order modelling of conservative vibratory systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Blanc</w:t>
+                <w:t xml:space="preserve">Nonlinear forced vibrations of thin structures with tuned eigenfrequencies: the cases of 1:2:4 and 1:2:2 internal resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Bonnet-Ben Dhia</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benacchio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2012.10.016⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 75 (1-2), pp.175-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-013-1057-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00772317v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition scenario to turbulence in thin vibrating plates</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Wave turbulence in vibrating plates: The effect of damping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Düring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rica Sergio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2011.09.016⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 102 (3), pp.30002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/102/30002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00838867v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental analysis of the quasi-static and dynamic torsional behaviour of shape memory alloys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+                <w:t xml:space="preserve">On the numerical computation of nonlinear normal modes for reduced-order modelling of conservative vibratory systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Sbarra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+                <w:t xml:space="preserve">Jean-François Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ould Moussa</w:t>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ziad Moumni</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Bonnet-Ben Dhia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 49 (1), pp.32-42. </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36 (2), pp.520-539. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2011.09.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2012.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134805v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00772317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear dynamic thermomechanical behaviour of shape memory alloys</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transition scenario to turbulence in thin vibrating plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">W. Zaki</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1045389x12448446⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 331 (2), pp.412-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2011.09.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00838865v1</w:t>
+                <w:t xml:space="preserve">hal-00838867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An upper bound for validity limits of asymptotic analytical approaches based on normal form theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-linear dynamic thermomechanical behaviour of shape memory alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.O. Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Moumni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude-Henri Lamarque</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">W. Zaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 70 (3), pp.1931-1949. </w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (14), pp.1593-1611. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11071-012-0584-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1045389x12448446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00880968v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental analysis of the quasi-static and dynamic torsional behaviour of shape memory alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Sbarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ould Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 49 (1), pp.32-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2011.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01133506v1</w:t>
+                <w:t xml:space="preserve">hal-01134805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition to chaotic vibrations for harmonically forced perfect and imperfect circular plates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An upper bound for validity limits of asymptotic analytical approaches based on normal form theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Henri Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marco Amabili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2010.09.004⟩</w:t>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 70 (3), pp.1931-1949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-012-0584-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134807v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00880968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear versus nonlinear response of a forced wave turbulence system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cadot</w:t>
+                <w:t xml:space="preserve">Experimental analysis of the quasi-static and dynamic torsional behaviour of shape memory alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Sbarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arezki Boudaoud</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreve.82.046211⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 49 (1), pp.32-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2011.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00838873v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01133506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flambage et vibrations non-linéaires d'une plaque stratifiée piézoélectrique. Application à un capteur de masse MEMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Transition to chaotic vibrations for harmonically forced perfect and imperfect circular plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Amabili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mécanique et Industries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/meca/2009057⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 46 (1), pp.234-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2010.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03178691v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear vibrations of imperfect free-edge circular plates and shells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Camier</w:t>
+                <w:t xml:space="preserve">Linear versus nonlinear response of a forced wave turbulence system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arezki Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2008.11.005⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (4), pp.046211.1-046211.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.82.046211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01089556v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of imperfections and damping on the type of nonlinearity of circular plates and shallow spherical shells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-linear vibrations of imperfect free-edge circular plates and shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Camier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Problems in Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 2008, pp.678307. </w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28, pp.500-515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2008/678307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2008.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00838876v1</w:t>
+                <w:t xml:space="preserve">hal-01089556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order models for large-amplitude vibrations of shells including in-plane inertia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flambage et vibrations non-linéaires d'une plaque stratifiée piézoélectrique. Application à un capteur de masse MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2008.01.002⟩</w:t>
+              <w:t xml:space="preserve">Mécanique et Industries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (3-4), pp.311-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/meca/2009057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00838878v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03178691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistics of power injection in a plate set into chaotic vibration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of imperfections and damping on the type of nonlinearity of circular plates and shallow spherical shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Camier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Favraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematical Problems in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2008, pp.678307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2008/678307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjb/e2008-00431-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01637690v1</w:t>
+                <w:t xml:space="preserve">hal-00838876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of wave turbulence in vibrating plates</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reduced-order models for large-amplitude vibrations of shells including in-plane inertia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Amabili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 197 (21-24), pp.2030-2045. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2008.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.100.234504⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00326634v1</w:t>
+                <w:t xml:space="preserve">hal-00838878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear vibrations of free-edge thin spherical shells: Experiments on a 1:1:2 internal resonance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Statistics of power injection in a plate set into chaotic vibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arezki Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Luminais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 66 (3), pp.399-407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2008-00431-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11071-006-9132-y⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00838881v1</w:t>
+                <w:t xml:space="preserve">hal-01637690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order models for nonlinear vibrations of fluid-filled circular cylindrical shells: Comparison of POD and asymptotic nonlinear normal modes methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Amabili</w:t>
+                <w:t xml:space="preserve">Observation of wave turbulence in vibrating plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arezki Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Odille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2006.12.004⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 100 (23), pp.234504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.100.234504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00838880v1</w:t>
+                <w:t xml:space="preserve">hal-00326634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear behaviour of free-edge shallow spherical shells: Effect of the geometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-linear vibrations of free-edge thin spherical shells: Experiments on a 1:1:2 internal resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Luminais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 49 (1-2), pp.259-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11071-006-9132-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2005.12.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00838885v1</w:t>
+                <w:t xml:space="preserve">hal-00838881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear normal modes for damped geometrically nonlinear systems: Application to reduced-order modelling of harmonically forced structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced-order models for nonlinear vibrations of fluid-filled circular cylindrical shells: Comparison of POD and asymptotic nonlinear normal modes methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Amabili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Amabili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2006.06.032⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23 (6), pp.885-903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2006.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00838883v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear vibrations of free-edge thin spherical shells: Modal interaction rules and 1:1:2 internal resonance</w:t>
+                <w:t xml:space="preserve">Nonlinear normal modes for damped geometrically nonlinear systems: Application to reduced-order modelling of harmonically forced structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Amabili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2004.10.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 298 (4-5), pp.958-981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2006.06.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00830689v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear vibrations and chaos in gongs and cymbals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-linear behaviour of free-edge shallow spherical shells: Effect of the geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustical Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1250/ast.26.403⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 41 (5), pp.678-692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2005.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01135295v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardening/softening behaviour in non-linear oscillations of structural systems using non-linear normal modes</w:t>
+                <w:t xml:space="preserve">Non-linear vibrations of free-edge thin spherical shells: Modal interaction rules and 1:1:2 internal resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Chaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2003.04.005⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 42 (11-12), pp.3339-3373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2004.10.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00830693v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00830689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic non-linear normal modes for large-amplitude vibrations of continuous structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear vibrations and chaos in gongs and cymbals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Huberdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2004.09.003⟩</w:t>
+              <w:t xml:space="preserve">Acoustical Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 26 (5), pp.403-409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1250/ast.26.403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00830691v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01135295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric non-linear forced vibrations of free-edge circular plates. Part II: Experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Hardening/softening behaviour in non-linear oscillations of structural systems using non-linear normal modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 265 (5), pp.1075-1101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0022-460x(02)01564-x⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 273 (1-2), pp.77-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2003.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00830696v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00830693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric non-linear forced vibrations of free-edge circular plates. Part 1: Theory</w:t>
+                <w:t xml:space="preserve">Asymptotic non-linear normal modes for large-amplitude vibrations of continuous structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Chaigne</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Huberdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/jsvi.2002.5143⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 82 (31-32), pp.2671-2682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2004.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00830697v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00830691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Asymmetric non-linear forced vibrations of free-edge circular plates. Part II: Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 265 (5), pp.1075-1101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0022-460x(02)01564-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00830696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymmetric non-linear forced vibrations of free-edge circular plates. Part 1: Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 258 (4), pp.649-676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jsvi.2002.5143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00830697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lyapunov exponents from experimental time series. Application to cymbal vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Acustica united with Acustica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 86 (3), pp.557-567</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9201,7963 +9452,7963 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a full-scale aircraft by phase-locked loop experiment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Extension of Phase-Locked Loop Experiment for Application to Ground Vibration Test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustus Chukwu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XCON 2025-International Conference on Experimental Continuation in Nonlinear Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">NODYCOM 2025 - Nonlinear Dynamics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Hoboken, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05513541v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05189494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of Phase-Locked Loop Experiment for Application to Ground Vibration Test</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Identification of a full-scale aircraft by phase-locked loop experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustus Chukwu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NODYCOM 2025 - Nonlinear Dynamics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Hoboken, United States</w:t>
+              <w:t xml:space="preserve">XCON 2025-International Conference on Experimental Continuation in Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05189494v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced order modeling of rotating structures featuring geometric nonlinearity with the direct parametrisation of invariant manifolds method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Opreni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NODYCON 2023, Third International Nonlinear Dynamics Conference, 18 - 22 june 2023, Rome, Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sapienza, Universita di Roma, Jun 2023, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04126358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic Computation of Invariant Manifolds of large Finite Element structures with Geometric Nonlinearities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Model order reduction for geometrically nonlinear beams featuring internal resonance and centrifugal effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENOC 2020+2, 10th European Nonlinear Dynamics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">ENOC 2022 - 10th European Nonlinear Dynamics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENTPE - Université de Lyon, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03778411v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03738441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model order reduction of nonlinear piezoelectric microstructures through direct parametrisation of invariant manifolds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+                <w:t xml:space="preserve">Développement d’atténuateurs vibratoires à Trous Noirs Acoustiques Vibro- Impactés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiqin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Fornasieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENOC 2020+2, 10th European Nonlinear Dynamics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03778419v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03847902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model order reduction of nonlinear MEMS structures: a high order invariant manifold approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">A numerical package for model order reduction of large dimensional finite element systems of nonlinear vibrating structures based on invariant manifold theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Opreni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Colloque National en Calcul des Structures CSMA 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Giens, France</w:t>
+              <w:t xml:space="preserve">ENOC 2022 - 10th European Nonlinear Dynamics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENTPE - Université de Lyon, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675289v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03738453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model order reduction for geometrically nonlinear beams featuring internal resonance and centrifugal effect</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Comparison of nonlinear methods for reduced-order modeling of geometrically nonlinear structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Opreni</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENOC 2022 - 10th European Nonlinear Dynamics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENTPE - Université de Lyon, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">ENOC 2020+2, 10th European Nonlinear Dynamics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738441v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’atténuateurs vibratoires à Trous Noirs Acoustiques Vibro- Impactés</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+                <w:t xml:space="preserve">Réduction de modèle en dynamique non linéaire par la méthode de paramétrisation des variétés invariantes. Application au cas des structures tournantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuqing Lian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03847902v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of nonlinear methods for reduced-order modeling of geometrically nonlinear structures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Model order reduction of nonlinear MEMS structures: a high order invariant manifold approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Opreni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Gobat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Salles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrea Opreni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENOC 2020+2, 10th European Nonlinear Dynamics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">15ème Colloque National en Calcul des Structures CSMA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03778406v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical package for model order reduction of large dimensional finite element systems of nonlinear vibrating structures based on invariant manifold theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Model order reduction of nonlinear piezoelectric microstructures through direct parametrisation of invariant manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Opreni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENOC 2022 - 10th European Nonlinear Dynamics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENTPE - Université de Lyon, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">ENOC 2020+2, 10th European Nonlinear Dynamics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738453v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de modèle en dynamique non linéaire par la méthode de paramétrisation des variétés invariantes. Application au cas des structures tournantes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Asymptotic Computation of Invariant Manifolds of large Finite Element structures with Geometric Nonlinearities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Opreni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Alberto Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, Hyères-les-Palmiers, France</w:t>
+              <w:t xml:space="preserve">ENOC 2020+2, 10th European Nonlinear Dynamics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03717957v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the Type of Nonlinearity of Shallow Spherical Shells: Comparison of Direct Normal Form with Modal Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yichang Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Kesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second International Nonlinear Dynamics Conference (NODYCON 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Rome, Italy. pp.361-371, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-81162-4_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04073620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear energy transfer to improve the acoustic black hole effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Pelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NODYCON 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02454706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flutter suppression using a magnetic vibration absorber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Amandolese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th European and African Conference on Wind Engineering, EACWE 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amortisseur vibratoire magnétique pour les vibrations de plaque mince : étude expérimentale et numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Lo Feudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01923674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode modale mixte pour la simulation numérique de contacts multiples entre une corde vibrante et un obstacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loïc Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A MODAL APPROACH TO THE NUMERICAL SIMULATION OF A STRING VIBRATING AGAINST AN OBSTACLE: APPLICATIONS TO SOUND SYNTHESIS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">A complete vibroacoustic model for the nonlinear response of imperfect circular plates : application to sound synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Àngels Aragonès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Digital Audio Effects (DAFx-16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Brno, Czech Republic</w:t>
+              <w:t xml:space="preserve">Inter-Noise 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354779v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A phenomenological model for predicting the effect of damping on wave turbulence spectra in vibrating plates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C Josserand</w:t>
+                <w:t xml:space="preserve">Méthode modale mixte pour le contact unilatéral corde / obstacle : application au chevalet de la tampoura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Issanchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Nonlinear Vibrations, Localization and Energy Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">Congrès Français d'Acoustique, CFA/VISHNO 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354764v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01302897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A complete vibroacoustic model for the nonlinear response of imperfect circular plates : application to sound synthesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Àngels Aragonès</w:t>
+                <w:t xml:space="preserve">Effet des non linéarités géométriques sur l'amortissement par effet trou noir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inter-Noise 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">Congrès Français d'Acoustique, CFA/VISHNO 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354772v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01302899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode modale mixte pour le contact unilatéral corde / obstacle : application au chevalet de la tampoura</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">PASSIVE CONTROL OF AIRFOIL FLUTTER USING A NONLINEAR TUNED VIBRATION ABSORBER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Malher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Kerschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d'Acoustique, CFA/VISHNO 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
+              <w:t xml:space="preserve">11th International Conference on Flow-induced vibrations, FIV2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, La Haye, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01302897v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PASSIVE CONTROL OF AIRFOIL FLUTTER USING A NONLINEAR TUNED VIBRATION ABSORBER</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">DYNAMIC BEHAVIOR OF A TUNABLE MAGNETIC VIBRATION ABSORBER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benacchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Lo Feudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Kerschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Flow-induced vibrations, FIV2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, La Haye, Netherlands</w:t>
+              <w:t xml:space="preserve">24th International Congress of Theoretical and Applied Mechanics (ICTAM 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUTAM, Aug 2016, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354769v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01370413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet des non linéarités géométriques sur l'amortissement par effet trou noir</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Gautier</w:t>
+                <w:t xml:space="preserve">Effects of geometrical nonlinearities on the acoustic black hole effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Pelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d'Acoustique, CFA/VISHNO 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
+              <w:t xml:space="preserve">Inter-Noise 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01302899v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DYNAMIC BEHAVIOR OF A TUNABLE MAGNETIC VIBRATION ABSORBER</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A phenomenological model for predicting the effect of damping on wave turbulence spectra in vibrating plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Benacchio</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Congress of Theoretical and Applied Mechanics (ICTAM 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUTAM, Aug 2016, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">6th International Conference on Nonlinear Vibrations, Localization and Energy Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01370413v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of geometrical nonlinearities on the acoustic black hole effect</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Pelat</w:t>
+                <w:t xml:space="preserve">A MODAL APPROACH TO THE NUMERICAL SIMULATION OF A STRING VIBRATING AGAINST AN OBSTACLE: APPLICATIONS TO SOUND SYNTHESIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Issanchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F Gautier</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inter-Noise 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">19th International Conference on Digital Audio Effects (DAFx-16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354775v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double polarisation in nonlinear vibrating piano strings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jin-Jack Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cotté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienna talk 2015 on music Acoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'influence d'un amortisseur pseudoélastique sur l'instabilité de flottement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du contact corde / frette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loic Le Carrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un amortisseur de vibrations magnétique à raideurs ajustables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Benacchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Monchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194562v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-conserving Modal Synthesis scheme for Vibrations of Thin Plates in Strongly Nonlinear Regime</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulations of nonlinear plate dynamics: an accurate and efficient modal algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Solid Mechanics Conference, ESMC 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">18th International Conference on Digital Audio Effects (DAFx-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194569v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01206438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations of nonlinear plate dynamics: an accurate and efficient modal algorithm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy-conserving Modal Synthesis scheme for Vibrations of Thin Plates in Strongly Nonlinear Regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Digital Audio Effects (DAFx-15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">European Solid Mechanics Conference, ESMC 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01206438v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive control of the flutter instability on a two-degrees-of-freedom system with pseudoelastic shape-memory alloy springs.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+                <w:t xml:space="preserve">Computation of damped nonlinear normal modes with internal resonances: a boundary value approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Kerschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. Conference on Structural nonlinear dynamics and diagnosis, CSNDD 2014</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134710v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of damped nonlinear normal modes with internal resonances: a boundary value approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Renson</w:t>
+                <w:t xml:space="preserve">Vibrations non-linéaires de plaques minces: résolution numérique et application à la synthèse sonore de gongs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Kerschen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">congrès Français d'Acoustique, CFA 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFA, Apr 2014, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134678v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrations non-linéaires de plaques minces: résolution numérique et application à la synthèse sonore de gongs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+                <w:t xml:space="preserve">Complicated dynamics exhibited by thin shells displaying numerous internal resonances: application to the steelpan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès Français d'Acoustique, CFA 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFA, Apr 2014, Poitiers, France</w:t>
+              <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134659v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complicated dynamics exhibited by thin shells displaying numerous internal resonances: application to the steelpan</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modèle phénoménologique pour la prédiction de spectres stationnaires et instationnaires de turbulence d'ondes de plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélodie Monteil</w:t>
+                <w:t xml:space="preserve">Thomas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Rencontres du non linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134689v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle phénoménologique pour la prédiction de spectres stationnaires et instationnaires de turbulence d'ondes de plaques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Non-stationary wave turbulence in elastic plates: a numerical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du non linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134705v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-stationary wave turbulence in elastic plates: a numerical investigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+                <w:t xml:space="preserve">Phenomenological model for predicting stationary and non-stationary spectra of wave turbulence in vibrating plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cadot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134696v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenological model for predicting stationary and non-stationary spectra of wave turbulence in vibrating plates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Josserand</w:t>
+                <w:t xml:space="preserve">Passive control of the flutter instability on a two-degrees-of-freedom system with pseudoelastic shape-memory alloy springs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Malher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Nonlinear Dynamics conference ENOC 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Int. Conference on Structural nonlinear dynamics and diagnosis, CSNDD 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Agadir, Morocco. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/20141601006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01134668v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la mise en forme sur les vibrations d'une coque mince : application au steelpan.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Frelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Colloque national en Calcul de Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01138180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOUND SYNTHESIS OF GONGS OBTAINED FROM NONLINEAR THIN PLATES VIBRATIONS: COMPARISON BETWEEN A MODAL APPROACH AND A FINITE DIFFERENCE SCHEME</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAC Stockholm Music Acoustics Conference 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01138174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear vibrations of steelpans: analysis of mode coupling in view of modal sound synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAC Stockholm Music Acoustics Conference 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01138173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear vibrations of steelpans: analysis of mode coupling in view of modal sound synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stockholm Music Acoustics Conference (SMAC) 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Stokholm, Denmark. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcul direct de la raideur non linéaire géométrique pour la réduction de modèles de coques en éléments finis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vidrascu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chapelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSMA 2013 : 11e Colloque national en Calcul de Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00860823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complicated dynamics exhibited by thin shells displaying numerous internal resonances: application to the steelpan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélodie Monteil</w:t>
+                <w:t xml:space="preserve">Nonlinear plate vibrations: A modal approach with application to cymbals and gongs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Sound and Vibration ICSV 19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vilnius, Lithuania</w:t>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01154714v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00810591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear plate vibrations: A modal approach with application to cymbals and gongs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Ducceschi</w:t>
+                <w:t xml:space="preserve">Towards a steelpan making model - Residual stress field effects on dynamical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Frelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stefan Bilbao</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00810591v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00810733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a steelpan making model - Residual stress field effects on dynamical properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+                <w:t xml:space="preserve">Complicated dynamics exhibited by thin shells displaying numerous internal resonances: application to the steelpan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wilfrid Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Congress on Sound and Vibration ICSV 19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00810733v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear oscillations and chaotic response of Shape Memory Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ould Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wael Zaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Chaotic Modeling and Simulation International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Agios Nikolaos, Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">vibrations non linéaires de steelpans : couplages modaux via la résonance interne 1:2:2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Frelat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03422674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An upper bound for normal form asymptotic expansions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude-Henri Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DSTA 2011, Dynamical Systems Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Lodz, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur le calcul numérique des modes non linéaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bonnet-Ben Dhia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 20111 - 20e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Besançon, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00627519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique non linéaire d'un oscillateur à mémoire de forme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ould Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sbarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03422650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A harmonic-based method for computing the stability of periodic oscillations of non-linear structural systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME IDETC 2010 International Design Engineer ing Technical Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Montreal, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/DETC2010-28407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01148758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrations chaotiques de plaques minces : application aux instruments de type cymbale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Bilbao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Longo-Mucciante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arezki Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00534643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forced vibrations of circular plates: from periodic to chaotic motions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Amabili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME IDETC 2010 International Design Engineering Technical Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Montréal, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/DETC2010-28259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01148760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaotic vibrations of harmonically forced plates: From low-dimensional chaos to wave turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arezki Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH Colloquium 503: Nonlinear Normal Modes, Dimension Reduction and Localization in Vibrating Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Frascati, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flambage et vibrations non-linéaires d'une plaque stratifiée piézoélectrique. Application à un capteur de masse MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03391423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced order model for non-linear vibrations of a piezoelectric stratified plate. Application to a MEMS biosensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH Colloquium 503: Nonlinear Normal Modes, Dimension Reduction and Localization in Vibrating Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Frascati, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type of non-linearity of damped imperfect plates using non-linear normal modes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Buckling and non-linear vibrations of a MEMS biosensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth EUROMECH Nonlinear Dynamics Conference, ENOC 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Saint Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179358v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Buckling and non-linear vibrations of a MEMS biosensor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Type of non-linearity of damped imperfect plates using non-linear normal modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Camier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth EUROMECH Nonlinear Dynamics Conference, ENOC 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Saint Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179355v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flambage et vibrations non-linéaires d'une plaque stratifiée piézoélectrique. Application à un bio-capteur MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Colloque national en calcul de structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduction of geometrically non-linear models of shell vibrations including in-plane inertia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Amabili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Camier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH Colloquium No. 483</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buckling and non-linear vibrations of a piezoelectric stratified plate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromech 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01638183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des imperfections géométriques sur les vibrations non-linéaires de plaques circulaires minces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Camier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Galerkin, POD and Nonlinear-Normal-Modes Models for Nonlinear Vibrations of Circular Cylindrical Shells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Amabili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME IMECE 2006, International Mechanical Engineering Congress and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Chicago, United States. pp.373-382, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/IMECE2006-14602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced-order models for damped geometrically non-linear vibrations of thin shells via real normal form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Amabili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second International Conference on Non-Linear Normal Modes and Localization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Samos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-amplitude forced vibrations of thin shallow spherical shells: Reduced-order models at resonance and mode coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second International Conference on Nonlinear Normal Modes and Localization in Vibrating Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Karlovasi, Samos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles réduits de structures minces en vibrations non-linéaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Non-linear modal interactions in free-edge thin spherical shells: Measurements of a 1:1:2 internal resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Luminais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2005, Giens, France</w:t>
+              <w:t xml:space="preserve">Third MIT Conference on Computational Fluid and Solid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Cambridge, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01813035v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type of non-linearity of shallow spherical shells using non-linear normal modes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-linear modal interactions in thin structures: Theory and experiments on shallow shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth Euromech Non-linear Dynamics Conference, ENOC 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Eindhoven, The, Netherlands</w:t>
+              <w:t xml:space="preserve">International Forum on Aeroelasticity and Structural Dynamics, IFASD 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179564v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear modal interactions in free-edge thin spherical shells: Measurements of a 1:1:2 internal resonance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Modèles réduits de structures minces en vibrations non-linéaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Luminais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third MIT Conference on Computational Fluid and Solid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Cambridge, United States</w:t>
+              <w:t xml:space="preserve">7e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2005, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179562v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01813035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear modal interactions in thin structures: Theory and experiments on shallow shells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Type of non-linearity of shallow spherical shells using non-linear normal modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Forum on Aeroelasticity and Structural Dynamics, IFASD 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Fifth Euromech Non-linear Dynamics Conference, ENOC 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Eindhoven, The, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179561v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced-order modeling for a cantilever beam subjected to harmonic forcing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH 457, Nonlinear modes of vibrating systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical models of musical instruments and sound synthesis: The case of gongs and cymbals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Musical Acoustics, ISMA2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2004, Nara, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear oscillations of continuous systems with quadratic and cubic non-linearities using non-linear normal modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second M.I.T. Conference on Computational Fluid and Solid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2003, Cambridge, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transferts d'énergie par couplage modal : étude d'un cas particulier</w:t>
+                <w:t xml:space="preserve">Determination of non-linear normal modes for conservative systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès Français d'Acoustique, CFA 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Lille, France</w:t>
+              <w:t xml:space="preserve">Ninth International Congress on SOund and Vibration (ICSV 9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01154706v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of non-linear normal modes for conservative systems</w:t>
+                <w:t xml:space="preserve">Transferts d'énergie par couplage modal : étude d'un cas particulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lanchantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ninth International Congress on SOund and Vibration (ICSV 9)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Orlando, United States</w:t>
+              <w:t xml:space="preserve">congrès Français d'Acoustique, CFA 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01154709v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques d'ordre supérieur pour l'élimination d'exposants de Lyapunov fallacieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Matignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres du non linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17167,737 +17418,737 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order modeling for nonlinear vibrations of structures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Nonlinear dynamical phenomena in musical acoustics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vergez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Nonlinear Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, volume 1, In press, Handbook of Nonlinear Dynamics</w:t>
+              <w:t xml:space="preserve">, World scientific, In press, Handbook of Nonlinear Dynamics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04968485v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear dynamical phenomena in musical acoustics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation-free Reduced-order Modeling using Invariant Manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handbook of Nonlinear Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, World scientific, In press, Handbook of Nonlinear Dynamics</w:t>
+              <w:t xml:space="preserve">Handbook of nonlinear dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wiley, In press, Handbook of Nonlinear Dynamics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963751v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-free Reduced-order Modeling using Invariant Manifolds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced-order modeling for nonlinear vibrations of structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wiley. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handbook of nonlinear dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wiley, In press, Handbook of Nonlinear Dynamics</w:t>
+              <w:t xml:space="preserve">Handbook of Nonlinear Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 1, In press, Handbook of Nonlinear Dynamics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963534v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear normal modes as invariant manifolds for model order reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vizzaccaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Model order reduction for design, analysis and control of nonlinear vibratory systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 614, Springer, pp.59-116, 2024, CISM International Centre for Mechanical Sciences, vol 614, 978-3-031-67498-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-67499-0_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave turbulence in vibrating plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Ducceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mordant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christos H. Skiadas, Charilaos Skiadas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of applications of chaos theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapman and Hall/CRC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9781466590434. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/b20232-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01325042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudoelastic Shape Memory Alloys to Mitigate the Flutter Instability: A Numerical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Malher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M. Belhaq. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural Nonlinear Dynamics and Diagnosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 168, Springer, pp.353-365, 2015, Springer Proceedings in Physics, 978-3-319-19851-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-19851-4_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01206679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normal form theory and nonlinear normal modes: Theoretical settings and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G. Kerschen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modal Analysis of nonlinear Mechanical Systems,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 555, Springer, 2014, Springer Series CISM courses and lectures, 978-3-7091-1790-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-7091-1791-0_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17907,95 +18158,95 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A normal form approach for nonlinear normal modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Publications du LMA, numéro 156, LMA. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154702v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18005,105 +18256,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrations non linéaires géométriques de structures minces. Modèles d'ordre réduit et transition vers le chaos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Touzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vibrations [physics.class-ph]. Université Pierre et Marie Curie, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01138166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId378"/>
+      <w:footerReference w:type="default" r:id="rId385"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18171,51 +18422,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FF2C5533"/>
+    <w:nsid w:val="E0684603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18319,51 +18570,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="698FEAE8"/>
+    <w:nsid w:val="8C5B1283"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18553,51 +18804,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyriltouze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4346-4484" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089288777" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://perso.ensta-paristech.fr/~touze/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468998v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Touz&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiqin Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Ding" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2026.135115" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401042v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixu Xia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Cong" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuitao Gu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Qiang Feng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2025.114329" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505455v3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de Figueiredo Stabile" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vizzaccaro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.13234" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189423v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustus Chukwu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Stephan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.113114" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077670v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Salles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Colombo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Frangi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2025.105133" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281181v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Tang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.113362" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272494v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-024-10462-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04520660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Gobat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-024-09333-0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935025v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7641" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04357840v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick O&#8217;donoughue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pelat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gautier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2023.104620" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04205918v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Opreni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107154" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886793v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Martin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Debeurre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Salles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.10430" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03882270v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Zega" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fedeli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-08029-7" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03766744v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-07651-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zein Alabidin Shami" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yichang Shen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraud-Audine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-022-01566-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03882282v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-07978-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03519588v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111409" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259382v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji&#345;&#237; Blaho&#353;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.113957" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285817v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-021-06641-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164983v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Kesmia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Yu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vibration4010014" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222737v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116206" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222552v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu S&#233;cail-G&#233;raud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242876v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Guillot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cochelin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-021-01351-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03533207v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Guerinoni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-95793-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283647v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-021-06693-9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02952867v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2020.103558" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586115v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Givois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Jack Tan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-020-01132-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023770v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha B&#233;reux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Alberto Frangi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2020.104165" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02952721v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-020-05813-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02952712v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Longobardi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois De&#252;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-020-01902-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086389v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianren Kong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.03.004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050810v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Bao Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5091013" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891645v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Lo Feudo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boisson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cumunel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.007" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01806133v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Issanchou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Acary" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck P&#233;rignon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loic Le Carrou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5039740" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01582578v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fabre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2017.07.021" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442349v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Malher" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2016.11.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461730v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Bilbao" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.12.025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01442428v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Denis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2016.11.012" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538613v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Habib" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Kerschen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4036420" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01257109v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Humbert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josserand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cadot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2015.11.006" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01414855v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01338557v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01338550v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Monteil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01286056v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benacchio" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-016-2731-3" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134639v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ducceschi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.01.029" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084240v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2014.08.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01206323v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Ducceschi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/num.21974" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134793v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig J. Webb" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-013-0931-1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00955582v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vidrascu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chapelle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-014-1006-4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01135260v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2014.04.008" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084667v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-013-1057-7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134801v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo D&#252;ring" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rica Sergio" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/102/30002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772317v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blanc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mercier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bonnet-Ben Dhia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2012.10.016" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838867v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.09.016" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134805v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sbarra" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ould Moussa" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2011.09.009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838865v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Moussa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zaki" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389x12448446" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880968v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Henri Lamarque" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-012-0584-y" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133506v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134807v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Amabili" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2010.09.004" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838873v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.82.046211" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178691v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Nicu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2009057" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089556v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Camier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.11.005" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-71W9MVR5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838876v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Favraud" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/678307" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838878v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amabili" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2008.01.002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637690v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2008-00431-3" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326634v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Odille" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.234504" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838881v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Luminais" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-006-9132-y" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3008B1F702C9EC221894AA913880DD9E040DE202/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838880v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2006.12.004" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838885v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2005.12.004" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838883v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2006.06.032" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830689v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chaigne" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2004.10.028" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01135295v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1250/ast.26.403" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830693v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2003.04.005" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830691v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Huberdeau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2004.09.003" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830696v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0022-460x(02)01564-x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830697v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2002.5143" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134813v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513541v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189494v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126358v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03778411v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03778419v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675289v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738441v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847902v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fornasieri" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03778406v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738453v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717957v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuqing Lian" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04073620v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81162-4_32" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02454706v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179082v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Amandolese" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923674v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899299v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lo&#239;c Le Carrou" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354779v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354764v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Josserand" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354772v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngels Aragon&#232;s" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01302897v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354769v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01302899v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01370413v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354775v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Denis" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pelat" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gautier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194580v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cott&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194559v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Malher" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01193302v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Issanchou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194562v2" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Benacchio" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Monchaux" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194569v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01206438v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134710v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141601006" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134678v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Renson" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134659v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134689v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134705v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134696v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134668v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01138180v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Frelat" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01138174v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01138173v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954757v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00860823v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154714v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810591v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810733v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Seiler" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01147894v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zaki" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422674v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154715v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627519v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422650v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doare" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sbarra" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01148758v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lazarus" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2010-28407" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534643v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Longo-Mucciante" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01148760v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2010-28259" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179359v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391423v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179356v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179358v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179355v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404708v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154713v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638183v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362374v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154712v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2006-14602" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154711v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179563v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813035v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179564v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179562v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179561v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154710v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179390v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179405v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154706v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanchantin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154709v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154705v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Matignon" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968485v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pierre" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963751v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vergez" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963534v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594345v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-67499-0_2" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01325042v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Miquel" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mordant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Handbook-of-Applications-of-Chaos-Theory/Skiadas-Skiadas/p/book/9781466590434" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b20232-21" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01206679v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19851-4_17" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134785v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-1791-0_3" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154702v2" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/tel-01138166v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyriltouze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4346-4484" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089288777" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://perso.ensta-paristech.fr/~touze/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547816v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grolet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Touz&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de Figueiredo Stabile" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2026.109708" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468998v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiqin Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Ding" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2026.135115" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401042v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixu Xia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Cong" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuitao Gu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Qiang Feng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2025.114329" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Colombo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vizzaccaro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de F. Stabile" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pastur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/w6z2-m5wk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505455v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.13234" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189423v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustus Chukwu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Stephan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.113114" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077670v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Salles" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Frangi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2025.105133" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281181v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Tang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.113362" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272494v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-024-10462-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04520660v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Gobat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-024-09333-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935025v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7641" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04357840v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick O&#8217;donoughue" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pelat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gautier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2023.104620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04205918v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Opreni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107154" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886793v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Debeurre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Salles" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.10430" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03882270v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Zega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fedeli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-08029-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03766744v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-07651-9" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789488v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zein Alabidin Shami" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yichang Shen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraud-Audine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-022-01566-w" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03882282v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-07978-3" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03519588v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111409" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164983v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Kesmia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Yu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vibration4010014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222552v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu S&#233;cail-G&#233;raud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222737v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116206" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242876v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Guillot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cochelin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-021-01351-1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03533207v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Guerinoni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-95793-y" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283647v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-021-06693-9" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285817v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-021-06641-7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259382v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji&#345;&#237; Blaho&#353;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.113957" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02952867v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2020.103558" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586115v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Givois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Jack Tan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-020-01132-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023770v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha B&#233;reux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Alberto Frangi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2020.104165" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02952721v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-020-05813-1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02952712v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Longobardi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois De&#252;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-020-01902-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086389v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianren Kong" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.03.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050810v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Bao Nguyen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5091013" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891645v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Lo Feudo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boisson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cumunel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.007" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01806133v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Issanchou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Acary" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck P&#233;rignon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loic Le Carrou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5039740" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01582578v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fabre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2017.07.021" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442349v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Malher" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2016.11.001" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461730v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Bilbao" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.12.025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01442428v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Denis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2016.11.012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538613v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Habib" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Kerschen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4036420" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01257109v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Humbert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josserand" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cadot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2015.11.006" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01414855v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01338557v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01338550v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Monteil" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01286056v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benacchio" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-016-2731-3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084240v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2014.08.008" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134639v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ducceschi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.01.029" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01206323v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Ducceschi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/num.21974" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00955582v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vidrascu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chapelle" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-014-1006-4" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01135260v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2014.04.008" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134793v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig J. Webb" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-013-0931-1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084667v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-013-1057-7" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134801v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo D&#252;ring" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rica Sergio" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/102/30002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772317v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blanc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mercier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bonnet-Ben Dhia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2012.10.016" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838867v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.09.016" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838865v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Moussa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zaki" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389x12448446" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134805v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sbarra" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ould Moussa" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2011.09.009" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880968v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Henri Lamarque" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-012-0584-y" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133506v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134807v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Amabili" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2010.09.004" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838873v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.82.046211" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089556v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Camier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.11.005" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-71W9MVR5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178691v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Nicu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2009057" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838876v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Favraud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/678307" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838878v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amabili" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2008.01.002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637690v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2008-00431-3" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326634v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Odille" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.234504" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838881v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Luminais" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-006-9132-y" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3008B1F702C9EC221894AA913880DD9E040DE202/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838880v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2006.12.004" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838883v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2006.06.032" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838885v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2005.12.004" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830689v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chaigne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2004.10.028" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01135295v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1250/ast.26.403" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830693v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2003.04.005" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830691v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Huberdeau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2004.09.003" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830696v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0022-460x(02)01564-x" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00830697v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2002.5143" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134813v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189494v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513541v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126358v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738441v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847902v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fornasieri" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738453v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03778406v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717957v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuqing Lian" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675289v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03778419v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03778411v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04073620v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81162-4_32" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02454706v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179082v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Amandolese" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923674v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899299v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lo&#239;c Le Carrou" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354772v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngels Aragon&#232;s" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01302897v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01302899v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354769v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01370413v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354775v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Denis" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pelat" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gautier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354764v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Josserand" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01354779v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194580v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cott&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194559v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Malher" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01193302v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Issanchou" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194562v2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Benacchio" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Monchaux" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01206438v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01194569v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134678v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Renson" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134659v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134689v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134705v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134696v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134668v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134710v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141601006" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01138180v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Frelat" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01138174v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01138173v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954757v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00860823v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810591v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810733v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Seiler" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154714v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01147894v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zaki" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422674v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154715v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627519v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422650v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doare" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sbarra" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01148758v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lazarus" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2010-28407" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534643v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Longo-Mucciante" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01148760v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2010-28259" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179359v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391423v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179356v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179355v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179358v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404708v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154713v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638183v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362374v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154712v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2006-14602" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154711v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179563v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179562v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179561v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813035v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179564v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154710v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179390v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179405v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154709v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154706v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanchantin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154705v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Matignon" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963751v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vergez" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963534v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968485v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pierre" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594345v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-67499-0_2" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01325042v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Miquel" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mordant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Handbook-of-Applications-of-Chaos-Theory/Skiadas-Skiadas/p/book/9781466590434" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b20232-21" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01206679v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19851-4_17" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01134785v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-1791-0_3" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01154702v2" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/tel-01138166v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>