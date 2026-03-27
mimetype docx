--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -560,492 +560,1024 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02437421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une recherche-action autour du dispositif Passerelle Plus : expérimentation d’une allocation non fléchée couplée à une orientation sociale et un atelier collectif sur l’alimentation durable. Quels effets sur l’alimentation, le bien-être et la satisfaction des besoins?</w:t>
+                <w:t xml:space="preserve">Évaluation du programme Passerelle Plus: impact sur l’insécurité alimentaire de ménages en précarité et conditions d’efficacité d’un transfert monétaire non restrictif et accompagné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Perignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vigdis Gosset</w:t>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Giraldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Somaraki</w:t>
+                <w:t xml:space="preserve">Pascaline Rollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Rencontres Sciences-Société pour des Solidarités Alimentaires</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">7ème colloque international francophone en Recherche Interventionnelle en Santé des Populations (RISP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05001183v1</w:t>
+                <w:t xml:space="preserve">hal-05554554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact on food insecurity and well-being of a “Cash Plus” program combining cash transfers, social orientation and workshop on sustainable diets: a randomized controlled trial among vulnerable households in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Giraldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUNS-ICN 2025 International Congress of Nutrition - Sustainable Food for Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How much do uncertainty and information asymmetry matter? Optimal design of monitoring requirements in climate mitigation policies.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation de l’impact du dispositif « Passerelle Plus » sur l’insécurité alimentaire et le bien-être de ménages en situation de précarité en France : un essai randomisé contrôlé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lyon, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bamière</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-04688275v1</w:t>
+                <w:t xml:space="preserve">hal-05554524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy demand and rebound effects in a multi-person household: Application with French individual data.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How and why can a “Cash Plus” programme impact on food insecurity and well-being of vulnerable households in France? A Programme Impact Pathways analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandra Giraldo</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04688280v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUNS-ICN 2025 International Congress of Nutrition - Sustainable Food for Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Paris, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une recherche-action autour du dispositif Passerelle Plus : expérimentation d’une allocation non fléchée couplée à une orientation sociale et un atelier collectif sur l’alimentation durable. Quels effets sur l’alimentation, le bien-être et la satisfaction des besoins?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vigdis Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Rencontres Sciences-Société pour des Solidarités Alimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">How much do uncertainty and information asymmetry matter? Optimal design of monitoring requirements in climate mitigation policies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Giraldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bamière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bellassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energy demand and rebound effects in a multi-person household: Application with French individual data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Giraldo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Efficiency improvement and climate change : what energy policies ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deici Alejandra Giraldo Hurtado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economics and Finance. Université de Rennes, 2021. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021REN1G009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03705775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1113,51 +1645,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7AF3C8D9"/>
+    <w:nsid w:val="E79262BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1344,51 +1876,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dagiraldoh" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4338-2822" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688260v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Victoria Urrego Ospina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deici Alejandra Giraldo Hurtado" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13043/dys.90.2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515400v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Benjamin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Hurtado" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.726.0929" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688256v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Giraldo Hurtado" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18559/rielf.2020.1.8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437421v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Giraldo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.216.0115" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05001183v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Perignon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigdis Gosset" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Somaraki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688275v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bami&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legras" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688280v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03705775v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021REN1G009" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dagiraldoh" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4338-2822" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688260v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Victoria Urrego Ospina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deici Alejandra Giraldo Hurtado" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13043/dys.90.2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515400v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Benjamin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Hurtado" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.726.0929" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688256v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Giraldo Hurtado" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18559/rielf.2020.1.8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437421v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Giraldo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.216.0115" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554554v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Perignon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Somaraki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Rollet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554328v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554524v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darmon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554354v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05001183v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigdis Gosset" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688275v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bami&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legras" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688280v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03705775v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021REN1G009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>