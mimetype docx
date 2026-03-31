--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -2149,428 +2149,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la sélection de variétés de blé adaptées à un débouché en alimentation des volailles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Herve H. Juin</w:t>
+                <w:t xml:space="preserve">Evaluation des effets d'ingestion d'extraits polliniques sur larves d'abeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Aupinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fortini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois Odoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Mateescu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthèse des Programmes de recherche FSOV Actes de la rencontre scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque apicole international Franco-Roumain : La flore mellifère et le déclin des abeilles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Bucarest, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749697v1</w:t>
+                <w:t xml:space="preserve">hal-02748578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversité territoriale et conséquences sur les caractéristiques physico-chimiques des pollens collectés par les colonies d'abeilles domestiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution à la sélection de variétés de blé adaptées à un débouché en alimentation des volailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard B. Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Juin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean Noel Tasei</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Provot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Apicole International Franco-Roumain : La flore mellifère et le déclin des abeilles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Bucarest, Roumanie</w:t>
+              <w:t xml:space="preserve">Synthèse des Programmes de recherche FSOV Actes de la rencontre scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748253v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation des effets d'ingestion d'extraits polliniques sur larves d'abeilles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biodiversité territoriale et conséquences sur les caractéristiques physico-chimiques des pollens collectés par les colonies d'abeilles domestiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois Odoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Aupinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Loublier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Noel Tasei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque apicole international Franco-Roumain : La flore mellifère et le déclin des abeilles</w:t>
+              <w:t xml:space="preserve">Colloque Apicole International Franco-Roumain : La flore mellifère et le déclin des abeilles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Bucarest, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748578v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination of 9 assays for calculation of relationships between wheat AMEn values in broilers and wheat physicochemical parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard B. Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2578,51 +2578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
@@ -2703,51 +2703,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Aupinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Loublier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Noel Tasei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. European conference of apidology (EURBEE 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Ankara, Turkey. 19 p</w:t>
@@ -4013,51 +4013,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Aupinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Loublier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Noel Tasei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abeilles et paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4268,51 +4268,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Poullet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Guichard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beramice" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dantec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann F&#233;licit&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44338-025-00156-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501059v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura A. Montout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahlou Bahloul" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Jean-Bart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci10090559" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090591v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loyau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41145-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691763v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952936v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve C&#233;riac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Durbant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barbier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2019.108973" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625948v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ceriac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Felicite" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Giorgi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37800-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyntia Jayles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-017-1248-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Cei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-017-1258-z" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003647v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Odoux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Aupinel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Loublier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Tasei" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-012-0125-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663940v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Odoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Mateescu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Lamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889108v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Jouanneau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Peyraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Xand&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889132v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aumont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Poulin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cognie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Varo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996348v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738631v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordeaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roinsard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276159v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746953v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tamic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Henry" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749697v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Carr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Robert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Provot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748253v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noel Tasei" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748578v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756466v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Launay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823717v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile M.-O. Nozieres" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rossignol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouveau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764021v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Bordas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769489v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rinaldo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gravillon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saminadin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cleonis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marival" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aumont" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Despois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arjournin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849912v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jouanneau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Xand&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778690v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Lain&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bailly" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03902966v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02961983v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02531783v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256481v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4700-abeilles-et-paysages.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Poullet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Guichard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beramice" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dantec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann F&#233;licit&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44338-025-00156-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501059v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura A. Montout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahlou Bahloul" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Jean-Bart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci10090559" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090591v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loyau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41145-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691763v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952936v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve C&#233;riac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Durbant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barbier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2019.108973" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625948v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ceriac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Felicite" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Giorgi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37800-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyntia Jayles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-017-1248-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Cei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-017-1258-z" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003647v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Odoux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Aupinel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Loublier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Tasei" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-012-0125-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663940v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Odoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Mateescu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Lamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889108v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Jouanneau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Peyraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Xand&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889132v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aumont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Poulin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cognie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Varo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996348v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738631v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordeaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roinsard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276159v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746953v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tamic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Henry" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748578v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749697v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Carr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Robert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Provot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748253v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noel Tasei" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756466v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Launay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823717v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile M.-O. Nozieres" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rossignol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouveau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764021v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Bordas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769489v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rinaldo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gravillon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saminadin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cleonis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marival" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aumont" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Despois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arjournin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849912v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jouanneau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Xand&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778690v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Lain&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bailly" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03902966v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02961983v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02531783v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256481v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4700-abeilles-et-paysages.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>