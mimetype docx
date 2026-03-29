--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1410,429 +1410,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Repetitive Transcranial Magnetic Stimulation and Multicomponent Therapy in Patients With Fibromyalgia: A Randomized Controlled Trial</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Enkelejda Hodaj</w:t>
+                <w:t xml:space="preserve">Free-Living Physical Activity and Sedentary Behaviour in Autoimmune Myasthenia Gravis: A Cross-Sectional Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Birnbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bachasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Sharshar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hogrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis Care &amp; Research = Arthritis Care and Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/acr.24118⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuromuscular Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (4), pp.689-697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JND-210637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760310v1</w:t>
+                <w:t xml:space="preserve">hal-04293535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-Living Physical Activity and Sedentary Behaviour in Autoimmune Myasthenia Gravis: A Cross-Sectional Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simone Birnbaum</w:t>
+                <w:t xml:space="preserve">MRI and muscle imaging for idiopathic inflammatory myopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Malartre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bachasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Hogrel</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mercy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elissone Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuromuscular Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JND-210637⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (3), pp.e12954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.12954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293535v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRI and muscle imaging for idiopathic inflammatory myopathies</w:t>
+                <w:t xml:space="preserve">Effects of Repetitive Transcranial Magnetic Stimulation and Multicomponent Therapy in Patients With Fibromyalgia: A Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Malartre</w:t>
+                <w:t xml:space="preserve">Michel Guinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Maindet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasan Hodaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enkelejda Hodaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bachasson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31 (3), pp.e12954. </w:t>
+              <w:t xml:space="preserve">Arthritis Care &amp; Research = Arthritis Care and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73 (3), pp.449-458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bpa.12954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/acr.24118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03242994v1</w:t>
+                <w:t xml:space="preserve">hal-04760310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Repeated abobotulinumtoxinA (Dysport®) Injections on Walking Velocity in Persons with Spastic Hemiparesis Caused by Stroke or Traumatic Brain Injury</w:t>
               </w:r>
@@ -4350,307 +4350,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast ultrasound imaging grants alternate methods for assessing diaphragm function</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation de l’activité physique par accélérométrie de poignet dans le suivi des patients avec myopathies auto-immunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonne Doorduin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
+                <w:t xml:space="preserve">O. Landon-Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bachasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guillaume-Jugnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Champtiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium (IUS 2013)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2018.8579781⟩</w:t>
+              <w:t xml:space="preserve">78e congrès de la SNFMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Grenoble, France. pp.A1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revmed.2018.10.381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03275175v1</w:t>
+                <w:t xml:space="preserve">hal-03833966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l’activité physique par accélérométrie de poignet dans le suivi des patients avec myopathies auto-immunes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Champtiaux</w:t>
+                <w:t xml:space="preserve">Ultrafast ultrasound imaging grants alternate methods for assessing diaphragm function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bachasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Dres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Cécile Nierat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonne Doorduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">78e congrès de la SNFMI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.revmed.2018.10.381⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium (IUS 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Prague, Czech Republic. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2018.8579781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03833966v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03275175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapamycin vs. Placebo for the Treatment of Inclusion Body Myositis: improvement of the 6 min walking distance, a functional scale, the FVC and muscle quantitative MRI</w:t>
               </w:r>
@@ -4787,64 +4787,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Benveniste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bachasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Landon-Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Champtiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gilardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5245,51 +5245,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D3B5BBAE"/>
+    <w:nsid w:val="2D812850"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5476,51 +5476,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-bachasson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6335-9916" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169464644" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/ABC-1705-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992517v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Bird" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Lance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bachasson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dominelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Foster" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00669.2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04643936v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Moutachi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janek Hyzewicz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Roy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Lemaitre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP286425" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04882534v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmen Reyngoudt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Baudin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericky Caldas de Almeida Ara&#250;jo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Boisserie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.13451" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393142v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bondeelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vercellino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dres" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Demoule" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2023.101023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03366488v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poulard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Nierat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rivals" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hogrel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP281433" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265987v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Birnbaum" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Sharshar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-210637" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03180889v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Benveniste" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Belin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Annoussamy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2665-9913(20)30280-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243985v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurea B. Martins-Bach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericky C. A. Araujo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Soustelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Loureiro de Sousa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-78747-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984773v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Foss&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Ni&#233;rat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0000000000004042" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760310v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guinot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maindet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Hodaj" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enkelejda Hodaj" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acr.24118" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293535v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03242994v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Malartre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissone Sarkis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Anquetil" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12954" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293534v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmrj.12459" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02530660v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6579/ab6b49" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491516v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Landon-Cardinal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Guillaume-Jugnot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vautier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champtiaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.semarthrit.2020.06.014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03094278v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Virolle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Morawiec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03338-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03266752v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP280457" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146449v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alper Carras Ayaz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Mosso" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Canal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boisserie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12656" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02272079v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile Nierat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gennisson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01060.2018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01961259v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J.R. Dubois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allenbach" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2018.03.026" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01962400v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Lacourpaille" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2017.12.017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831217v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000004061" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554731v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/wnl.0000000000004061" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470349v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry-Cyrille Bankol&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Millet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Temesi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravelojaona" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/md.0000000000004497" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065333v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bachasson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Temesi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gruet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yokoyama" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rupp" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2015.11.056" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z34F9FMB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02565166v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bachasson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Villiot-Danger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Verges" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Perez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2013.10.645" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498532v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bankole" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagrange" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boutte" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2013.08.001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPHXM78B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00779047v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Y. Millet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wuyam" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Feasson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2012.10.007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CN7D3Q7N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663889v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Verges" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1465-9921-11-109" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096304v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Similowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251595" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03366516v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fosse" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8925575" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275175v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonne Doorduin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8579781" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833966v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Landon-Cardinal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume-Jugnot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vautier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Champtiaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2018.10.381" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DRXT2PD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831822v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Annoussamy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rigolet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833904v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Benveniste" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gilardin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831348v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Guillaume" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.40700" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00849141v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENS037" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-bachasson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6335-9916" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169464644" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/ABC-1705-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992517v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Bird" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Lance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bachasson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dominelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Foster" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00669.2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04643936v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Moutachi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janek Hyzewicz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Roy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Lemaitre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP286425" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04882534v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmen Reyngoudt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Baudin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericky Caldas de Almeida Ara&#250;jo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Boisserie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.13451" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393142v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bondeelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vercellino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dres" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Demoule" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2023.101023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03366488v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poulard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Nierat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rivals" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hogrel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP281433" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265987v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Birnbaum" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Sharshar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-210637" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03180889v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Benveniste" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Belin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Annoussamy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2665-9913(20)30280-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243985v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurea B. Martins-Bach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericky C. A. Araujo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Soustelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Loureiro de Sousa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-78747-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984773v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Foss&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Ni&#233;rat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0000000000004042" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293535v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03242994v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Malartre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissone Sarkis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Anquetil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12954" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760310v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guinot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maindet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Hodaj" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enkelejda Hodaj" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acr.24118" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293534v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmrj.12459" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02530660v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6579/ab6b49" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491516v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Landon-Cardinal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Guillaume-Jugnot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vautier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champtiaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.semarthrit.2020.06.014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03094278v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Virolle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Morawiec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03338-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03266752v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP280457" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146449v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alper Carras Ayaz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Mosso" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Canal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boisserie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12656" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02272079v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile Nierat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gennisson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01060.2018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01961259v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J.R. Dubois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allenbach" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2018.03.026" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01962400v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Lacourpaille" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2017.12.017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831217v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000004061" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554731v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/wnl.0000000000004061" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470349v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry-Cyrille Bankol&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Millet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Temesi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravelojaona" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/md.0000000000004497" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065333v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bachasson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Temesi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gruet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yokoyama" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rupp" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2015.11.056" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z34F9FMB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02565166v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bachasson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Villiot-Danger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Verges" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Perez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2013.10.645" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498532v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bankole" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagrange" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boutte" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2013.08.001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPHXM78B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00779047v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Y. Millet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wuyam" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Feasson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2012.10.007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CN7D3Q7N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663889v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Verges" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1465-9921-11-109" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096304v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Similowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251595" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03366516v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fosse" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8925575" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833966v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Landon-Cardinal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume-Jugnot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vautier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Champtiaux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2018.10.381" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DRXT2PD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275175v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonne Doorduin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8579781" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831822v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Annoussamy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rigolet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833904v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Benveniste" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gilardin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831348v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Guillaume" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.40700" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00849141v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENS037" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>