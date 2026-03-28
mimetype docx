--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inquiets mais pollueurs : les personnels de la recherche face au réchauffement</w:t>
+                <w:t xml:space="preserve">La recherche française est-elle prête pour la sobriété ? Les enseignements d’une enquête nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milan Bouchet-Valat</w:t>
@@ -175,106 +175,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Greffion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes sociaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, https://sms.hypotheses.org/44962. </w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (2), pp.127-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58079/12dsm⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2024041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833075v1</w:t>
+                <w:t xml:space="preserve">hal-04792421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche française est-elle prête pour la sobriété ? Les enseignements d’une enquête nationale</w:t>
+                <w:t xml:space="preserve">Inquiets mais pollueurs : les personnels de la recherche face au réchauffement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milan Bouchet-Valat</w:t>
@@ -305,82 +305,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Greffion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 32 (2), pp.127-141. </w:t>
+              <w:t xml:space="preserve">Mondes sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://sms.hypotheses.org/44962. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/nss/2024041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.58079/12dsm⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792421v1</w:t>
+                <w:t xml:space="preserve">hal-04833075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes, Analyses, Terrains, Enquêtes. Le réseau MATE-SHS et la science politique</w:t>
               </w:r>
@@ -1790,51 +1790,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833075v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Blanchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Bouchet-Valat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cartron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Greffion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12dsm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792421v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024041" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05184360v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Le Hay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tudoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135606v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Balsiger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Bodet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brugidou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Delon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084011v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjir.12495" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135682v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02888181v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prunier-Poulmaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520053v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baudelot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gauti&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godechot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gollac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754886v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Coninck" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726892v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Lorenz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Valeyre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Csizmandi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03567136v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618213v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792421v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Blanchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Bouchet-Valat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cartron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Greffion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833075v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12dsm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05184360v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Le Hay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tudoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135606v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Balsiger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Bodet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brugidou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Delon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084011v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjir.12495" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135682v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02888181v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prunier-Poulmaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520053v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baudelot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gauti&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godechot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gollac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754886v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Coninck" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726892v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Lorenz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Valeyre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Csizmandi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03567136v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618213v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>