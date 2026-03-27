--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -106,3176 +106,3176 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinforcement Learning-Assisted Ferroelectric Domain Wall Design Using a Machine Learning Phase-Field Surrogate</w:t>
+                <w:t xml:space="preserve">Van der Waals Inverted-Floating-Gate Transistors for Artificial Intelligence Electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Mohamed Soliman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Gautier</w:t>
+                <w:t xml:space="preserve">Cédric Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neeraj Kumar Rajak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takashi Taniguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.4c01984⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (19), pp.18757-18768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.5c03875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006236v1</w:t>
+                <w:t xml:space="preserve">hal-05093881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Van der Waals Inverted-Floating-Gate Transistors for Artificial Intelligence Electronics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating Experimental Short Term Imprint Dynamics in Ferroelectric Hafnium Oxide Through Phase‐Field Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+                <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neeraj Kumar Rajak</w:t>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takashi Taniguchi</w:t>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Lepri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.5c03875⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202514094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05093881v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Experimental Short Term Imprint Dynamics in Ferroelectric Hafnium Oxide Through Phase‐Field Modeling</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">An Original Positive-Up-Negative-Down Protocol for Electrical Characterization of Antiferroelectric Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Lepri</w:t>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Gonzalez</w:t>
+                <w:t xml:space="preserve">Brice Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202514094⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c00851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05248440v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05042560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Original Positive-Up-Negative-Down Protocol for Electrical Characterization of Antiferroelectric Materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Le Berre</w:t>
+                <w:t xml:space="preserve">Reinforcement Learning-Assisted Ferroelectric Domain Wall Design Using a Machine Learning Phase-Field Surrogate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Gonzalez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Brice Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (3), pp.1130-1141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5c00851⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.4c01984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05042560v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen vacancy effects on polarization switching of ferroelectric Bi$_2$FeCrO$_6$ thin films</w:t>
+                <w:t xml:space="preserve">On the Potential of Ambipolar Schottky-Based Ferroelectric Transistor Designs for Enhanced Memory Windows in Scaled Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Henning</w:t>
+                <w:t xml:space="preserve">Mischa Thesberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Alhada-Lahbabi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Tetiana Obukhova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Schlur</w:t>
+                <w:t xml:space="preserve">Jens Trommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mikolajick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.8.054416⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (11), pp.6686-6690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2024.3459878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04606219v1</w:t>
+                <w:t xml:space="preserve">hal-05006261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Potential of Ambipolar Schottky-Based Ferroelectric Transistor Designs for Enhanced Memory Windows in Scaled Devices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrafast and accurate prediction of polycrystalline hafnium oxide phase-field ferroelectric hysteresis using graph neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tetiana Obukhova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Alhada-Lahbabi Kévin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Trommer</w:t>
+                <w:t xml:space="preserve">Deleruyelle Damien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Mikolajick</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gautier Brice</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 71 (11), pp.6686-6690. </w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (9), pp.2350-2362. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TED.2024.3459878⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3na01115a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006261v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast and accurate prediction of polycrystalline hafnium oxide phase-field ferroelectric hysteresis using graph neural networks</w:t>
+                <w:t xml:space="preserve">A numerical analysis of the short open load calibration robustness for capacitance measurements in scanning microwave microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alhada-Lahbabi Kévin</w:t>
+                <w:t xml:space="preserve">Damien Richert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deleruyelle Damien</w:t>
+                <w:t xml:space="preserve">José Morán-Meza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Brice</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Khaled Kaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Almazbek Imanaliev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3na01115a⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (1), pp.015013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/ad7e3b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814154v1</w:t>
+                <w:t xml:space="preserve">hal-04814141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical analysis of the short open load calibration robustness for capacitance measurements in scanning microwave microscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Machine learning surrogate for 3D phase-field modeling of ferroelectric tip-induced electrical switching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/ad7e3b⟩</w:t>
+              <w:t xml:space="preserve">npj Computational Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41524-024-01375-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814141v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning surrogate for 3D phase-field modeling of ferroelectric tip-induced electrical switching</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Transfer learning for accelerating phase-field modeling of ferroelectric domain formation in large-scale 3D systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Computational Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41524-024-01375-7⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 429, pp.117167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2024.117167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814146v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer learning for accelerating phase-field modeling of ferroelectric domain formation in large-scale 3D systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Phase‐Field Study of Nanocavity‐Assisted Mechanical Switching in PbTiO 3 Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2024.117167⟩</w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202300744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814150v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase‐Field Study of Nanocavity‐Assisted Mechanical Switching in PbTiO 3 Thin Films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Comparative performance of fluorite-structured materials for nanosupercapacitor applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.202300744⟩</w:t>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (7), pp.071124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0220110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814170v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04662425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative performance of fluorite-structured materials for nanosupercapacitor applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+                <w:t xml:space="preserve">Oxygen vacancy effects on polarization switching of ferroelectric Bi$_2$FeCrO$_6$ thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Alhada-Lahbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Laurent Schlur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APL Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (7), pp.071124. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (5), pp.054416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0220110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.8.054416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04662425v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04606219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Logic circuit design oriented electrothermal modeling of vertical junctionless nanowire FETs</w:t>
+                <w:t xml:space="preserve">Interplay between Strain and Defects at the Interfaces of Ultra‐Thin Hf 0.5 Zr 0.5 O 2 ‐Based Ferroelectric Capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Mannaa</w:t>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Poittevin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Deveautour</w:t>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal on Exploratory Solid-State Computational Devices and Circuits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JXCDC.2023.3309502⟩</w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.2300171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202300171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04230911v1</w:t>
+                <w:t xml:space="preserve">hal-04186567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fully-Numerical Environment for Evaluating the Robustness of the Short Open Load Calibration for Capacitance Measurements in Scanning Microwave Microscopy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Machine Learning Surrogate Model for Acceleration of Ferroelectric Phase-Field Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alhada-Lahbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the IEEE-MTT IEEE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NEMO56117.2023.10202380⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (7), pp.3894-3907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.3c00601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579192v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between Strain and Defects at the Interfaces of Ultra‐Thin Hf 0.5 Zr 0.5 O 2 ‐Based Ferroelectric Capacitors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+                <w:t xml:space="preserve">3D Logic circuit design oriented electrothermal modeling of vertical junctionless nanowire FETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mannaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Poittevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Deveautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.202300171⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal on Exploratory Solid-State Computational Devices and Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (2), pp.116 - 123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JXCDC.2023.3309502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04186567v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning Surrogate Model for Acceleration of Ferroelectric Phase-Field Modeling</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Fully-Numerical Environment for Evaluating the Robustness of the Short Open Load Calibration for Capacitance Measurements in Scanning Microwave Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Richert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Kaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Morán-Meza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5 (7), pp.3894-3907. </w:t>
+              <w:t xml:space="preserve">Proceedings of the IEEE-MTT IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.133-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.3c00601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/NEMO56117.2023.10202380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814174v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1S1R optimization for high‐frequency inference on binarized spiking neural networks</w:t>
+                <w:t xml:space="preserve">Mechanical Switching of Ferroelectric Domains in 33‐200 nm‐Thick Sol‐Gel‐Grown PbZr 0.2 Ti 0.8 O 3 Films Assisted by Nanocavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Minguet Lopez</w:t>
+                <w:t xml:space="preserve">Sergio Gonzalez Casal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Rafhay</w:t>
+                <w:t xml:space="preserve">Xiaofei Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Dampfhoffer</w:t>
+                <w:t xml:space="preserve">Kevin Alhada‐lahbabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Reganaz</w:t>
+                <w:t xml:space="preserve">Bruno Canut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niccolo Castellani</w:t>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2022 (8), pp.2200323. </w:t>
+              <w:t xml:space="preserve">, 2022, pp.2200077. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aelm.202200323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202200077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03707409v1</w:t>
+                <w:t xml:space="preserve">hal-03662877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Switching of Ferroelectric Domains in 33‐200 nm‐Thick Sol‐Gel‐Grown PbZr 0.2 Ti 0.8 O 3 Films Assisted by Nanocavities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insertion of an Ultra‐thin Interfacial Aluminium Layer for the Realisation of a Hf0.5Zr0.5O2 Ferroelectric Tunnel Junction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Gonzalez Casal</w:t>
+                <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaofei Bai</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.202200077⟩</w:t>
+              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (10), pp.2100585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssr.202100585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03662877v1</w:t>
+                <w:t xml:space="preserve">hal-03609773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insertion of an Ultra‐thin Interfacial Aluminium Layer for the Realisation of a Hf0.5Zr0.5O2 Ferroelectric Tunnel Junction.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Ferroelectricity Improvement in Ultra-Thin Hf0.5Zr0.5O2 Capacitors by the Insertion of a Ti Interfacial Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 16 (10), pp.2100585. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssr.202100585⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 2100583, pp.2100583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssr.202100583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609773v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferroelectricity Improvement in Ultra-Thin Hf0.5Zr0.5O2 Capacitors by the Insertion of a Ti Interfacial Layer</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoît Manchon</w:t>
+                <w:t xml:space="preserve">Elucidating Postprogramming Relaxation in Multilevel Cell‐Resistive Random Access Memory by Means of Experimental and Kinetic Monte Carlo Simulation Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Reganaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Esmanhotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazim Ait Abdelkader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Minguet Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+                <w:t xml:space="preserve">Niccolo Castellani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2100583, pp.2100583. </w:t>
+              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 219 (13), pp.2100753. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssr.202100583⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pssa.202100753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03759538v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating Postprogramming Relaxation in Multilevel Cell‐Resistive Random Access Memory by Means of Experimental and Kinetic Monte Carlo Simulation Data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Water-soluble polyethylene-oxide polymer based memristive devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Esmanhotto</w:t>
+                <w:t xml:space="preserve">Prabir Mahato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nazim Ait Abdelkader</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssa.202100753⟩</w:t>
+              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 260, pp.111806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2022.111806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03840622v1</w:t>
+                <w:t xml:space="preserve">hal-03840652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-soluble polyethylene-oxide polymer based memristive devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Prabir Mahato</w:t>
+                <w:t xml:space="preserve">1S1R optimization for high‐frequency inference on binarized spiking neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Minguet Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+                <w:t xml:space="preserve">Quentin Rafhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Pruvost</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manon Dampfhoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Reganaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolo Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 260, pp.111806. </w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (8), pp.2200323. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2022.111806⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202200323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840652v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03707409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OxRAM+OTS optimization for Binarized Neural Network hardware implementation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Indium oxide nanoparticles for Resistive RAM integration using a compatible industrial technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tifenn Hirtzlin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manon Dampfhoffer</w:t>
+                <w:t xml:space="preserve">P.V. Guenery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Grenouillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucas Reganaz</w:t>
+                <w:t xml:space="preserve">E.A. León Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Baboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6641/ac31e2⟩</w:t>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.107958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2021.107958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03418653v1</w:t>
+                <w:t xml:space="preserve">hal-03116248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indium oxide nanoparticles for Resistive RAM integration using a compatible industrial technology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stochastic based compact model to predict highly variable electrical characteristics of organic CBRAM devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Ayadi</w:t>
+                <w:t xml:space="preserve">Silvana Guitarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Baboux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">P. Mahato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Trojman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid-State Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.107958. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2021.107958⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 185, pp.108055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2021.108055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03116248v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic based compact model to predict highly variable electrical characteristics of organic CBRAM devices</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Deleruyelle</w:t>
+                <w:t xml:space="preserve">OxRAM+OTS optimization for Binarized Neural Network hardware implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Minguet Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Raymond</w:t>
+                <w:t xml:space="preserve">Tifenn Hirtzlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dampfhoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Trojman</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Reganaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 185, pp.108055. </w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (1), pp.014001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2021.108055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6641/ac31e2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03252877v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conductive-bridge memory cells based on a nano-porous electrodeposited GeSbTe alloy</w:t>
               </w:r>
@@ -3542,51 +3542,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-scale methodology connecting device physics to compact models and circuit applications for OxRAM technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Maria Puglisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3684,51 +3684,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance controllability and variability improvement in a TaO x -based resistive memory for multilevel storage application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Prakash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3795,831 +3795,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01737306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-Cross-Linked Diblock Copolymer Micelles: Quantitative Study of Photochemical Efficiency, Micelles Morphologies and their Thermal Behavior</w:t>
+                <w:t xml:space="preserve">Synchronous Non-Volatile Logic Gate Design Based on Resistive Switching Memories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dao Le</w:t>
+                <w:t xml:space="preserve">Weisheng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livie Liénafa</w:t>
+                <w:t xml:space="preserve">Erya Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trang N. T. Phan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Renaud Bouchet</w:t>
+                <w:t xml:space="preserve">Yue Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma5000656⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 61 (2), pp.443 - 454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCSI.2013.2278332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01460517v1</w:t>
+                <w:t xml:space="preserve">hal-01743999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronous Non-Volatile Logic Gate Design Based on Resistive Switching Memories</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yue Zhang</w:t>
+                <w:t xml:space="preserve">Robust Compact Model for Bipolar Oxide-Based Resistive Switching Memories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Aziza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCSI.2013.2278332⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 61 (3), pp.674 - 681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2013.2296793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743999v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Compact Model for Bipolar Oxide-Based Resistive Switching Memories</w:t>
+                <w:t xml:space="preserve">Compact Modeling Solutions for Oxide-Based Resistive Switching Memories (OxRAM)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Portal</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weisheng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santhosh Onkaraiah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TED.2013.2296793⟩</w:t>
+              <w:t xml:space="preserve">Journal of Low Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jlpea4010001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01737291v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact Modeling Solutions for Oxide-Based Resistive Switching Memories (OxRAM)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Overview of Non-Volatile Flip-Flops Based on Emerging Memory Technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Santhosh Onkaraiah</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Low Power Electronics and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jlpea4010001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electronic Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (2), pp.173 - 181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3969/j.issn.1674-862X.2014.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01737320v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01745646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Overview of Non-Volatile Flip-Flops Based on Emerging Memory Technologies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Bocquet</w:t>
+                <w:t xml:space="preserve">Design and analysis of crossbar architecture based on complementary resistive switching non-volatile memory cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 12 (2), pp.173 - 181. </w:t>
+              <w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 74 (6), pp.2484 - 2496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3969/j.issn.1674-862X.2014.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpdc.2013.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01745646v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and analysis of crossbar architecture based on complementary resistive switching non-volatile memory cells</w:t>
+                <w:t xml:space="preserve">Photo-Cross-Linked Diblock Copolymer Micelles: Quantitative Study of Photochemical Efficiency, Micelles Morphologies and their Thermal Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Zhao</w:t>
+                <w:t xml:space="preserve">Dao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Portal</w:t>
+                <w:t xml:space="preserve">Livie Liénafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Kang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Moreau</w:t>
+                <w:t xml:space="preserve">Trang N. T. Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Zhang</w:t>
+                <w:t xml:space="preserve">Renaud Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 74 (6), pp.2484 - 2496. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (7), pp.2420--2429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpdc.2013.08.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ma5000656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01744000v1</w:t>
+                <w:t xml:space="preserve">hal-01460517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operation and stability analysis of bipolar OxRRAM-based Non-Volatile 8T2R SRAM as solution for information back-up</w:t>
               </w:r>
@@ -4733,161 +4733,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-power resistive switching in Au/NiO/Au nanowire arrays</w:t>
+                <w:t xml:space="preserve">Switching of nanosized filaments in NiO by conductive atomic force microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Brivio</w:t>
+                <w:t xml:space="preserve">F. Nardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Tallarida</w:t>
+                <w:t xml:space="preserve">S. Spiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Perego</w:t>
+                <w:t xml:space="preserve">C. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Franz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">B. Bouteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 101 (22), </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 112 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4769044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4752032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006771v1</w:t>
+                <w:t xml:space="preserve">hal-05006769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Volatile Flip-Flop Based on Unipolar ReRAM for Power-Down Applications</w:t>
               </w:r>
@@ -4899,64 +4899,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Low Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8 (1), pp.1 - 10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4984,351 +4984,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01745507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ge2Sb2Te5 layer used as solid electrolyte in conductive-bridge memory devices fabricated on flexible substrate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low-power resistive switching in Au/NiO/Au nanowire arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Putero</w:t>
+                <w:t xml:space="preserve">S. Brivio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Ouled-Khachroum</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Bocquet</w:t>
+                <w:t xml:space="preserve">G. Tallarida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.V. Coulet</w:t>
+                <w:t xml:space="preserve">D. Perego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Franz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2012.06.010⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 101 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4769044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-00767177v1</w:t>
+                <w:t xml:space="preserve">hal-05006771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switching of nanosized filaments in NiO by conductive atomic force microscopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Ge2Sb2Te5 layer used as solid electrolyte in conductive-bridge memory devices fabricated on flexible substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Spiga</w:t>
+                <w:t xml:space="preserve">Magali Putero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Muller</w:t>
+                <w:t xml:space="preserve">T. Ouled-Khachroum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bouteille</w:t>
+                <w:t xml:space="preserve">M.V. Coulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 112 (6), </w:t>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4752032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2012.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006769v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00767177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-consistent physical modeling of set/reset operations in unipolar resistive-switching memories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5388,90 +5388,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistive switching characteristics of NiO films deposited on top of W or Cu pillar bottom electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Demolliens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Spiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 519 (11), pp.3798-3803. </w:t>
@@ -5534,51 +5534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance change in memory structures integrating CuTCNQ nanowires grown on dedicated HfO2 switching layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5667,90 +5667,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for correlated structural and electrical changes in a Ge2Sb2Te5 thin film from combined synchrotron X-ray techniques and sheet resistance measurements during in situ thermal annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Putero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Ouled-Khachroum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Vanessa Coulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ziegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5813,90 +5813,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Observation at Nanoscale of Resistance Switching in NiO Layers by Conductive-Atomic Force Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabina Spiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5986,64 +5986,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Della Marca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Putero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Online Proceedings Library</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1337, </w:t>
@@ -6254,51 +6254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Wouters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6343,290 +6343,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02271962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical nanocharacterization of copper tetracyanoquinodimethane layers dedicated to resistive random access memories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Muller</w:t>
+                <w:t xml:space="preserve">Solution growth of metal-organic complex CuTCNQ in small dimension interconnect structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Demolliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Amouroux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Turquat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 312 (22), pp.3267-3275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2010.08.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3458596⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006752v1</w:t>
+                <w:t xml:space="preserve">hal-02271976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution growth of metal-organic complex CuTCNQ in small dimension interconnect structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Müller</w:t>
+                <w:t xml:space="preserve">Electrical nanocharacterization of copper tetracyanoquinodimethane layers dedicated to resistive random access memories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Turquat</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Amouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Müller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2010.08.008⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 96 (26), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3458596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02271976v1</w:t>
+                <w:t xml:space="preserve">hal-05006752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dual-Gate Memory Cell with Two Inter-Poly Oxides</w:t>
               </w:r>
@@ -6651,51 +6651,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Calenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Bouchakour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6746,51 +6746,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the electrostatic behavior of floating nanoconductors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Micolau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6850,51 +6850,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of floating-gate memory reliability by few electron phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Molas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. De Salvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6984,51 +6984,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of floating gate memory reliability by few electron phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Molas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Desalvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7122,51 +7122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. De Salvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7230,51 +7230,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-electron phenomena in ultra-scaled floating-gate devices and their impact on electrical characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Molas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7372,51 +7372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new memory concept: the nano-multiple-tunnel-junction memory with embedded Si nano-crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Le Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7518,51 +7518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical characterization of fast transient phenomena in a Si-rich based non-volatile random access memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cluzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7644,4767 +7644,4767 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (77)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (78)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Polarization and Reliability in HZO-Based FTJs Using WOx Electrodes and Interfacial Layers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">(Anti)Ferroelectric HfZrO2: from non volatile memory to energy storage applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anjana Thomas</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+                <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">South Asia Ferroelectric Symposium (SAFS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE UFFC, Aug 2025, Bengaluru (Bangalore), India</w:t>
+              <w:t xml:space="preserve">DPG Spring Meeting Dresden 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, German Physical Society (DPG), Mar 2026, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279432v1</w:t>
+                <w:t xml:space="preserve">hal-05546041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiferroelectric fluorite-based capacitors for ultra-high energy storage density applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Enhancing Polarization and Reliability in HZO-Based FTJs Using WOx Electrodes and Interfacial Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjana Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akash Mhase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics (ISAF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE UFFC, Jul 2025, Graz, Austria</w:t>
+              <w:t xml:space="preserve">South Asia Ferroelectric Symposium (SAFS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE UFFC, Aug 2025, Bengaluru (Bangalore), India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05279345v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning for advanced ferroelectric materials: theory and experiment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Antiferroelectric fluorite-based capacitors for ultra-high energy storage density applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Meeting on Ferroelectricity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Katowice, Poland</w:t>
+              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics (ISAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE UFFC, Jul 2025, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265712v1</w:t>
+                <w:t xml:space="preserve">hal-05279345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PEALD of Antiferroelectric Fluorite for High Energy Storage Applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Machine learning for advanced ferroelectric materials: theory and experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Alhada-Lahbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAFALD 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR RAFALD, Nov 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">European Meeting on Ferroelectricity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Katowice, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05379988v1</w:t>
+                <w:t xml:space="preserve">hal-05265712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructuration and Interfacial Effects on the Properties of Ferroelectric HfZrO2 Thin Films</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">PEALD of Antiferroelectric Fluorite for High Energy Storage Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th Joint Asian Meeting on Ferroelectrics and Electroceramics (AMF-AMEC-14) - ICMAT 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MRS-Singapore, Jun 2025, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">RAFALD 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR RAFALD, Nov 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158924v1</w:t>
+                <w:t xml:space="preserve">hal-05379988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiferroelectric PUND measurements on ZrO2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Nanostructuration and Interfacial Effects on the Properties of Ferroelectric HfZrO2 Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High k Workshop 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NamLab, Mar 2025, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">The 14th Joint Asian Meeting on Ferroelectrics and Electroceramics (AMF-AMEC-14) - ICMAT 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRS-Singapore, Jun 2025, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05043052v1</w:t>
+                <w:t xml:space="preserve">hal-05158924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Electrical Characterization Method for Antiferroelectric like ZrO2 using a Positive Up Negative Down Approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Antiferroelectric PUND measurements on ZrO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics (ISAF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE UFFC, Jul 2025, Graz, Austria</w:t>
+              <w:t xml:space="preserve">High k Workshop 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NamLab, Mar 2025, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279312v1</w:t>
+                <w:t xml:space="preserve">hal-05043052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-of-the-Art Research on Hf-ZrO2 Ferroelectric and Antiferroelectric Capacitors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Antiferroelectric fluorite-based capacitors for ultra-high energy storage density applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">South Asia Ferroelectric Symposium (SAFS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE UFFC, Aug 2025, Bengaluru (Bangalore), India</w:t>
+              <w:t xml:space="preserve">C'NANO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre national de Compétences en Nanosciences du CNRS, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279394v1</w:t>
+                <w:t xml:space="preserve">hal-05043660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiferroelectric fluorite-based capacitors for ultra-high energy storage density applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Novel Electrical Characterization Method for Antiferroelectric like ZrO2 using a Positive Up Negative Down Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C'NANO 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre national de Compétences en Nanosciences du CNRS, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics (ISAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE UFFC, Jul 2025, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05043660v1</w:t>
+                <w:t xml:space="preserve">hal-05279312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilization of low dimensional ferroelectric HfZrO2 film</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">State-of-the-Art Research on Hf-ZrO2 Ferroelectric and Antiferroelectric Capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Emergent Phenomena in Low-Dimensional Ferroelectric Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Helmholtz-Zentrum Berlin, Jun 2024, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">South Asia Ferroelectric Symposium (SAFS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE UFFC, Aug 2025, Bengaluru (Bangalore), India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04749755v1</w:t>
+                <w:t xml:space="preserve">hal-05279394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High energy storage antiferroelectric fluorite nanosupercapacitors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Serendipity in materials science: how a simple doping leads to novel and outstanding properties in simple dielectric HfO2 !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMD31</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Physical Society; CMD-General Conference of the Condensed Matter Division, Sep 2024, Braga, Portugal</w:t>
+              <w:t xml:space="preserve">ELyT Workshop 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04749716v1</w:t>
+                <w:t xml:space="preserve">hal-04755446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serendipity in materials science: how a simple doping leads to novel and outstanding properties in simple dielectric HfO2 !</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">3D VNWFET-Based Standard Cell Library Design Flow: from Circuit and Physical Design to Logic Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mannaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Deveautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELyT Workshop 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IFIP/IEEE 32nd International Conference on Very Large Scale Integration (VLSI-SoC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Tanger, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VLSI-SoC62099.2024.10767812⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755446v1</w:t>
+                <w:t xml:space="preserve">hal-04982742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D VNWFET-Based Standard Cell Library Design Flow: from Circuit and Physical Design to Logic Synthesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alberto Bosio</w:t>
+                <w:t xml:space="preserve">Hf(1-x)Z(x)O2 monolayers for nanosupercapacitors: a performance assessment study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IFIP/IEEE 32nd International Conference on Very Large Scale Integration (VLSI-SoC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXXIX RSEF Physics Biennial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Real Sociedad Española de Física, Jul 2024, San Sebastian, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VLSI-SoC62099.2024.10767812⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04982742v1</w:t>
+                <w:t xml:space="preserve">hal-04750245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hf(1-x)Z(x)O2 monolayers for nanosupercapacitors: a performance assessment study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Development of ferroelectric and antiferroelectric H1-xZrxO2-based capacitors for non-volatile memories and power supply applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIX RSEF Physics Biennial</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Real Sociedad Española de Física, Jul 2024, San Sebastian, Spain</w:t>
+              <w:t xml:space="preserve">JNTE (Journées Nationales sur les Technologies Emergentes en micro-nanofabrication) 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Telecom Saint-Etienne; Laboratoire Hubert Currien, Nov 2024, Saint-Etienne (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04750245v1</w:t>
+                <w:t xml:space="preserve">hal-04810963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of ferroelectric and antiferroelectric H1-xZrxO2-based capacitors for non-volatile memories and power supply applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">PE-ALD antiferroelectric fluorite for high energy storage nanosupercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNTE (Journées Nationales sur les Technologies Emergentes en micro-nanofabrication) 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Telecom Saint-Etienne; Laboratoire Hubert Currien, Nov 2024, Saint-Etienne (FR), France</w:t>
+              <w:t xml:space="preserve">10ème Workshop du Réseau des Acteurs Français de l'ALD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR RAFALD, Nov 2024, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810963v1</w:t>
+                <w:t xml:space="preserve">hal-04810885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PE-ALD antiferroelectric fluorite for high energy storage nanosupercapacitors</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">FVLLMONTI: The 3D Neural Network Compute Cube $(N^{2}C^{2})$ Concept for Efficient Transformer Architectures Towards Speech-to-Speech Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mannaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Deveautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Workshop du Réseau des Acteurs Français de l'ALD</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 Design, Automation &amp; Test in Europe Conference &amp; Exhibition (DATE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Valencia, Spain. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/DATE58400.2024.10546700⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810885v1</w:t>
+                <w:t xml:space="preserve">hal-04739538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FVLLMONTI: The 3D Neural Network Compute Cube $(N^{2}C^{2})$ Concept for Efficient Transformer Architectures Towards Speech-to-Speech Translation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">VNWFET-Based Systolic Array Accelerator for Deep Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Mannaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Matrangolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Deveautour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 Design, Automation &amp; Test in Europe Conference &amp; Exhibition (DATE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IEEE 24th International Conference on Nanotechnology (NANO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Gijon, Spain. pp.620-625, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NANO61778.2024.10628674⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/DATE58400.2024.10546700⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04739538v1</w:t>
+                <w:t xml:space="preserve">hal-04985211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VNWFET-Based Systolic Array Accelerator for Deep Neural Networks</w:t>
+                <w:t xml:space="preserve">Stabilization of low dimensional ferroelectric HfZrO2 film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Mannaa</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Deveautour</w:t>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 24th International Conference on Nanotechnology (NANO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on Emergent Phenomena in Low-Dimensional Ferroelectric Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Helmholtz-Zentrum Berlin, Jun 2024, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/NANO61778.2024.10628674⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04985211v1</w:t>
+                <w:t xml:space="preserve">hal-04749755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-efficient Computation-In-Memory Architecture using Emerging Technologies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sara Mannaa</w:t>
+                <w:t xml:space="preserve">High energy storage antiferroelectric fluorite nanosupercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Magagnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Conference on Microelectronics (ICM 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CMD31</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Physical Society; CMD-General Conference of the Condensed Matter Division, Sep 2024, Braga, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04982731v1</w:t>
+                <w:t xml:space="preserve">hal-04749716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Interfaces on the Enhanced Ferroelectricity of Ultra-Thin HZO-Based Tunnel Junctions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+                <w:t xml:space="preserve">1S1R sub-threshold operation in Crossbar Arrays for Neural Networks hardware implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Minguet Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dampfhoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Hirtzlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Reganaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAF-ISIF-PFM 2023 SYMPOSIUM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MIXDES 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, CRACOVIE, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/MIXDES58562.2023.10203226⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195857v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04161135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1S1R sub-threshold operation in Crossbar Arrays for Neural Networks hardware implementation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Grenouillet</w:t>
+                <w:t xml:space="preserve">Interface engineering between HfZrO2 thin films and electrodes for enhanced ferroelectricity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Canero Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIXDES 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15th International Meeting on Ferroelectricity - IMF 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Tel Aviv, Israel</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04161135v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface engineering between HfZrO2 thin films and electrodes for enhanced ferroelectricity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Bugnet</w:t>
+                <w:t xml:space="preserve">How ALD deposition analysis can help PVD deposition process!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Meeting on Ferroelectricity - IMF 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Tel Aviv, Israel</w:t>
+              <w:t xml:space="preserve">9ème Workshop RAFALD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR RAFALD, Nov 2023, Lille (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04055083v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How ALD deposition analysis can help PVD deposition process!</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevalier</w:t>
+                <w:t xml:space="preserve">Study of Imprint Dynamics in HZO Ferroelectric Capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Canero Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Workshop RAFALD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR RAFALD, Nov 2023, Lille (France), France</w:t>
+              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE; UFFC, Jul 2023, Cleveland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04308002v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Imprint Dynamics in HZO Ferroelectric Capacitors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Drouin</w:t>
+                <w:t xml:space="preserve">VNWFET-Based Technology: From Device Modelling to Standard Cell Library</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mannaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Deveautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE 23rd International Conference on Nanotechnology (NANO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Jeju City, France. pp.576-581, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NANO58406.2023.10231288⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190736v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VNWFET-Based Technology: From Device Modelling to Standard Cell Library</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Elaboration and imprint consideration in HfZrO2 ferroelectric capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Mannaa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ian O'Connor</w:t>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE 23rd International Conference on Nanotechnology (NANO)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">High k Workshop 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NamLab, May 2023, Dresden, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651775v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration and imprint consideration in HfZrO2 ferroelectric capacitors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Engineering the nano and micro structures of sputtered HfZrO2 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High k Workshop 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NamLab, May 2023, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">15th International Meeting on Ferroelectricity - IMF 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04136940v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering the nano and micro structures of sputtered HfZrO2 thin films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Interfaces engineering to enhance ferroelectricity in ultra-thin HZO CMOS compatible FTJ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Meeting on Ferroelectricity - IMF 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Tel Aviv, Israel</w:t>
+              <w:t xml:space="preserve">EMRS 2023 Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, Sep 2023, Warsaw (Poland), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04053582v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfaces engineering to enhance ferroelectricity in ultra-thin HZO CMOS compatible FTJ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Study of Imprint dynamics in CMOS compatible HZO ferroelectric capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 2023 Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Materials Research Society, Sep 2023, Warsaw (Poland), Poland</w:t>
+              <w:t xml:space="preserve">, European Materials Research Society (E-MRS), Sep 2023, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216334v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Imprint dynamics in CMOS compatible HZO ferroelectric capacitors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Energy-efficient Computation-In-Memory Architecture using Emerging Technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra Bishnoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sumit Diware</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anteneh Gebregiorgis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mannaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2023 Fall Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 International Conference on Microelectronics (ICM 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Abu Dhabi, United Arab Emirates. pp.325-334, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICM60448.2023.10378889⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213060v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04982731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the electrode interface on the properties of ferroelectric HfZrO2</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Influence of Interfaces on the Enhanced Ferroelectricity of Ultra-Thin HZO-Based Tunnel Junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabei Barhoumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High k Workshop 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NamLab, Sep 2022, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">ISAF-ISIF-PFM 2023 SYMPOSIUM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE; UFFC, Jul 2023, Cleveland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03775873v1</w:t>
+                <w:t xml:space="preserve">hal-04195857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of sub-8 nm HZO-Based Ferroelectric Tunnel Junctions with Enhanced Ferroelectricity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Influence of the electrode interface on the properties of ferroelectric HfZrO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAF-PFM-ECAPD 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">High k Workshop 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NamLab, Sep 2022, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03715029v1</w:t>
+                <w:t xml:space="preserve">hal-03775873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiscale study of the structure, chemistry and ferroelectric properties of epitaxial sol-gel PbZr0.2Ti0.8O3 films for nanomechanical switching</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergio Gonzalez Casal</w:t>
+                <w:t xml:space="preserve">Comparative Study of sub-8 nm HZO-Based Ferroelectric Tunnel Junctions with Enhanced Ferroelectricity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaofei Bai</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sara Gonzalez</w:t>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISAF-PFM-ECAPD 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IEEE UFFC, Jun 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03719104v1</w:t>
+                <w:t xml:space="preserve">hal-03715029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1S1R sub-threshold operation in Crossbar arrays for low power BNN inference computing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Hirtzlin</w:t>
+                <w:t xml:space="preserve">A multiscale study of the structure, chemistry and ferroelectric properties of epitaxial sol-gel PbZr0.2Ti0.8O3 films for nanomechanical switching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid C. Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Gonzalez Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofei Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Alhada‐lahbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMW 2022 - IEEE International Memory Workshop</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISAF-PFM-ECAPD 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE UFFC, Jun 2022, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03707392v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature stability embedded ReRAM for 2x nm node and beyond</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">I. Naot</w:t>
+                <w:t xml:space="preserve">1S1R sub-threshold operation in Crossbar arrays for low power BNN inference computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Minguet Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rummens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Reganaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Heraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hirtzlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Memory Workshop (IMW)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IMW52921.2022.9779293⟩</w:t>
+              <w:t xml:space="preserve">IMW 2022 - IEEE International Memory Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dresden, Germany. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW52921.2022.9779253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840618v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03707392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Polarisation and Conduction Mechanisms in Ferroelectric Hf0.5Zr0.5O2 Down to Deep Cryogenic Temperature 4.2 K</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+                <w:t xml:space="preserve">High temperature stability embedded ReRAM for 2x nm node and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Molas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Piccolboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bricalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Verdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Naot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAF-PFM-ECAPD 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Memory Workshop (IMW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dresden, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW52921.2022.9779293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719069v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wake-Up Effect and Retention Evolutions of Hf0.5Zr0.5O2 Capacitor by Nanostructuration Engineering</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Study of Polarisation and Conduction Mechanisms in Ferroelectric Hf0.5Zr0.5O2 Down to Deep Cryogenic Temperature 4.2 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Coffineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISAF-PFM-ECAPD 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE UFFC, Jun 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03715010v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication process for sub-8 nm HfZrO2-based ferroelectric tunnel junctions with enhanced properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Wake-Up Effect and Retention Evolutions of Hf0.5Zr0.5O2 Capacitor by Nanostructuration Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2022 Spring Meeting - Symposium E : Adaptive materials and devices for brain-inspired electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Materials Research Society, May 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">ISAF-PFM-ECAPD 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE UFFC, Jun 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690321v1</w:t>
+                <w:t xml:space="preserve">hal-03715010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to play on the fabrication process of HfZrO2 ferroelectric thin film to enhance its physical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabei Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 2022 Spring Meeting - Symposium N: Synthesis, processing and characterization of nanoscale multi functional oxide films VIII and 6th E-MRS &amp; MRS-J bilateral symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Materials Research Society, May 2022, Strasbourg, France</w:t>
@@ -12427,2346 +12427,2337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of vertical and ferroelectric junctionless technology for efficient 3D neural network compute cube dedicated to embedded artificial intelligence (Invited)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucas Réveil</w:t>
+                <w:t xml:space="preserve">Fabrication process for sub-8 nm HfZrO2-based ferroelectric tunnel junctions with enhanced properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67th Annual IEEE International Electron Devices Meeting (IEDM 2021)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMRS 2022 Spring Meeting - Symposium E : Adaptive materials and devices for brain-inspired electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, May 2022, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03408078v1</w:t>
+                <w:t xml:space="preserve">hal-03690321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ge-Se-Sb-N-based OTS scaling perspectives for high-density 1S1R crossbar arrays</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Navarro</w:t>
+                <w:t xml:space="preserve">Role of ultra-thin Ti and Al interfacial layers in HfZrO2 ferroelectric tunnel junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE INTERNATIONAL MEMORY WORKSHOP (IMW)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMRS 2021 Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, Sep 2021, Warsaw, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03622145v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03368741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of bottom electrodes on HZO thin film properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+                <w:t xml:space="preserve">Elucidating 1S1R operation to reduce the read voltage margin variability by stack and programming conditions optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Minguet Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hudeley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Alfaro Robayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sandrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics (ISAF) 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE International Reliability Physics Symposium (IRPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Monterey, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRPS46558.2021.9405195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03274229v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating 1S1R operation to reduce the read voltage margin variability by stack and programming conditions optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Why neuromorphic computing need novel 3D technologies? A view from FVLLMONTI European project consortium (Invited)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristell Maneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mukherjee Chhandak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Minguet Lopez</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. Sandrini</w:t>
+                <w:t xml:space="preserve">Lucas Réveil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE International Reliability Physics Symposium (IRPS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">High Performance Embedded Architecture and Compilation, Computing Systems Week, (HiPEAC CSW) Autumn 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333678v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of ultra-thin Ti and Al interfacial layers in HfZrO2 ferroelectric tunnel junctions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Electrical Characterisation of HfZrO2 Ferroelectric Tunnel Junctions for Neuromorphic Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabei Barhoumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 2021 Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Materials Research Society, Sep 2021, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">, Sep 2021, Online, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03368741v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03354311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why neuromorphic computing need novel 3D technologies? A view from FVLLMONTI European project consortium (Invited)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucas Réveil</w:t>
+                <w:t xml:space="preserve">Impact of a dielectric layer at TiN/HfZrO2 interface for ferroelectric tunnel junctions applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Segantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Performance Embedded Architecture and Compilation, Computing Systems Week, (HiPEAC CSW) Autumn 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées de la matière condensée (JMC17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de physique (SFP), Aug 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408071v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03372588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Characterisation of HfZrO2 Ferroelectric Tunnel Junctions for Neuromorphic Application</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rabei Barhoumi</w:t>
+                <w:t xml:space="preserve">Ge-Se-Sb-N-based OTS scaling perspectives for high-density 1S1R crossbar arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Minguet Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Reganaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2021 Fall Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE INTERNATIONAL MEMORY WORKSHOP (IMW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Dresde, Germany. pp.107-110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW51353.2021.9439606⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03354311v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a dielectric layer at TiN/HfZrO2 interface for ferroelectric tunnel junctions applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Effect of bottom electrodes on HZO thin film properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Manchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la matière condensée (JMC17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française de physique (SFP), Aug 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Applications of Ferroelectrics (ISAF) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://isaf-isif-pfm2021.org/, May 2021, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03372588v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03274229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of RRAM and OTS selector for advanced low voltage CMOS compatibility</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of vertical and ferroelectric junctionless technology for efficient 3D neural network compute cube dedicated to embedded artificial intelligence (Invited)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Navarro</w:t>
+                <w:t xml:space="preserve">Cristell Maneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mukherjee Chhandak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Réveil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Memory Workshop (IMW)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IMW48823.2020.9108126⟩</w:t>
+              <w:t xml:space="preserve">67th Annual IEEE International Electron Devices Meeting (IEDM 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, San Fransisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEDM19574.2021.9720572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029496v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crosspoint Memory Arrays: Principle, Strengths and Challenges</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId378" w:history="1">
+                <w:t xml:space="preserve">Optimization of RRAM and OTS selector for advanced low voltage CMOS compatibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Minguet Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alfaro Robayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Carabasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Memory Workshop (IMW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Dresden, Germany. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IMW48823.2020.9108143⟩</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW48823.2020.9108126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029495v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability and Variability of 1S1R OxRAM-OTS for High Density Crossbar Integration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId378" w:history="1">
+                <w:t xml:space="preserve">Crosspoint Memory Arrays: Principle, Strengths and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Molas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alfaro Robayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">L. Ciampolini</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Minguet Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carabasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Electron Devices Meeting (IEDM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IEDM19573.2019.8993439⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE International Memory Workshop (IMW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Dresden, Germany. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW48823.2020.9108143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029486v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CBRAM devices with a water casted solid polymer electrolyte for flexible electronic applications</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reliability and Variability of 1S1R OxRAM-OTS for High Density Crossbar Integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Alfaro Robayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ciampolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE 14th Nanotechnology Materials and Devices Conference (NMDC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NMDC47361.2019.9083996⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE International Electron Devices Meeting (IEDM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, San Francisco, United States. pp.35.3.1-35.3.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEDM19573.2019.8993439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029533v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of resistive memories using In2O3 nanostructures integration with a CMOS Back-End-Off-Line process</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CBRAM devices with a water casted solid polymer electrolyte for flexible electronic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prabir Mahato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference on Nanotechnology and Advanced Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE 14th Nanotechnology Materials and Devices Conference (NMDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Stockholm, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NMDC47361.2019.9083996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029510v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indium Oxide Nanostructure Optimization for RRAM Integration on CMOS BEOL</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">K. Ayadi</w:t>
+                <w:t xml:space="preserve">Optimization of resistive memories using In2O3 nanostructures integration with a CMOS Back-End-Off-Line process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Souifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Vincent Guenery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Liviu Militaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J. Moeyaert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Labau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE 18th International Conference on Nanotechnology (IEEE-NANO)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annual Conference on Nanotechnology and Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, San Francisco, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330674v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conductive Bridge Random Access Memory devices with Ecofriendly Solid Polymer Electrolyte for flexible electronics applications</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Indium Oxide Nanostructure Optimization for RRAM Integration on CMOS BEOL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-V. Guenery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Leon Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Labau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Organic Flexible Electronics (ISFOE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE 18th International Conference on Nanotechnology (IEEE-NANO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Cork, Ireland. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NANO.2018.8626323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029545v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Cost Diode as Selector Device for Embedded Phase Change Memory in Advanced FD-SOI Technology</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Conductive Bridge Random Access Memory devices with Ecofriendly Solid Polymer Electrolyte for flexible electronics applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prabir Mahato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Memory Workshop (IMW 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">11th International Symposium on Organic Flexible Electronics (ISFOE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Thessaloniki, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01900758v1</w:t>
+                <w:t xml:space="preserve">hal-03029545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conductive Bridge Random Access Memory Devices Based on an Ecofriendly Solid Polymer Electrolyte</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Low Cost Diode as Selector Device for Embedded Phase Change Memory in Advanced FD-SOI Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Della Marca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Postel-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Advanced Functional Materials and Devices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Memory Workshop (IMW 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Kyoto, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW.2018.8388839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029542v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01900758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a laser pulse on HfO2-based RRAM cells reliability and integrity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conductive Bridge Random Access Memory Devices Based on an Ecofriendly Solid Polymer Electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prabir Mahato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 International Conference on Microelectronic Test Structures (ICMTS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th Advanced Functional Materials and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Leuven, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006802v1</w:t>
+                <w:t xml:space="preserve">hal-03029542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of a Laser Pulse On HfO$_2$-based RRAM Cells Reliability and Integrity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Krakovinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14774,2720 +14765,2854 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Wacquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Coignus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 INTERNATIONAL CONFERENCE ON MICROELECTRONIC TEST STRUCTURES (ICMTS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. pp.152-156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01435097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the potentialities of Vertical Resistive RAM (VRRAM) for neuromorphic applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Bocquet</w:t>
+                <w:t xml:space="preserve">Impact of a laser pulse on HfO2-based RRAM cells reliability and integrity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Krakovinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coignus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE International Electron Devices Meeting (IEDM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IEDM.2015.7409717⟩</w:t>
+              <w:t xml:space="preserve">2016 International Conference on Microelectronic Test Structures (ICMTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Yokohama, France. pp.152-156, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICMTS.2016.7476196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804658v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication and characterization of ECM memories based on a Ge2Sb2Te5 solid electrolyte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Rebora</w:t>
+                <w:t xml:space="preserve">Investigation of the potentialities of Vertical Resistive RAM (VRRAM) for neuromorphic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Piccolboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Molas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Coquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 10th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PRIME.2014.6872754⟩</w:t>
+              <w:t xml:space="preserve">2015 IEEE International Electron Devices Meeting (IEDM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Washington, United States. pp.17.2.1-17.2.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEDM.2015.7409717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804660v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Invited) Temperature Impact on Reliablity and Manufacturing of Embedded HfOx-Based RRAM: a Novel Pre-coding Method for Bypassing Soldering Reflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauveur Tirano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sauveur Tirano</w:t>
+                <w:t xml:space="preserve">Luca Perniola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Perniola</w:t>
+                <w:t xml:space="preserve">Carlo Cagli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlo Cagli</w:t>
+                <w:t xml:space="preserve">Eric Jalaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jousseaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECS Meetings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Orlando (Florida), United States. pp.311-313, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/06102.0311ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronous Full-Adder based on Complementary Resistive Switching Memory Cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabrication and characterization of ECM memories based on a Ge2Sb2Te5 solid electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Rebora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ouled-Khachroum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Putero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2013.6573578⟩</w:t>
+              <w:t xml:space="preserve">2014 10th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRIME.2014.6872754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840795v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact modeling solutions for OxRAM memories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytical study of complementary memristive synchronous logic gates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Aziza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE Faible Tension Faible Consommation (FTFC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/FTFC.2013.6577779⟩</w:t>
+              <w:t xml:space="preserve">2013 IEEE/ACM International Symposium on Nanoscale Architectures (NANOARCH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Brooklyn, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NanoArch.2013.6623047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006780v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01745759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical study of complementary memristive synchronous logic gates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Moreau</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 IEEE/ACM International Symposium on Nanoscale Architectures (NANOARCH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2013, Brooklyn, United States. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId435" w:history="1">
+              <w:t xml:space="preserve">, Jul 2013, Brooklyn, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NanoArch.2013.6623047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01745759v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical study of complementary memristive synchronous logic gates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Deleruyelle</w:t>
+                <w:t xml:space="preserve">Synchronous Full-Adder based on Complementary Resistive Switching Memory Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erya y Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Olivier O Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dafiné Ravelosona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE/ACM International Symposium on Nanoscale Architectures (NANOARCH)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NanoArch.2013.6623047⟩</w:t>
+              <w:t xml:space="preserve">11th International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2013.6573578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827052v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crossbar architecture based on 2R complementary resistive switching memory cell</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Compact modeling solutions for OxRAM memories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Aziza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Portal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2012 IEEE/ACM International Symposium on Nanoscale Architectures </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2765491.2765508⟩</w:t>
+              <w:t xml:space="preserve">2013 IEEE Faible Tension Faible Consommation (FTFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Paris, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FTFC.2013.6577779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01745351v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and theoretical study of electrode effects in HfO2 based RRAM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Salaun</w:t>
+                <w:t xml:space="preserve">Crossbar architecture based on 2R complementary resistive switching memory cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weisheng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Olivier Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien S Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dafine Ravelosona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 IEEE International Electron Devices Meeting (IEDM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IEDM.2011.6131634⟩</w:t>
+              <w:t xml:space="preserve"> 2012 IEEE/ACM International Symposium on Nanoscale Architectures </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Amsterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2765491.2765508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006759v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01745351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the electrical variability of resistive-switching memory devices based on NiO oxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Tirano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Perniola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2011 IEEE 42nd Semiconductor Interface Specialists Conference (SISC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Arlington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01745633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design challenges for prototypical and emerging memory concepts relying on resistance switching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Ginez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Portal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bocquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2011 IEEE Custom Integrated Circuits Conference (CICC 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, San Jose, CA, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CICC.2011.6055316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01745644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interface Study of SiO 2 / HfO 2 /SiO 2 Stacks Used as InterPoly Dielectric for Future Generations of Embedded Flash Memories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Gros-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Micolau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Online Proceedings Library</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, San Francisco, United States. pp.1252-I07-08, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1557/proc-1252-i07-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of NiO-Based Resistive Switching Memory (ReRAM) Elements with Pillar W Bottom Electrode</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Cianci</w:t>
+                <w:t xml:space="preserve">Experimental and theoretical study of electrode effects in HfO2 based RRAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cagli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Buckley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Jousseaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cabout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Salaun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE International Memory Workshop (IMW)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IMW.2009.5090606⟩</w:t>
+              <w:t xml:space="preserve">2011 IEEE International Electron Devices Meeting (IEDM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Washington, France. pp.28.7.1-28.7.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEDM.2011.6131634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006734v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From micrometric to nanometric scale switching of CuTCNQ-based non-volatile memory structures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reliability of NiO-Based Resistive Switching Memory (ReRAM) Elements with Pillar W Bottom Electrode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Demolliens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ch. Muller</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Spiga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cianci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 9th Annual Non-Volatile Memory Technology Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NVMT.2008.4731190⟩</w:t>
+              <w:t xml:space="preserve">2009 IEEE International Memory Workshop (IMW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Monterey, France. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW.2009.5090606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006732v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of a new three bits cell concept</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">From micrometric to nanometric scale switching of CuTCNQ-based non-volatile memory structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Demolliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Turquat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Guiraud</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 9th Annual Non-Volatile Memory Technology Symposium (NVMTS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NVMT.2008.4731202⟩</w:t>
+              <w:t xml:space="preserve">2008 9th Annual Non-Volatile Memory Technology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Pacific Grove, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NVMT.2008.4731190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006727v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of resistive switching NiO in small via structures from localized oxidation of nickel metallic layer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D.J. Wouters</w:t>
+                <w:t xml:space="preserve">Investigation of a new three bits cell concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.R. Raguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Calenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESSDERC 2008 - 38th European Solid-State Device Research Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2008 9th Annual Non-Volatile Memory Technology Symposium (NVMTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Pacific Grove, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NVMT.2008.4731202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271988v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of few electron phenomena on floating-gate memory reliability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Gely</w:t>
+                <w:t xml:space="preserve">Integration of resistive switching NiO in small via structures from localized oxidation of nickel metallic layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Courtade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Turquat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Lisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Wouters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEDM Technical Digest. IEEE International Electron Devices Meeting, 2004.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESSDERC 2008 - 38th European Solid-State Device Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. pp.218-221</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006712v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new memory concept: the Nano-Multiple-Tunnel-Junction memory with embedded Si nano-crystals</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Lecarval</w:t>
+                <w:t xml:space="preserve">Impact of few electron phenomena on floating-gate memory reliability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Molas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. De Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ghibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Silicon Nanoelectronics Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEDM Technical Digest. IEEE International Electron Devices Meeting, 2004.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, San Francisco, France. pp.877-880, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEDM.2004.1419320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00485182v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of high-k materials in the control dielectric stack of nanocrystal memories</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Lombardo</w:t>
+                <w:t xml:space="preserve">A new memory concept: the Nano-Multiple-Tunnel-Junction memory with embedded Si nano-crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. de Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lecarval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 34th European Solid-State Device Research Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Silicon Nanoelectronics Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Honolulu, United States. pp.Volume 72, Issues 1-4, Pages 399-404</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006717v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00485182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effect of high-k materials in the control dielectric stack of nanocrystal memories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Spitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Corso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Crupi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nicotra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lombardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 34th European Solid-State Device Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Leuven, France. pp.161-164, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSDER.2004.1356514⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Electrical characterization of memory cell structures using multiple tunnels junctions with embedded Si nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Fraboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. de Salvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mariolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Silicon Nano-electronics Workshop 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Honolulu, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00484534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17497,663 +17622,663 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antiferroelectric Fluorite for High Energy Storage Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High k Workshop 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Dresden, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antiferroelectric Fluorite for High Energy Storage Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">France-Japan Forum 2025 (JSPS–JST) Energy Transition and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Villeurbanne, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of resistance fluctuations in ReRAM: physical origin, temporal dependence and impact on memory reliability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Reganaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rafhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Minguet Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niccolo Castellani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRPS 2023 (IEEE International Reliability Physics Symposium)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Monterey, Californie, United States. 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRPS48203.2023.10117882⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId492" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04169237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of bottom electrodes on HZO thin film features</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infante Ingrid C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Challenge for Memory Applications 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03274227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bottom electrodes impact on Hf0.5Zr0.5O2 ferroelectric tunnel junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Segantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid C Infante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Spring Meeting 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03275569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18163,231 +18288,231 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging Memory Concepts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ginez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Design Technology for Heterogeneous Embedded Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Netherlands, pp.339-364, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-1125-9_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A single Nano-Dot Embedded in a Plate Capacitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Micolau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sattler, Klaus D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Nanophysics - Nanoelectronics and Nanophotonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRC Press, 2010, 978-1-4200-7550-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18397,147 +18522,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granularity Exploration for Logic in Memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayeul Cantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Mozzone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId502" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02732764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18547,165 +18672,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Electrical Characterization Method for Antiferroelectrics using a Positive Up Negative Down Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Vilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId505"/>
+      <w:footerReference w:type="default" r:id="rId506"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18852,51 +18977,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deleruyelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gautier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Alhada-Lahbabi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.4c01984" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093881v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Soliman" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Marchand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mahmoudi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neeraj Kumar Rajak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Taniguchi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5c03875" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248440v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Manchon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magagnin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Lepri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gonzalez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202514094" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c00851" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606219v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Henning" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alhada-Lahbabi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schlur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.8.054416" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006261v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mischa Thesberg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Obukhova" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Trommer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mikolajick" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2024.3459878" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814154v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhada-Lahbabi K&#233;vin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deleruyelle Damien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Brice" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3na01115a" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814141v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mor&#225;n-Meza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Kaja" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almazbek Imanaliev" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad7e3b" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814146v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-024-01375-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814150v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117167" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814170v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202300744" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662425v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Bouaziz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0220110" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230911v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mannaa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poittevin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Deveautour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JXCDC.2023.3309502" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579192v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Richert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kaja" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mor&#225;n-Meza" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gautier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deleruyelle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEMO56117.2023.10202380" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186567v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Segantini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Manchon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Infante Ingrid C." TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabei Barhoumi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202300171" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814174v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.3c00601" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03707409v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Minguet Lopez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rafhay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dampfhoffer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Reganaz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Castellani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202200323" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662877v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gonzalez Casal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Bai" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alhada&#8208;lahbabi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Canut" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202200077" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609773v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baboux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Rojo Romeo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202100585" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759538v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ca&#241;ero Infante" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202100583" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840622v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Esmanhotto" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Ait Abdelkader" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202100753" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840652v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabir Mahato" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pruvost" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2022.111806" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418653v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Hirtzlin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grenouillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ac31e2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116248v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Guenery" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Le&#243;n P&#233;rez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ayadi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baboux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2021.107958" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252877v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Guitarra" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mahato" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raymond" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trojman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2021.108055" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rebora" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruomeng Huang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela P. Kissling" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bocquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C H (kees) De Groot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aae6db" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745418v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Portal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santhosh Onkaraiah" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Aziza" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2017.2703985" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maria Puglisi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pavan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Larcher" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532828" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M9G5RV7B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737306v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Prakash" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Song" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hwang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4922446" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460517v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Le" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livie Li&#233;nafa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang N. T. Phan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bouchet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma5000656" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743999v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weisheng Zhao" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erya Deng" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhang" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2013.2278332" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737291v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Muller" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2013.2296793" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737320v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea4010001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745646v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3969/j.issn.1674-862X.2014.02.007" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744000v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhao" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2013.08.004" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744003v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hraziia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Makosiej" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Palma" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.02.045" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006771v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brivio" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tallarida" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perego" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Franz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4769044" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745507v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2012.1172" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00767177v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Putero" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ouled-Khachroum" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Coulet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2012.06.010" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006769v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nardi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Spiga" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Muller" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouteille" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4752032" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779321v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3605591" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006756v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dumas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Demolliens" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Muller" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.244" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B67DVT8S-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266382v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#252;ller" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2010.10.006" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SZL3ZT6R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951268v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ouled-Khachroum" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Vanessa Coulet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ziegler" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0021889811024095" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4T2R44Q6-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006762v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carmona" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Spiga" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/APEX.4.051101" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760606v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amouroux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Della Marca" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2011.975" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006764v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tirano" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perniola" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Buckley" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cluzel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jousseaume" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.03.062" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271962v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Goux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wouters" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2010.484748" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006752v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amouroux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M&#252;ller" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3458596" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271976v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Turquat" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2010.08.008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17HGQK5F-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006735v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Raguet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Calenzo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laffont" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bouchakour" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.48.04C058" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006726v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Micolau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2007.07.008" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006725v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Molas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. De Salvo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghibaudo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gelygely" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2006.882284" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145101v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desalvo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ghibaudo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gely" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006724v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nicotra" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2005.04.070" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006722v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lafond" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2005.10.023" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6Q8057V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006721v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Le Royer" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Desalvo" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Le Carval" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gely" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2004.01.027" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-89NSZNC3-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006706v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fraboulet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mariolle" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-1101(03)00171-0" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279432v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjana Thomas" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boyer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Mhase" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279345v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gonzalez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265712v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379988v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158924v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043052v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279312v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279394v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043660v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749755v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749716v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755446v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982742v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bosio" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSI-SoC62099.2024.10767812" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750245v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810963v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810885v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739538v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE58400.2024.10546700" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985211v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Matrangolo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANO61778.2024.10628674" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982731v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Bishnoi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumit Diware" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anteneh Gebregiorgis" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thomann" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM60448.2023.10378889" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195857v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04161135v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/MIXDES58562.2023.10203226" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055083v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Canero Infante" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bugnet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308002v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190736v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Drouin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-04651775v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANO58406.2023.10231288" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136940v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053582v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216334v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213060v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775873v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715029v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719104v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid C. Infante" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03707392v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Minguet Lopez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rummens" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reganaz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heraud" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hirtzlin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW52921.2022.9779253" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840618v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piccolboni" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bricalli" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Naot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW52921.2022.9779293" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719069v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Coffineau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715010v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690321v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682220v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408078v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristell Maneux" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukherjee Chhandak" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Deng" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Dubourg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas R&#233;veil" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19574.2021.9720572" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622145v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Castellani" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grenouillet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Navarro" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW51353.2021.9439606" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274229v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333678v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Minguet Lopez" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hudeley" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Alfaro Robayo" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sandrini" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS46558.2021.9405195" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368741v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408071v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354311v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372588v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029496v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alfaro Robayo" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carabasse" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW48823.2020.9108126" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029495v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW48823.2020.9108143" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029486v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vianello" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ciampolini" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19573.2019.8993439" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029533v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC47361.2019.9083996" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029510v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Souifi" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Guenery" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moeyaert" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02330674v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-V. Guenery" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leon Perez" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labau" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANO.2018.8626323" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029545v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900758v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fagot" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boivin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Postel-Pellerin" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW.2018.8388839" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029542v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006802v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krakovinsky" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bocquet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wacquez" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coignus" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS.2016.7476196" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435097v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804658v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coquand" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2015.7409717" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804660v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872754" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006795v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Tirano" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Perniola" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cagli" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jalaguier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jousseaume" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06102.0311ecst" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840795v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Zhang" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erya y Deng" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier O Klein" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafin&#233; Ravelosona" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2013.6573578" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006780v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FTFC.2013.6577779" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745759v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NanoArch.2013.6623047" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827052v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745351v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Klein" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Querlioz" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafine Ravelosona" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2765491.2765508" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006759v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cagli" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabout" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salaun" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2011.6131634" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745633v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tirano" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745644v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ginez" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CICC.2011.6055316" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006750v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guiraud" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Breil" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gros-Jean" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Micolau" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/proc-1252-i07-08" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006734v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cianci" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW.2009.5090606" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006732v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Turquat" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NVMT.2008.4731190" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006727v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Raguet" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Calenzo" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laffont" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guiraud" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NVMT.2008.4731202" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271988v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Courtade" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Lisoni" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Wouters" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006712v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2004.1419320" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485182v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroyer" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Salvo" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lecarval" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006717v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Spitale" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Corso" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crupi" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lombardo" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDER.2004.1356514" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484534v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Buffet" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043053v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380039v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04169237v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48203.2023.10117882" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274227v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275569v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid C Infante" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505264v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginez" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-1125-9_16" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/385EB07663F483AE3510C0CB87283FD733439256/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505265v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732764v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Cantan" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mozzone" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883776v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093881v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Soliman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Marchand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mahmoudi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neeraj Kumar Rajak" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Taniguchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5c03875" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248440v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Alhada-Lahbabi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Manchon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magagnin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Lepri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gonzalez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202514094" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042560v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gautier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deleruyelle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c00851" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.4c01984" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006261v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mischa Thesberg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Obukhova" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Trommer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mikolajick" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2024.3459878" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814154v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhada-Lahbabi K&#233;vin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deleruyelle Damien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Brice" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3na01115a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814141v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mor&#225;n-Meza" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Kaja" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almazbek Imanaliev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad7e3b" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814146v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-024-01375-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814150v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117167" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814170v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202300744" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662425v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Bouaziz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0220110" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606219v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Henning" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alhada-Lahbabi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schlur" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.8.054416" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186567v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Segantini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Manchon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Infante Ingrid C." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabei Barhoumi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202300171" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814174v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.3c00601" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230911v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mannaa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poittevin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Deveautour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JXCDC.2023.3309502" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579192v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Richert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kaja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mor&#225;n-Meza" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gautier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deleruyelle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEMO56117.2023.10202380" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662877v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gonzalez Casal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Bai" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alhada&#8208;lahbabi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Canut" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202200077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609773v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baboux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Rojo Romeo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202100585" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759538v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ca&#241;ero Infante" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202100583" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840622v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Reganaz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Esmanhotto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Ait Abdelkader" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Minguet Lopez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Castellani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202100753" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840652v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabir Mahato" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pruvost" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2022.111806" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03707409v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rafhay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dampfhoffer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202200323" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116248v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Guenery" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Le&#243;n P&#233;rez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ayadi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baboux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2021.107958" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252877v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Guitarra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mahato" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raymond" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trojman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2021.108055" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418653v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Hirtzlin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grenouillet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ac31e2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rebora" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruomeng Huang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela P. Kissling" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bocquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C H (kees) De Groot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aae6db" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745418v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Portal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santhosh Onkaraiah" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Aziza" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2017.2703985" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maria Puglisi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pavan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Larcher" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532828" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M9G5RV7B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737306v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Prakash" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Song" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hwang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4922446" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743999v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weisheng Zhao" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erya Deng" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2013.2278332" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737291v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2013.2296793" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737320v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea4010001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745646v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3969/j.issn.1674-862X.2014.02.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744000v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhao" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kang" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2013.08.004" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460517v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Le" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livie Li&#233;nafa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang N. T. Phan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bouchet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma5000656" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744003v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hraziia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Makosiej" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Palma" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.02.045" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006769v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nardi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Spiga" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Muller" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouteille" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4752032" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745507v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2012.1172" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006771v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brivio" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tallarida" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perego" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Franz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4769044" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00767177v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Putero" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ouled-Khachroum" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Coulet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2012.06.010" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779321v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3605591" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006756v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dumas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Demolliens" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Muller" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.244" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B67DVT8S-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266382v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#252;ller" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2010.10.006" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SZL3ZT6R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951268v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ouled-Khachroum" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Vanessa Coulet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ziegler" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0021889811024095" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4T2R44Q6-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006762v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carmona" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Spiga" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/APEX.4.051101" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760606v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amouroux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Della Marca" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2011.975" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006764v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tirano" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perniola" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Buckley" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cluzel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jousseaume" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.03.062" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271962v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Goux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wouters" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2010.484748" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271976v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Turquat" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2010.08.008" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17HGQK5F-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006752v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amouroux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M&#252;ller" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3458596" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006735v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Raguet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Calenzo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laffont" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bouchakour" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.48.04C058" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006726v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Micolau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2007.07.008" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006725v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Molas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. De Salvo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghibaudo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gelygely" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2006.882284" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145101v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desalvo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ghibaudo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gely" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006724v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nicotra" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2005.04.070" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006722v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lafond" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2005.10.023" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6Q8057V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006721v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Le Royer" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Desalvo" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Le Carval" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gely" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2004.01.027" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-89NSZNC3-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006706v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fraboulet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mariolle" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-1101(03)00171-0" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546041v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gonzalez" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279432v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjana Thomas" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boyer" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Mhase" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279345v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265712v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379988v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158924v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043052v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043660v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279312v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279394v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755446v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982742v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bosio" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSI-SoC62099.2024.10767812" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750245v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810963v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810885v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739538v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE58400.2024.10546700" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985211v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Matrangolo" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANO61778.2024.10628674" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749755v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749716v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04161135v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/MIXDES58562.2023.10203226" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055083v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Canero Infante" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bugnet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308002v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190736v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Drouin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-04651775v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANO58406.2023.10231288" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136940v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053582v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216334v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213060v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982731v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Bishnoi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumit Diware" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anteneh Gebregiorgis" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thomann" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM60448.2023.10378889" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195857v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715029v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719104v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid C. Infante" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03707392v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Minguet Lopez" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rummens" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reganaz" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heraud" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hirtzlin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW52921.2022.9779253" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840618v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piccolboni" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bricalli" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Naot" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW52921.2022.9779293" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719069v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Coffineau" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715010v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682220v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690321v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368741v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333678v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Minguet Lopez" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hudeley" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grenouillet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Alfaro Robayo" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sandrini" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS46558.2021.9405195" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408071v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristell Maneux" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukherjee Chhandak" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Deng" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Dubourg" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas R&#233;veil" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354311v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372588v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622145v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Castellani" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Navarro" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW51353.2021.9439606" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274229v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408078v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19574.2021.9720572" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029496v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alfaro Robayo" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carabasse" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW48823.2020.9108126" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029495v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW48823.2020.9108143" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029486v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vianello" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ciampolini" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19573.2019.8993439" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029533v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC47361.2019.9083996" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029510v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Souifi" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Guenery" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moeyaert" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02330674v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-V. Guenery" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leon Perez" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labau" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANO.2018.8626323" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029545v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900758v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fagot" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boivin" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Postel-Pellerin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW.2018.8388839" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029542v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435097v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krakovinsky" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wacquez" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coignus" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006802v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bocquet" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS.2016.7476196" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804658v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coquand" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2015.7409717" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006795v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Tirano" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Perniola" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cagli" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jalaguier" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jousseaume" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06102.0311ecst" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804660v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872754" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745759v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NanoArch.2013.6623047" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827052v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840795v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Zhang" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erya y Deng" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier O Klein" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafin&#233; Ravelosona" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2013.6573578" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006780v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FTFC.2013.6577779" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745351v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Klein" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Querlioz" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafine Ravelosona" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2765491.2765508" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745633v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tirano" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745644v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ginez" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CICC.2011.6055316" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006750v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guiraud" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Breil" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gros-Jean" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Micolau" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/proc-1252-i07-08" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006759v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cagli" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabout" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salaun" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2011.6131634" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006734v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cianci" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW.2009.5090606" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006732v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Turquat" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NVMT.2008.4731190" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006727v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Raguet" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Calenzo" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laffont" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guiraud" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NVMT.2008.4731202" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271988v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Courtade" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Lisoni" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Wouters" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006712v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2004.1419320" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485182v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroyer" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Salvo" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lecarval" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006717v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Spitale" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Corso" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crupi" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lombardo" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDER.2004.1356514" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484534v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Buffet" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043053v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380039v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04169237v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48203.2023.10117882" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274227v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275569v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid C Infante" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505264v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginez" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-1125-9_16" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/385EB07663F483AE3510C0CB87283FD733439256/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505265v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732764v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Cantan" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mozzone" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883776v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>