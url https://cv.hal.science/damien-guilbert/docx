--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -232,7377 +232,7511 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter estimation algorithm for a PEM electrolyzer equivalent circuit model under current ripple conditions</w:t>
+                <w:t xml:space="preserve">Dynamic Voltage Behavior of a PEM Electrolyzer Under Continuous on/off Loading Cycles Using an Equivalent Circuit Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hernán González-Aguilar</w:t>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Guilbert</w:t>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 251, pp.112324. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsr.2025.112324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JESTIE.2026.3675644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304407v1</w:t>
+                <w:t xml:space="preserve">hal-05560165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Control Design of a Step-Up/Step-Down Converter for Battery-Discharge Voltage Regulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parameter estimation algorithm for a PEM electrolyzer equivalent circuit model under current ripple conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan A Villanueva-Loredo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+                <w:t xml:space="preserve">Hernán González-Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics14050877⟩</w:t>
+              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 251, pp.112324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsr.2025.112324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962591v1</w:t>
+                <w:t xml:space="preserve">hal-05304407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase Shedding of a Ripple-Free Stacked Interleaved Boost Converter for Fuel Cell-Based Powertrains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water Electrolysis Hydrogen Damping Improvement by Hamiltonian Based Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Pilati</w:t>
+                <w:t xml:space="preserve">Yaowaret Maiket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Mandrioli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TTE.2025.3609934⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIA.2025.3645003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264051v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05428656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements in anion exchange membrane electrolysers: from catalysts to life cycle assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis and Control Design of a Step-Up/Step-Down Converter for Battery-Discharge Voltage Regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan A Villanueva-Loredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panfilo R Martinez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feriel Mustapha</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christopher J Rodriguez-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sustainable Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786451.2025.2520812⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (5), pp.877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics14050877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126277v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in Electrolyzer Emulators: A Comprehensive Review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase Shedding of a Ripple-Free Stacked Interleaved Boost Converter for Fuel Cell-Based Powertrains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Pilati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoda El Assal</w:t>
+                <w:t xml:space="preserve">Riccardo Mandrioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mamadou-Baïlo Camara</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Vincenzo Cirimele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Ricco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics14234576⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TTE.2025.3609934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377677v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic electrical degradation of PEM electrolyzers under renewable energy Intermittency: Mechanisms, diagnostics, and mitigation strategies -A comprehensive review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Advancements in anion exchange membrane electrolysers: from catalysts to life cycle assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Mustapha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brayima Dakyo</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bodo Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rser.2025.116170⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sustainable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786451.2025.2520812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05212130v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of PEMFC equivalent circuit model parameters via a Luenberger observer approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
+                <w:t xml:space="preserve">Advances in Electrolyzer Emulators: A Comprehensive Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoda El Assal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou-Baïlo Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hernán González-Aguilar</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (23), pp.4576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics14234576⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00202-025-03209-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05117746v1</w:t>
+                <w:t xml:space="preserve">hal-05377677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Electrolysis Hydrogen Damping Improvement by Hamiltonian Based Control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic electrical degradation of PEM electrolyzers under renewable energy Intermittency: Mechanisms, diagnostics, and mitigation strategies -A comprehensive review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahad Maoulida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burin Yodwong</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mamadou-Baïlo Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayima Dakyo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIA.2025.3645003⟩</w:t>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 225, pp.116170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2025.116170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05428656v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05212130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and implementation of the Luenberger observer for estimating the voltage response of a PEM electrolyzer during supply current variations</w:t>
+                <w:t xml:space="preserve">Estimation of PEMFC equivalent circuit model parameters via a Luenberger observer approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Panfilo R Martinez-Rodriguez</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernán González-Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00202-025-03209-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.0322000⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04576877v1</w:t>
+                <w:t xml:space="preserve">hal-05117746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power Converter Topologies for Heat Pumps Powered by Renewable Energy Sources: A Literature Review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design and implementation of the Luenberger observer for estimating the voltage response of a PEM electrolyzer during supply current variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panfilo R Martinez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernán González-Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics13193965⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.0322000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04733977v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04576877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of voltage elevation on cost and energy efficiency of power electronics in water electrolyzers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Power Converter Topologies for Heat Pumps Powered by Renewable Energy Sources: A Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joyce Assaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joselyn Stephane Menye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galdi Hysa</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mamadou Baïlo Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayima Dakyo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.233108⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (19), pp.3965. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics13193965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096483v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecast Optimization of Wind Speed in the North Coast of the Yucatan Peninsula, Using the Single and Double Exponential Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christy Pérez-Albornoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clean Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 5 (2), pp.744-765. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cleantechnol5020037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open-Circuit Switch Fault Diagnosis and Accommodation of a Three-Level Interleaved Buck Converter for Electrolyzer Applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+                <w:t xml:space="preserve">Effect of voltage elevation on cost and energy efficiency of power electronics in water electrolyzers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Galdi Hysa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesa Ruuskanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antti Kosonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markku Niemelä</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lassi Aarniovuori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics12061349⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 574, pp.233108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.233108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04025286v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Sliding Mode-Based Controller of a High Voltage Ratio DC–DC Converter for Electrolyzers Supplied by Renewable Energy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Open-Circuit Switch Fault Diagnosis and Accommodation of a Three-Level Interleaved Buck Converter for Electrolyzer Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suwat Sikkabut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Melika Hinaje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIE.2023.3322009⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics12061349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04247601v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04025286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Atmospheric Stability on Wind Turbine Energy Production: A Case Study of the Coastal Region of Yucatan</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Improved Sliding Mode-Based Controller of a High Voltage Ratio DC–DC Converter for Electrolyzers Supplied by Renewable Energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en16104134⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71 (8), pp.8831 - 8840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2023.3322009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100689v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PEM Fuel Cell Emulators: A Review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
+                <w:t xml:space="preserve">Influence of Atmospheric Stability on Wind Turbine Energy Production: A Case Study of the Coastal Region of Yucatan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christy Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Rivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Escalante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics12132812⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (10), pp.4134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en16104134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04140410v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an equivalent electronic circuit model for PEMFC voltage based on different input electrical currents</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
+                <w:t xml:space="preserve">PEM Fuel Cell Emulators: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Góm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Langari-Cordoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-1. </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (13), pp.2812. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3320936⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics12132812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224038v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04140410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Overview of Flexible Current Control Strategies Applied to LVRT Capability for Grid-Connected Inverters</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Miguel Garnica</w:t>
+                <w:t xml:space="preserve">Development of an equivalent electronic circuit model for PEMFC voltage based on different input electrical currents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Langarica-Cordoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panfilo Martinez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Guilbert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en16031052⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3320936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03944439v1</w:t>
+                <w:t xml:space="preserve">hal-04224038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and small‐signal modelling technique for support bus DC‐link of front‐end coupling inductance high step‐up single switch boost converter in low voltage renewable source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anusak Bilsalam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nattakorn Ketprapajun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puntarika Insri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatta Sawachan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IET Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/pel2.12638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04361072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling, Degradation Study, Failures Diagnosis and Faulty Operating Management of Electrolyzers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">An Overview of Flexible Current Control Strategies Applied to LVRT Capability for Grid-Connected Inverters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David J Rincon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria A Mantilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan M Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Garnica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georgios Papakonstantinou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/membranes12121195⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (3), pp.1052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en16031052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880226v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03944439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Electrical and Thermal Performance of a Commercial PEM Electrolyzer under Dynamic Solicitations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A comprehensive survey of alkaline electrolyzer modeling: electrical domain and specific electrolyte conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Gambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed El Ganaoui</w:t>
+                <w:t xml:space="preserve">Michel Zasadzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Rafaralahy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clean Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cleantechnol4040057⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (9), pp.3452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en15093452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788519v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Averaged large-signal model of a DC-DC isolated forward resonant reset converter for a solar cell battery charger using internet of things: implementation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Suriyotai Supanyapong</w:t>
+                <w:t xml:space="preserve">Modeling, Degradation Study, Failures Diagnosis and Faulty Operating Management of Electrolyzers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wachiravit Pattarapongsathi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+                <w:t xml:space="preserve">Georgios Papakonstantinou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Power Electronics and Drive Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11591/ijpeds.v13.i3.pp1734-1750⟩</w:t>
+              <w:t xml:space="preserve">Membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (12), pp.1195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/membranes12121195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03745768v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive survey of alkaline electrolyzer modeling: electrical domain and specific electrolyte conductivity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Investigation of Electrical and Thermal Performance of a Commercial PEM Electrolyzer under Dynamic Solicitations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Mustapha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hugues Rafaralahy</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Ganaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en15093452⟩</w:t>
+              <w:t xml:space="preserve">Clean Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (4), pp.931-941. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cleantechnol4040057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03663132v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton Exchange Membrane Electrolyzer Emulator for Power Electronics Testing Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Averaged large-signal model of a DC-DC isolated forward resonant reset converter for a solar cell battery charger using internet of things: implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suriyotai Supanyapong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wachiravit Pattarapongsathi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anusak Bilsalam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (3), pp.498. </w:t>
+              <w:t xml:space="preserve">International Journal of Power Electronics and Drive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (3), pp.1734. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pr9030498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11591/ijpeds.v13.i3.pp1734-1750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165051v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen as a Clean and Sustainable Energy Vector for Global Transition from Fossil-Based to Zero-Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Guilbert</w:t>
+                <w:t xml:space="preserve">Improved Adaptive Hamiltonian Control Law for Constant Power Load Stability Issue in DC Microgrid: Case Study for Multiphase Interleaved Fuel Cell Boost Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicu Bizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clean Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cleantechnol3040051⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (14), pp.8093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su13148093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03496480v1</w:t>
+                <w:t xml:space="preserve">hal-03293389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Adaptive Hamiltonian Control Law for Constant Power Load Stability Issue in DC Microgrid: Case Study for Multiphase Interleaved Fuel Cell Boost Converter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+                <w:t xml:space="preserve">Proton Exchange Membrane Electrolyzer Emulator for Power Electronics Testing Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su13148093⟩</w:t>
+              <w:t xml:space="preserve">Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (3), pp.498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pr9030498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03293389v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Adaptive Hamiltonian Control Laws for DC Microgrid Stabilization: An Fuel Cell Boost Converter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Hydrogen as a Clean and Sustainable Energy Vector for Global Transition from Fossil-Based to Zero-Carbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Science and Engineering Progress</w:t>
+              <w:t xml:space="preserve">Clean Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14416/j.asep.2021.10.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cleantechnol3040051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03374317v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03496480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and control of multiphase interleaved boost converters-based on differential flatness theory for PEM fuel cell multi-stack applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Comparative Study of Adaptive Hamiltonian Control Laws for DC Microgrid Stabilization: An Fuel Cell Boost Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicu Bizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Serge Pierfederici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2020.106346⟩</w:t>
+              <w:t xml:space="preserve">Applied Science and Engineering Progress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14416/j.asep.2021.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02906935v1</w:t>
+                <w:t xml:space="preserve">hal-03374317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Hamiltonian-Energy Control Based on Lyapunov Function for Four-Phase Parallel Fuel Cell Boost Converter for DC Microgrid Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pierfederici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (3), pp.1500-1511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TSTE.2021.3050783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03109782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Discharge of a Proton Exchange Membrane Electrolyzer: Investigation for Modeling Purposes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design, Modeling, and Differential Flatness Based Control of Permanent Magnet-Assisted Synchronous Reluctance Motor for e-Vehicle Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songklod Sriprang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitchamon Poonnoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/membranes11060379⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (17), pp.9502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su13179502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03232981v1</w:t>
+                <w:t xml:space="preserve">hal-03325089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, Modeling, and Differential Flatness Based Control of Permanent Magnet-Assisted Synchronous Reluctance Motor for e-Vehicle Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Songklod Sriprang</w:t>
+                <w:t xml:space="preserve">Self-Discharge of a Proton Exchange Membrane Electrolyzer: Investigation for Modeling Purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitchamon Poonnoy</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Belem Saldivar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (17), pp.9502. </w:t>
+              <w:t xml:space="preserve">Membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (6), pp.379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su13179502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/membranes11060379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325089v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton exchange membrane water electrolysis: Modeling for hydrogen flow rate control</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design and control of multiphase interleaved boost converters-based on differential flatness theory for PEM fuel cell multi-stack applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.11.276⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 124, pp.106346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2020.106346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03112245v1</w:t>
+                <w:t xml:space="preserve">hal-02906935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a LLC Resonant Converter for Powering a PEM Electrolyzer</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Proton exchange membrane water electrolysis: Modeling for hydrogen flow rate control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebah Maamouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zasadzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Rafaralahy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy and Power Quality Journal (RE&amp;PQJ)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24084/repqj19.317⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (11), pp.7676-7700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.11.276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341767v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an adaptive static-dynamic electrical model based on input electrical energy for PEM water electrolysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design of a LLC Resonant Converter for Powering a PEM Electrolyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Castaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Belem Saldivar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Renewable Energy and Power Quality Journal (RE&amp;PQJ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, pp.452-458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.04.182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24084/repqj19.317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02896902v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Control of Fuel Cell Converter Based on a New Hamiltonian Energy Function for Stabilizing the DC Bus in DC Microgrid Applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Proton Exchange Membrane Electrolyzer Modeling for Power Electronics Control: A Short Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, </w:t>
+              <w:t xml:space="preserve">Journal of Carbon Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/math8112035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/c6020029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03006070v1</w:t>
+                <w:t xml:space="preserve">hal-02569824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AC-DC Converters for Electrolyzer Applications: State of the Art and Future Challenges</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Technical feasibility assessment of a PEM fuel cell refrigerator system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Abderezzak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamila Rekioua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Binns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krishna Busawon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melika Hinaje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics9060912⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (19), pp.11211-11219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2018.04.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733976v1</w:t>
+                <w:t xml:space="preserve">hal-02911020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faraday’s Efficiency Modeling of a Proton Exchange Membrane Electrolyzer Based on Experimental Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Burin Yodwong</w:t>
+                <w:t xml:space="preserve">Development of an adaptive static-dynamic electrical model based on input electrical energy for PEM water electrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belem Saldivar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en13184792⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.04.182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938793v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02896902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Flatness Based-Control Strategy of a Two-Port Bidirectional Supercapacitor Converter for Hydrogen Mobility Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Adaptive Control of Fuel Cell Converter Based on a New Hamiltonian Energy Function for Stabilizing the DC Bus in DC Microgrid Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicu Bizon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en13112794⟩</w:t>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/math8112035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02732963v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Hydrogen-Production-Based Power Management Control of a Wind Turbine Conversion System Coupled with Multistack Proton Exchange Membrane Electrolyzers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">AC-DC Converters for Electrolyzer Applications: State of the Art and Future Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en13051239⟩</w:t>
+              <w:t xml:space="preserve">Electronics 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics9060912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02502259v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Operation of the Hybrid Power System Using an Optimal Fueling Strategy and Control of the Fuel Cell Power Based on the Required Power Tracking Algorithm</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Faraday’s Efficiency Modeling of a Proton Exchange Membrane Electrolyzer Based on Experimental Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su12229690⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (18), pp.4792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en13184792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016167v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of PEM electrolyzer modeling: Electrical domain, efficiency, and specific energy consumption</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Differential Flatness Based-Control Strategy of a Two-Port Bidirectional Supercapacitor Converter for Hydrogen Mobility Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.03.195⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (11), pp.2794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en13112794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02549149v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02732963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Flatness-Based Cascade Energy/Current Control of Battery/Supercapacitor Hybrid Source for Modern e-Vehicle Applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Improved Hydrogen-Production-Based Power Management Control of a Wind Turbine Conversion System Coupled with Multistack Proton Exchange Membrane Electrolyzers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicu Bizon</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/math8050704⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en13051239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02560749v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02502259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a robust controller for DC/DC converter–electrolyzer systems supplied by μ WECSs subject to highly fluctuating wind speed</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Filippo D’ippolito</w:t>
+                <w:t xml:space="preserve">Investigation of PEM electrolyzer modeling: Electrical domain, efficiency, and specific energy consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 98, pp.104383. </w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2020.104383⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.03.195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02516837v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell voltage static-dynamic modeling of a PEM electrolyzer based on adaptive parameters: Development and experimental validation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Efficient Operation of the Hybrid Power System Using an Optimal Fueling Strategy and Control of the Fuel Cell Power Based on the Required Power Tracking Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicu Bizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Belem Saldivar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (22), pp.9690. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2020.09.106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su12229690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02970253v1</w:t>
+                <w:t xml:space="preserve">hal-03016167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Control of Multiphase Interleaved Fuel-Cell Boost Converter based on Hamiltonian Control Theory for Transportation Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Differential Flatness-Based Cascade Energy/Current Control of Battery/Supercapacitor Hybrid Source for Modern e-Vehicle Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicu Bizon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TTE.2020.2980193⟩</w:t>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (5), pp.704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/math8050704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509205v1</w:t>
+                <w:t xml:space="preserve">hal-02560749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Realization of a Stacked Interleaved DC–DC Step‐Down Converter for PEM Water Electrolysis with Improved Current Control</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modeling and Control of Multiphase Interleaved Fuel-Cell Boost Converter based on Hamiltonian Control Theory for Transportation Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chainarin Ekkaravarodome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anusak Bilsalam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/fuce.201900153⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (2), pp.519-529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TTE.2020.2980193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02811544v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton Exchange Membrane Electrolyzer Modeling for Power Electronics Control: A Short Review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design of a robust controller for DC/DC converter–electrolyzer systems supplied by μ WECSs subject to highly fluctuating wind speed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Alonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Maria Collura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo D’ippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Melika Hinaje</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Luna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Carbon Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/c6020029⟩</w:t>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 98, pp.104383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2020.104383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569824v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02516837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical feasibility assessment of a PEM fuel cell refrigerator system</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cell voltage static-dynamic modeling of a PEM electrolyzer based on adaptive parameters: Development and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel Hernández-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belem Saldivar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2018.04.060⟩</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2020.09.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02911020v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stacked interleaved DC-DC buck converter for proton exchange membrane electrolyzer applications: Design and experimental validation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design and Realization of a Stacked Interleaved DC–DC Step‐Down Converter for PEM Water Electrolysis with Improved Current Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Guida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Douine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2019.10.238⟩</w:t>
+              <w:t xml:space="preserve">Fuel Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3), pp.307-315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fuce.201900153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383784v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02811544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Efficiency Based Control Strategy of a Three-Level Interleaved DC-DC Buck Converter Supplying a Proton Exchange Membrane Electrolyzer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A stacked interleaved DC-DC buck converter for proton exchange membrane electrolyzer applications: Design and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Sorbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (9), pp.933. </w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics8090933⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2019.10.238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271791v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02383784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Emulation of a PEM Electrolyzer by Time Constant Based Exponential Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Energy Efficiency Based Control Strategy of a Three-Level Interleaved DC-DC Buck Converter Supplying a Proton Exchange Membrane Electrolyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (9), pp.933. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en12040750⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics8090933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047374v1</w:t>
+                <w:t xml:space="preserve">hal-02271791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and experimental validation of a high voltage ratio DC/DC converter for proton exchange membrane electrolyzer applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Dynamic Emulation of a PEM Electrolyzer by Time Constant Based Exponential Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2019.01.210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en12040750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02047373v1</w:t>
+                <w:t xml:space="preserve">hal-02047374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability improvement of a floating interleaved DC/DC boost converter in a PV/fuel cell stand-alone power supply</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design and experimental validation of a high voltage ratio DC/DC converter for proton exchange membrane electrolyzer applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Maria Collura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Alonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09398368.2018.1505369⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2019.01.210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01857804v1</w:t>
+                <w:t xml:space="preserve">hal-02047373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Literature Survey of Interleaved DC-DC Step-Down Converters for Proton Exchange Membrane Electrolyzer Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vittorio Guida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Douine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (1), pp.33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22149/teee.v3i1.129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02066681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DC/DC converter topologies for electrolyzers: State-of-the-art and remaining key issues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Reliability improvement of a floating interleaved DC/DC boost converter in a PV/fuel cell stand-alone power supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Angel Scipioni</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N 'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2017.07.174⟩</w:t>
+              <w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09398368.2018.1505369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01586441v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01857804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power switch failures tolerance and remedial strategies of a 4-leg floating interleaved DC/DC boost converter for photovoltaic/fuel cell applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">DC/DC converter topologies for electrolyzers: State-of-the-art and remaining key issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Maria Collura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Scipioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2015.12.054⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (38), pp.23966-23985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2017.07.174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357394v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuel cell systems reliability and availability enhancement by developing a fast and efficient power switch open-circuit fault detection algorithm in interleaved DC/DC boost converter topologies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Power switch failures tolerance and remedial strategies of a 4-leg floating interleaved DC/DC boost converter for photovoltaic/fuel cell applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N'diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2016.01.169⟩</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 90, pp14-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2015.12.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02380257v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the interactions between proton exchange membrane fuel cell and interleaved DC/DC boost converter in case of power switch faults</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fuel cell systems reliability and availability enhancement by developing a fast and efficient power switch open-circuit fault detection algorithm in interleaved DC/DC boost converter topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 40 (1), pp.519 - 537</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 41 (34), pp.15505 - 15517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2016.01.169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130977v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FPGA based fault-tolerant control on an interleaved DC/DC boost converter for fuel cell electric vehicle applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Investigation of the interactions between proton exchange membrane fuel cell and interleaved DC/DC boost converter in case of power switch faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Guarisco</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
+                <w:t xml:space="preserve">Ali Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 40 (45), pp.15815-15822. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, 40 (1), pp.519 - 537</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02868264v1</w:t>
+                <w:t xml:space="preserve">hal-02130977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">FPGA based fault-tolerant control on an interleaved DC/DC boost converter for fuel cell electric vehicle applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Guarisco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (45), pp.15815-15822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2015.03.124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02868264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comparaison de topologies de convertisseurs DC/DC entrelacées en cas de défauts d’interrupteurs de puissance pour véhicule électrique à pile à combustible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue 3E.I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7612,5889 +7746,5889 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Lyapunov-Hamiltonian Control Law for Single-Phase Power Factor Correction with Interleaved Boost Converters</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Backstepping-Based Hydrogen Flow Rate Control for Proton Exchange Membrane Electrolyzers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uthen Kamnarn</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 28th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/ICEMS66262.2025.11317536⟩</w:t>
+              <w:t xml:space="preserve">2025 IEEE Industry Applications Society Annual Meeting (IAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Taipei, Taiwan. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IAS62731.2025.11061531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05476673v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into Membrane Aging in PEM Electrolyzers: A Semi-Empirical Modelling Approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Improved Damping Control Based on Hamiltonian Control Law for Low-Carbon Hydrogen Production Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaowaret Maiket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Advanced Technologies in Electrical Systems - SATES 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 27th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Fukuoka, France. pp.2205-2210, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ICEMS60997.2024.10921072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061160v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05011136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PV-Battery Powered Surface Water Heat Pump System Control and Simulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Adaptive Lyapunov-Hamiltonian Control Law for Single-Phase Power Factor Correction with Interleaved Boost Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uthen Kamnarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 14th International Conference on Renewable Energy Research and Applications (ICRERA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 28th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Busan, South Korea. pp.2559-2564, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ICEMS66262.2025.11317536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICRERA66237.2025.11283957⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05429029v1</w:t>
+                <w:t xml:space="preserve">hal-05476673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backstepping-Based Hydrogen Flow Rate Control for Proton Exchange Membrane Electrolyzers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Insights into Membrane Aging in PEM Electrolyzers: A Semi-Empirical Modelling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Scirè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Industry Applications Society Annual Meeting (IAS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium on Advanced Technologies in Electrical Systems - SATES 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Apr 2025, Nancy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05173405v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Damping Control Based on Hamiltonian Control Law for Low-Carbon Hydrogen Production Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PV-Battery Powered Surface Water Heat Pump System Control and Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joyce Assaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burin Yodwong</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Mamadou-Baïlo Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayima Dakyo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 27th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/ICEMS60997.2024.10921072⟩</w:t>
+              <w:t xml:space="preserve">2025 14th International Conference on Renewable Energy Research and Applications (ICRERA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Vienne, Austria. pp.270-275, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRERA66237.2025.11283957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05011136v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05429029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Módulo didáctico de convertidor electrónico de potencia para la enseñanza y el aprendizaje de la electrónica de potencia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Alejandra Mantilla Villalobos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Paola Navas Jaimes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Bautista Porras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Manuel Brito Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">El Encuentro Internacional de Educación en Ingeniería ACOFI (EIEI ACOFI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Carthagène des Indes, Colombia. pp.1-13, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26507/paper.3587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Analysis of a Control Strategy for a Three-Level Interleaved Buck Converter for Proton Exchange Membrane Electrolyzer Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suwat Sikkabut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Switch Fault Detection in a Family of Non-isolated Single-Inductor Three-Port Converters for Low Power Electrification Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krit Ratchapum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uthen Kamnarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anon Namin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pakawadee Wutthiwai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A didactic platform dedicated to the characterization and modeling of a PEM electrolyzer under current ripple constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Alejandra Mantilla Villalobos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Manuel Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encuentro Internacional de Educación en Ingeniería ACOFI (EIEI ACOFI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Carthagène des Indes, Colombia. pp.1-12, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26507/paper.3593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic de défauts de circuit ouvert d’interrupteurs de puissance d’un convertisseur DC-DC buck entrelacé trois niveaux pour des applications électrolyseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melika Hinaje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de génie électrique (SGE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L2EP (laboratoire d'électrotechnique et d'électronique de puissance de Lille), Jul 2023, Lille (L2EP), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme dédiée à l’utilisation de l’hydrogène dans le cadre des énergies renouvelables et du stockage de l’énergie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Modeling of the dynamic behavior of a PEM electrolyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zasadzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Rafaralahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifa Boutat-Baddas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche en IUT, CNRIUT'2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Systems and Control, ICSC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03745879v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alkaline Water Electrolysis: A Short Review of the Impact of the Electrolyzer's Geometry on Performance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Reliable Control Strategy and Power Switch Failure Analysis of a Three-level Interleaved Buck Converter for Electrolyzer Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suwat Sikkabut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 International Conference on Materials &amp; Energy (ICOME)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 25th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Chiang Mai, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEMS56177.2022.9983171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03746476v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03911101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Multi-Stack Electrolyzers Based on a Series Architecture for Green Hydrogen Production Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Modeling and control of alkaline and PEM electrolyzers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Napat Watnajatepin</w:t>
+                <w:t xml:space="preserve">Marouane Alma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Boutat-Baddas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Rafaralahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zasadzinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on the Fusion of Science and Technologies 2022 (ISFT2022) &amp; The 2nd Rajamangala University of Technology Suvarnabhumi International Conference (RUSiCON)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">12th International Conference and Exposition on Electrical and Power Engineering, EPE2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Iasi, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03762539v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’engagement comportemental citoyen pour une plus grande acceptabilité sociale d’une technologie à « hydrogène vert et local »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plateforme dédiée à l’utilisation de l’hydrogène dans le cadre des énergies renouvelables et du stockage de l’énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Boutat-Baddas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Rafaralahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zasadzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Tahali</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rachid Belkacem</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Recherche en IUT, CNRIUT'2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03745890v1</w:t>
+                <w:t xml:space="preserve">hal-03745879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliable Control Strategy and Power Switch Failure Analysis of a Three-level Interleaved Buck Converter for Electrolyzer Applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Alkaline Water Electrolysis: A Short Review of the Impact of the Electrolyzer's Geometry on Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Mustapha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Ganaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 25th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2022 International Conference on Materials &amp; Energy (ICOME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Baku, Azerbaijan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03911101v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03746476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and control of alkaline and PEM electrolyzers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Investigation of Multi-Stack Electrolyzers Based on a Series Architecture for Green Hydrogen Production Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiphusana Chayinthu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paiboon Kiatsookkanatorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marouane Alma</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michel Zasadzinski</w:t>
+                <w:t xml:space="preserve">Napat Watnajatepin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference and Exposition on Electrical and Power Engineering, EPE2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Iasi, Romania</w:t>
+              <w:t xml:space="preserve">International Symposium on the Fusion of Science and Technologies 2022 (ISFT2022) &amp; The 2nd Rajamangala University of Technology Suvarnabhumi International Conference (RUSiCON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03905300v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the dynamic behavior of a PEM electrolyzer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">L’engagement comportemental citoyen pour une plus grande acceptabilité sociale d’une technologie à « hydrogène vert et local »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Tahali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Yildiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Boutat-Baddas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Systems and Control, ICSC 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche en IUT, CNRIUT'2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03905310v1</w:t>
+                <w:t xml:space="preserve">hal-03745890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modified Sliding Mode-Based Control of a Three-Level Interleaved DC-DC Buck Converter for Proton Exchange Membrane Water Electrolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melika Hinaje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 Research, Invention, and Innovation Congress: Innovation Electricals and Electronics (RI2C)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bangkok, Thailand. pp.221-226, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RI2C51727.2021.9559790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03389606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Low-cost Hardware-in-the-Loop Simulator for Control of Power Electronics Systems Laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suwat Sikkabut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 Research, Invention, and Innovation Congress: Innovation Electricals and Electronics (RI2C)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bangkok, Thailand. pp.233-237, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RI2C51727.2021.9559740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power Switch Open-Circuit Fault-Diagnosis Based on a Shallow Long-Short Term Memory Neural Network: Investigation of an Interleaved Buck Converter for Electrolyzer applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahul Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shanal Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giansalvo Cirrincione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Cirrincione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Vancouver, France. pp.483-488, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ECCE47101.2021.9595018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03433895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variable Parameters Model of a PEM Electrolyzer Based Model Reference Adaptive System Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Conference on Environment and Electrical Engineering and 2020 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Madrid, France. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of a synchronous stack interleaved DC-DC buck converter for proton exchange membrane electrolyzer applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Optimal Hydrogen Production from Direct Coupled Variable Speed Wind Generator with a Stacked Interleaved Buck converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Douine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Fundamentals and Development of Fuel Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Genova, Italy. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357403v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02270444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model Based Control of Battery/Supercapacitor Hybrid Source for Modern e-Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Research, Invention, and Innovation Congress (RI2C)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Bangkok, France. pp.1-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RI2C48728.2019.8999929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Flow Rate Control of a Proton Exchange Membrane Electrolyzer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Control of a synchronous stack interleaved DC-DC buck converter for proton exchange membrane electrolyzer applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Guida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Melika Hinaje</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Douine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Research, Invention, and Innovation Congress (RI2C)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th International Conference on Fundamentals and Development of Fuel Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02487452v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Hamiltonian Energy Control of Multiphase Interleaved Fuel Cell Boost Converter</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Hydrogen Flow Rate Control of a Proton Exchange Membrane Electrolyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melika Hinaje</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Research, Invention, and Innovation Congress (RI2C)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Bangkok, France. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RI2C48728.2019.8999963⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RI2C48728.2019.8999956⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02487441v1</w:t>
+                <w:t xml:space="preserve">hal-02487452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-Free Control of Multiphase Interleaved Boost Converter for Fuel Cell/Reformer Power Generation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Study of Hamiltonian Energy Control of Multiphase Interleaved Fuel Cell Boost Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burin Yodwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chainarin Ekkaravarodome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anusak Bilsalam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Research, Invention, and Innovation Congress (RI2C)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Bangkok, France. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RI2C48728.2019.8999956⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RI2C48728.2019.8999919⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02487445v1</w:t>
+                <w:t xml:space="preserve">hal-02487441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Hydrogen Production from Direct Coupled Variable Speed Wind Generator with a Stacked Interleaved Buck converter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Guilbert</w:t>
+                <w:t xml:space="preserve">Model-Free Control of Multiphase Interleaved Boost Converter for Fuel Cell/Reformer Power Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pongsiri Mungporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 Research, Invention, and Innovation Congress (RI2C)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Bangkok, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RI2C48728.2019.8999919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02270444v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Validation of an Equivalent Dynamic Electrical Model for a Proton Exchange Membrane Electrolyzer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Convertisseurs DC-DC buck entrelacés candidats pour électrolyseurs: état de l'art et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Guida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Scipioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Douine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01911906v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation expérimentale d'un modèle dynamique électrique d'un électrolyseur de type PEM pour des applications électronique de puissance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Experimental Validation of an Equivalent Dynamic Electrical Model for a Proton Exchange Membrane Electrolyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Angel Scipioni</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpaolo Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Palermo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02983336v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01911906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power converters for hybrid renewable energy systems with hydrogen buffer storage: A short review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Validation expérimentale d'un modèle dynamique électrique d'un électrolyseur de type PEM pour des applications électronique de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Scipioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 International Conference on Smart Grid (icSmartGrid)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Nagasaki, Japan. pp.28-33</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012428v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candidate Interleaved DC-DC Buck Converters for Electrolyzers: State-of-the-Art and Perspectives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Power converters for hybrid renewable energy systems with hydrogen buffer storage: A short review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Douine</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burin Yodwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wattana Kaewmanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheepot Phattanasak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Environment and Electrical Engineering (EEEIC) / IEEE Industrial and Commercial Power Systems Europe (ICPS Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">2018 International Conference on Smart Grid (icSmartGrid)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Nagasaki, Japan. pp.28-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01911904v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation expérimentale d’un modèle dynamique électrique d’un électrolyseur de type PEM pour des applications électronique de puissance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Candidate Interleaved DC-DC Buck Converters for Electrolyzers: State-of-the-Art and Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Guida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Douine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Environment and Electrical Engineering (EEEIC) / IEEE Industrial and Commercial Power Systems Europe (ICPS Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Palermo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357591v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01911904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power Switch Open-Circuit Fault Detection in an Interleaved DC/DC Buck Converter for Electrolyzer Applications by Using Curvilinear Component Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giansalvo Cirrincione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Cirrincione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Randazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Conference on Electrical Machines and Systems (ICEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Jeju, South Korea. pp.2221-2225, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ICEMS.2018.8549112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convertisseurs DC-DC buck entrelacés candidats pour électrolyseurs: état de l'art et perspectives</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Validation expérimentale d’un modèle dynamique électrique d’un électrolyseur de type PEM pour des applications électronique de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02981835v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la fiabilité d’un convertisseur DC/DC boost entrelacé flottant pour des applications pile à combustible et photovoltaiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Luberda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique (SGE) 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01332940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la fiabilité d'un convertisseur DC/DC boost entrelacé flottant pour des systèmes pile à combustible et photovoltaïques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Luberda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02380288v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la fiabilité d'un convertisseur DC/DC boost entrelacé flottant pour des systèmes pile à combustible et photovoltaïques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Luberda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361652v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power Switch Fault-Tolerant Control of a floating Interleaved Boost Converter for Fuel Cell Electric Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Fundamentals and Development of Fuel Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault-Tolerant Control for PEMFC and its DC/DC Converter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fault-tolerant control for PEMFC and its DC/DC converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Youth Conference on Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 5th International Youth Conference on Energy (IYCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Pisa, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IYCE.2015.7180758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02868284v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault-tolerant control for PEMFC and its DC/DC converter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fault-Tolerant Control for PEMFC and its DC/DC Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 5th International Youth Conference on Energy (IYCE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Youth Conference on Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Pisa, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357404v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02868284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power Switch Fault-Tolerant Control of a Floating Interleaved Boost Converter for Fuel Cell Electric Vehicle Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Fundamentals and Development of Fuel Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02868300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensionnement des composants magnétiques d'un convertisseur DC/DC boost entrelacé tolérant aux défauts pour des applications véhicule électrique à pile à combustible</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Diagnostic de défaut d’un convertisseur DC/DC boost entrelacé pour véhicules électriques à pile à combustible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées JCGE'2014 - SEEDS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Saint-Louis, France</w:t>
+              <w:t xml:space="preserve">Symposium de génie électrique (SGE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01083930v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic de défaut d’un convertisseur DC/DC boost entrelacé pour véhicules électriques à pile à combustible</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Dimensionnement des composants magnétiques d'un convertisseur DC/DC boost entrelacé tolérant aux défauts pour des applications véhicule électrique à pile à combustible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de génie électrique (SGE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+              <w:t xml:space="preserve">Journées JCGE'2014 - SEEDS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Saint-Louis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357586v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01083930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic de défauts d'un convertisseur boost entrelacé pour véhicules électriques à pile à combustible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Part 2- Mobypost vehicle’s powertrain design and experimental validation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId306" w:history="1">
+                <w:t xml:space="preserve">Part 1: Mobypost vehicle's powertrain modeling, simulation and sizing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Higel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Harel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Candusso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ravey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fundamentals and Development of Fuel Cells (FDFC 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Germany. 8p</w:t>
+              <w:t xml:space="preserve">FDFC 2013, 5th Conference on Fundamentals and Development of Fuel Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, KARLSRUHE, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00926386v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357414v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faults diagnosis between PEM fuel cell and DC/DC converter using neural networks for automotive applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Part 2- Mobypost vehicle’s powertrain design and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ravey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Davood Khaburi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2013 - 39th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Fundamentals and Development of Fuel Cells (FDFC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Germany. 8p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357410v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00926386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between fuel cell and DC/DC converter for fuel cell electric vehicle applications: Influence of faults</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Faults diagnosis between PEM fuel cell and DC/DC converter using neural networks for automotive applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali. Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bouquain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Khaburi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IECON 2013 - 39th Annual Conference of the IEEE Industrial Electronics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2013, Vienna, France. pp.912-917, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Nov 2013, Vienna, France. pp.8186-8191, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2013.6700503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2013.6699255⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02357408v1</w:t>
+                <w:t xml:space="preserve">hal-02357410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Part 1: Mobypost vehicle’s powertrain modeling, simulation and sizing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions between fuel cell and DC/DC converter for fuel cell electric vehicle applications: Influence of faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali. Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Fundamentals and Development of Fuel Cells (FDFC 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IECON 2013 - 39th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Vienna, France. pp.912-917, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2013.6699255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919017v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy efficiency and fault tolerance comparison of DC/DC converters topologies for fuel cell electric vehicles</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Part 1: Mobypost vehicle’s powertrain modeling, simulation and sizing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Higel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Harel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Candusso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ravey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE Transportation Electrification Conference and Expo (ITEC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conference on Fundamentals and Development of Fuel Cells (FDFC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Germany. 9p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357407v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Part 1: Mobypost vehicle's powertrain modeling, simulation and sizing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy efficiency and fault tolerance comparison of DC/DC converters topologies for fuel cell electric vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdesslem Djerdir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FDFC 2013, 5th Conference on Fundamentals and Development of Fuel Cells</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 IEEE Transportation Electrification Conference and Expo (ITEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Metro Detroit, France. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITEC.2013.6574513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357414v2</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tolérance aux défauts et optimisation des convertisseurs DC/DC pour véhicules électriques à pile à combustible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Energie électrique. Université de Technologie de Belfort-Montbeliard, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014BELF0245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01499562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13504,105 +13638,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Électrolyseur à membrane échangeuse de protons : modélisation et contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Energie électrique. Université de Lorraine, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03700054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId325"/>
+      <w:footerReference w:type="default" r:id="rId327"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13670,51 +13804,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D7E472F7"/>
+    <w:nsid w:val="9EA3D08E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13818,51 +13952,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="34EC2D43"/>
+    <w:nsid w:val="ED262267"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14052,51 +14186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-guilbert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4662-3185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304407v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Hern&#225;ndez-G&#243;mez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Langarica-Cordoba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panfilo Martinez-Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Gonz&#225;lez-Aguilar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guilbert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2025.112324" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962591v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A Villanueva-Loredo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panfilo R Martinez-Rodriguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Rodriguez-Cort&#233;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics14050877" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264051v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pilati" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Mandrioli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Cirimele" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Ricco" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2025.3609934" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126277v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Mustapha" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodo Gross" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786451.2025.2520812" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoda El Assal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou-Ba&#239;lo Camara" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics14234576" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212130v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahad Maoulida" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayima Dakyo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2025.116170" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117746v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-025-03209-1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428656v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burin Yodwong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pongsiri Mungporn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaowaret Maiket" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheepot Phattanasak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3645003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576877v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.0322000" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733977v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Assaf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joselyn Stephane Menye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ba&#239;lo Camara" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13193965" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096483v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galdi Hysa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesa Ruuskanen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Kosonen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku Niemel&#228;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassi Aarniovuori" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233108" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140417v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy P&#233;rez-Albornoz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ramirez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol5020037" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwat Sikkabut" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melika Hinaje" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12061349" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247601v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wattana Kaewmanee" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2023.3322009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100689v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy P&#233;rez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rivero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Escalante" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16104134" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140410v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Hern&#225;ndez-G&#243;m" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Langari-Cordoba" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12132812" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224038v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3320936" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944439v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Rincon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Mantilla" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M Rey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Garnica" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16031052" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361072v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusak Bilsalam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattakorn Ketprapajun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puntarika Insri" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatta Sawachan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/pel2.12638" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880226v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Papakonstantinou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes12121195" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788519v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Ganaoui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol4040057" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745768v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suriyotai Supanyapong" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wachiravit Pattarapongsathi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phatiphat Thounthong" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v13.i3.pp1734-1750" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663132v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Gambou" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zasadzinski" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Rafaralahy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15093452" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165051v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9030498" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496480v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpaolo Vitale" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol3040051" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293389v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicu Bizon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13148093" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374317v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14416/j.asep.2021.10.005" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906935v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Takorabet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2020.106346" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109782v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2021.3050783" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232981v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belem Saldivar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes11060379" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325089v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songklod Sriprang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitchamon Poonnoy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13179502" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112245v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebah Maamouri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.11.276" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341767v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castaldi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24084/repqj19.317" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896902v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.04.182" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006070v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math8112035" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733976v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9060912" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938793v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13184792" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732963v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13112794" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502259v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13051239" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016167v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12229690" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549149v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.03.195" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560749v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math8050704" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516837v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Alonge" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Maria Collura" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo D&#8217;ippolito" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Luna" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2020.104383" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970253v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.09.106" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509205v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chainarin Ekkaravarodome" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2020.2980193" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02811544v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Guida" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Douine" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900153" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569824v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/c6020029" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911020v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Abderezzak" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Rekioua" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Binns" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Busawon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.04.060" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383784v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Sorbera" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.10.238" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271791v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8090933" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047374v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12040750" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047373v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.01.210" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857804v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul N 'Diaye" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdesslem Djerdir" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2018.1505369" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066681v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22149/teee.v3i1.129" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01586441v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Scipioni" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.07.174" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357394v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul N'diaye" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2015.12.054" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380257v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Diaye" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2016.01.169" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2WFW4Z7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130977v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mohammadi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868264v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Guarisco" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2015.03.124" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357425v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul N'Diaye" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476673v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uthen Kamnarn" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS66262.2025.11317536" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061160v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Scir&#232;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429029v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA66237.2025.11283957" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173405v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS62731.2025.11061531" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011136v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS60997.2024.10921072" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787410v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Alejandra Mantilla Villalobos" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Paola Navas Jaimes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Bautista Porras" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Manuel Brito Garcia" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26507/paper.3587" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370540v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372263" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370530v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krit Ratchapum" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anon Namin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakawadee Wutthiwai" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372234" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787400v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Rey" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26507/paper.3593" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172963v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745879v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Boutat-Baddas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkacem" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746476v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762539v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiphusana Chayinthu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paiboon Kiatsookkanatorn" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napat Watnajatepin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745890v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tahali" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911101v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEMS56177.2022.9983171" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905300v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane Alma" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905310v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389606v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C51727.2021.9559790" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406157v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C51727.2021.9559740" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433895v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Kumar" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanal Kumar" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giansalvo Cirrincione" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Cirrincione" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE47101.2021.9595018" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912999v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160615" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357403v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487437v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999929" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487452v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999963" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487441v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999956" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487445v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999919" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270444v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911906v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983336v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012428v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911904v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357591v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948767v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Randazzo" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS.2018.8549112" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981835v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332940v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Ndiaye" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Luberda" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380288v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361652v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357406v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868284v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357404v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IYCE.2015.7180758" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868300v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083930v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357586v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065199v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926386v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faivre" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ravey" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357410v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali. Mohammadi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouquain" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Khaburi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6700503" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357408v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699255" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919017v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Higel" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Harel" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Candusso" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357407v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2013.6574513" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357414v2" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01499562v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BELF0245" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03700054v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-guilbert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4662-3185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Hern&#225;ndez-G&#243;mez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Langarica-Cordoba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panfilo Martinez-Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guilbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ramirez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTIE.2026.3675644" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304407v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Gonz&#225;lez-Aguilar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2025.112324" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burin Yodwong" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pongsiri Mungporn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaowaret Maiket" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheepot Phattanasak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3645003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962591v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A Villanueva-Loredo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panfilo R Martinez-Rodriguez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Rodriguez-Cort&#233;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics14050877" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264051v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pilati" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Mandrioli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Cirimele" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Ricco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2025.3609934" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126277v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Mustapha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodo Gross" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786451.2025.2520812" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377677v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoda El Assal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou-Ba&#239;lo Camara" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics14234576" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212130v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahad Maoulida" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayima Dakyo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2025.116170" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-025-03209-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576877v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.0322000" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733977v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Assaf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joselyn Stephane Menye" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ba&#239;lo Camara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13193965" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140417v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy P&#233;rez-Albornoz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol5020037" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096483v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galdi Hysa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesa Ruuskanen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Kosonen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku Niemel&#228;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassi Aarniovuori" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233108" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025286v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwat Sikkabut" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melika Hinaje" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12061349" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247601v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wattana Kaewmanee" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2023.3322009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100689v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy P&#233;rez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rivero" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Escalante" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16104134" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140410v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Hern&#225;ndez-G&#243;m" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Langari-Cordoba" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12132812" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224038v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3320936" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361072v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusak Bilsalam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattakorn Ketprapajun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puntarika Insri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatta Sawachan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/pel2.12638" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944439v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Rincon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Mantilla" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M Rey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Garnica" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16031052" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663132v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Gambou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zasadzinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Rafaralahy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15093452" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880226v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Papakonstantinou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes12121195" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788519v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Ganaoui" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol4040057" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745768v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suriyotai Supanyapong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wachiravit Pattarapongsathi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phatiphat Thounthong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v13.i3.pp1734-1750" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293389v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicu Bizon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13148093" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165051v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9030498" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496480v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpaolo Vitale" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol3040051" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374317v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14416/j.asep.2021.10.005" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109782v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Takorabet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2021.3050783" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325089v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songklod Sriprang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitchamon Poonnoy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13179502" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232981v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belem Saldivar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes11060379" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906935v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2020.106346" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112245v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebah Maamouri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.11.276" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341767v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castaldi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24084/repqj19.317" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569824v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/c6020029" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911020v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Abderezzak" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Rekioua" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Binns" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Busawon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.04.060" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896902v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.04.182" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006070v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math8112035" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733976v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9060912" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938793v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13184792" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732963v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13112794" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502259v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13051239" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549149v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.03.195" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016167v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12229690" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560749v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math8050704" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509205v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chainarin Ekkaravarodome" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2020.2980193" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516837v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Alonge" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Maria Collura" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo D&#8217;ippolito" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Luna" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2020.104383" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970253v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.09.106" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02811544v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Guida" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Douine" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900153" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383784v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Sorbera" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.10.238" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271791v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8090933" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047374v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12040750" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047373v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.01.210" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066681v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22149/teee.v3i1.129" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857804v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul N 'Diaye" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdesslem Djerdir" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2018.1505369" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01586441v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Scipioni" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.07.174" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357394v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul N'diaye" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2015.12.054" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380257v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Diaye" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2016.01.169" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2WFW4Z7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130977v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mohammadi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868264v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Guarisco" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2015.03.124" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357425v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul N'Diaye" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173405v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uthen Kamnarn" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS62731.2025.11061531" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011136v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS60997.2024.10921072" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476673v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS66262.2025.11317536" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061160v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Scir&#232;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429029v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA66237.2025.11283957" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787410v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Alejandra Mantilla Villalobos" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Paola Navas Jaimes" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Bautista Porras" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Manuel Brito Garcia" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26507/paper.3587" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370540v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372263" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370530v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krit Ratchapum" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anon Namin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakawadee Wutthiwai" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372234" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787400v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Rey" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26507/paper.3593" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172963v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905310v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Boutat-Baddas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911101v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEMS56177.2022.9983171" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905300v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane Alma" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745879v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkacem" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746476v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762539v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiphusana Chayinthu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paiboon Kiatsookkanatorn" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napat Watnajatepin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745890v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tahali" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389606v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C51727.2021.9559790" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406157v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C51727.2021.9559740" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433895v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Kumar" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanal Kumar" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giansalvo Cirrincione" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Cirrincione" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE47101.2021.9595018" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912999v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160615" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270444v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487437v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999929" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357403v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487452v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999963" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487441v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999956" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487445v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RI2C48728.2019.8999919" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981835v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911906v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983336v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012428v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911904v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948767v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Randazzo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS.2018.8549112" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357591v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332940v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Ndiaye" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Luberda" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361652v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380288v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357406v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357404v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IYCE.2015.7180758" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868284v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868300v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357586v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083930v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065199v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357414v2" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Higel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Harel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Candusso" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faivre" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ravey" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926386v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357410v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali. Mohammadi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouquain" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Khaburi" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6700503" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357408v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699255" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919017v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357407v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2013.6574513" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01499562v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BELF0245" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03700054v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>