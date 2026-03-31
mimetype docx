--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1104,919 +1104,919 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03370590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECuADOR—Easy Curation of Angiosperm Duplicated Organellar Regions, a tool for cleaning and curating plastomes assembled from next generation sequencing pipelines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plastome comparative genomics in maples resolves the infrageneric backbone relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiola Areces-Berazain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Armijos Carrion</w:t>
+                <w:t xml:space="preserve">Yixi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joeri Strijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 8, pp.e8699. </w:t>
+              <w:t xml:space="preserve">, 2020, 8, pp.e9483. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.8699⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.9483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370620v1</w:t>
+                <w:t xml:space="preserve">hal-03370614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastome comparative genomics in maples resolves the infrageneric backbone relationships</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomics of the critically endangered monotypic genus Sinopora: the plastome of S. hongkongensis (Lauraceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yixi Wang</w:t>
+                <w:t xml:space="preserve">Angelo Damian Armijos Carrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joeri Strijk</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.9483⟩</w:t>
+              <w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (1), pp.379-381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23802359.2019.1703590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370614v1</w:t>
+                <w:t xml:space="preserve">hal-03370630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomics of the critically endangered monotypic genus Sinopora: the plastome of S. hongkongensis (Lauraceae)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. D. Hinsinger</w:t>
+                <w:t xml:space="preserve">Museomics for reconstructing historical floristic exchanges: Divergence of stone oaks across Wallacea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joeri Strijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nguyen Van Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Slik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahayu Sukri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23802359.2019.1703590⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (5), pp.e0232936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0232936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370630v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Museomics for reconstructing historical floristic exchanges: Divergence of stone oaks across Wallacea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ECuADOR—Easy Curation of Angiosperm Duplicated Organellar Regions, a tool for cleaning and curating plastomes assembled from next generation sequencing pipelines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Armijos Carrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. D. Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joeri Strijk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 15 (5), pp.e0232936. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.e8699. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0232936⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.8699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370625v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The plastome sequence of Laurus azorica (Seub.) Franco, an endemic tree species of the Azores islands</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xi-Jian Liang</w:t>
+                <w:t xml:space="preserve">Exploring evolution and diversity of Chinese Dipterocarpaceae using next-generation sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tijana Cvetković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23802359.2018.1545536⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-48240-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370647v1</w:t>
+                <w:t xml:space="preserve">hal-03370635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastome of Quercus xanthoclada and comparison of genomic diversity amongst selected Quercus species using genome skimming</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trochodendron aralioides, the first chromosome-level draft genome in Trochodendrales and a valuable resource for basal eudicot research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joeri Strijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengping Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunfang Cao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhytoKeys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 132, pp.75-89. </w:t>
+              <w:t xml:space="preserve">GigaScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/phytokeys.132.36365⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gigascience/giz136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03370655v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trochodendron aralioides, the first chromosome-level draft genome in Trochodendrales and a valuable resource for basal eudicot research</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plastome of Quercus xanthoclada and comparison of genomic diversity amongst selected Quercus species using genome skimming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kunfang Cao</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GigaScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gigascience/giz136⟩</w:t>
+              <w:t xml:space="preserve">PhytoKeys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 132, pp.75-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/phytokeys.132.36365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370633v1</w:t>
+                <w:t xml:space="preserve">hal-03370655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring evolution and diversity of Chinese Dipterocarpaceae using next-generation sequencing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tijana Cvetković</w:t>
+                <w:t xml:space="preserve">The plastome sequence of Laurus azorica (Seub.) Franco, an endemic tree species of the Azores islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi-Jian Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Bento Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+              <w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (1), pp.363-365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-48240-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23802359.2018.1545536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370635v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complete mitochondrial genome of the Basidiomycete fungus Pleurotus cornucopiae (Paulet) Rolland</w:t>
               </w:r>
@@ -2236,51 +2236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianhui Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joeri Sergej Strijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Kim Shan Wee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3423,316 +3423,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation de la puissance du séquençage pour l’amélioration des plantes</w:t>
+                <w:t xml:space="preserve">Séquençage sélectif Nanopore ( chez une espèce maraichère, le melon : premiers essais)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Genoscope</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Evry, France</w:t>
+              <w:t xml:space="preserve">AG France Genomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03975365v1</w:t>
+                <w:t xml:space="preserve">hal-04670364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des technologies de séquençage et génotypage</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploitation de la puissance du séquençage pour l’amélioration des plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire INRAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Orléans (45), France</w:t>
+              <w:t xml:space="preserve">Mini congrès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEA - Genoscope, Jun 2022, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670356v1</w:t>
+                <w:t xml:space="preserve">hal-03937956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séquençage sélectif Nanopore ( chez une espèce maraichère, le melon : premiers essais)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution des technologies de séquençage et génotypage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Faivre Rampant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AG France Genomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">séminaire INRAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Orléans (45), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670364v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation de la puissance du séquençage pour l’amélioration des plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini congrès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEA - Genoscope, Jun 2022, Evry, France</w:t>
+              <w:t xml:space="preserve">Séminaire Genoscope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937956v1</w:t>
+                <w:t xml:space="preserve">hal-03975365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allegro Genotyping solution : Application in crops</w:t>
               </w:r>
@@ -3938,619 +3938,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05127001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an de MGI à l'EPGV</w:t>
+                <w:t xml:space="preserve">Pipeline for Haplotype Frequencies Estimation from Pooled Targeted Sequencing in Maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Minguella Raphaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Canaguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Madur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AG France Génomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2024, Evry courcouronnes, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jun 2024, Evry courcouronnes, France. 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/mst016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670299v1</w:t>
+                <w:t xml:space="preserve">hal-04670307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pipeline for Haplotype Frequencies Estimation from Pooled Targeted Sequencing in Maize</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A chromosome-level assembly of lavender ‘Maillette’ using long-reads and a newly generated linkage map</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Canaguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minguella Raphaël</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Clainche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berline Fopa Fomeju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AG France Génomique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/mst016⟩</w:t>
+              <w:t xml:space="preserve">PAG XXI. Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, San Diego (California), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0243853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670307v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A chromosome-level assembly of lavender ‘Maillette’ using long-reads and a newly generated linkage map</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Estimation of Haplotype Frequencies from Pooled Targeted Sequencing in Maize Landraces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minguella Raphaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Madur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Berline Fopa Fomeju</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG XXI. Plant and Animal Genome Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0243853⟩</w:t>
+              <w:t xml:space="preserve">2ème carrefour de la sélection maïs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Saclay, France. 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/mst016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670399v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of Haplotype Frequencies from Pooled Targeted Sequencing in Maize Landraces</w:t>
+                <w:t xml:space="preserve">Un an de MGI à l'EPGV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minguella Raphaël</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Delphine Madur</w:t>
+                <w:t xml:space="preserve">Isabelle Le Clainche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Faivre Rampant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème carrefour de la sélection maïs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AG France Génomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Evry courcouronnes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670321v1</w:t>
+                <w:t xml:space="preserve">hal-04670299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Reads for Long-Term Goals : A Genome Resource for Lavander Genetic Improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berline Fopa Fomeju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4605,77 +4605,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback on tGBS with Allegro : Does it hit the target ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Clainche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Le Paslier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4720,277 +4720,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03937923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fibre génomique du Lin</w:t>
+                <w:t xml:space="preserve">Étude du polymorphisme des génomes végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Contenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Faivre-Rampant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème édition du Festival du Lin et de la Fibre Artistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Saint-Pierre-Le-Viger, France. </w:t>
+              <w:t xml:space="preserve">Colloque INRAE Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Orléans, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937438v1</w:t>
+                <w:t xml:space="preserve">hal-03935707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude du polymorphisme des génomes végétaux</w:t>
+                <w:t xml:space="preserve">La fibre génomique du Lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Contenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Faivre-Rampant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRAE Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Orléans, France. </w:t>
+              <w:t xml:space="preserve">30ème édition du Festival du Lin et de la Fibre Artistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Saint-Pierre-Le-Viger, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03935707v1</w:t>
+                <w:t xml:space="preserve">hal-03937438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5452,51 +5452,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F03739DC"/>
+    <w:nsid w:val="841A6233"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5683,51 +5683,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-hinsinger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7459-7610" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084732555" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193547v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Belinchon-Moreno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Berard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Canaguier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le-Clainche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener-Ruff" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkaf098" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363409v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B Demenou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Ndar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P Pineau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D Hinsinger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12248-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935018v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Cvetkovi&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Wieringa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elango Velautham" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12648" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Lazarevi&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Siljak-Yakovlev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Sanino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Niketi&#263;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lamy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.873471" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370594v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Areces-Berazain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Hinsinger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Strijk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2021.01.014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370609v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike Roeder" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Chatrou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Couvreur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13353" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370590v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkab136" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Armijos Carrion" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8699" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370614v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixi Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.9483" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370630v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Damian Armijos Carrion" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Sergej Strijk" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2019.1703590" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370625v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Van Ngoc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pereira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Slik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahayu Sukri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232936" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370647v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi-Jian Liang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Bento Elias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2018.1545536" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370655v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.132.36365" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370633v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengping Zhang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunfang Cao" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giz136" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370635v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-48240-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Ming Xu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Feng Jiang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2017.1422405" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370662v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Yan Lei" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2018.1508387" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370663v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianhui Yu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Kim Shan Wee" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2018.1463828" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02309917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Thomas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Denys" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion I. Mennesson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/dna-2015-0019" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569392v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hinsinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaudeul" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bousquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569388v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Hinsinger" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolly Basak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gaudeul" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bertolino" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080431" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569306v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cruaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tillier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034089" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544915v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -C. Lautredou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. -H. C. Cheng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berkani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2012.05.032" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1NK9V5F-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079778v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lou Justine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137926v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Degli Esposti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sousa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419622v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670388v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975365v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670356v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre Rampant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670364v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937956v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670462v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127001v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Boubacar-Abdou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mistral" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leyre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670299v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Clainche" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mesnil" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670307v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minguella Rapha&#235;l" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Canaguier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Madur" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mst016" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670399v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berline Fopa Fomeju" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0243853" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670321v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Nicolas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937877v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Belmonte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937923v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guilbaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/4NYHD6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937438v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Contenot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363423v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670606v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Chovelon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370658v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-hinsinger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7459-7610" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084732555" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193547v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Belinchon-Moreno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Berard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Canaguier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le-Clainche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener-Ruff" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkaf098" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363409v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B Demenou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Ndar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P Pineau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D Hinsinger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12248-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935018v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijana Cvetkovi&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Wieringa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elango Velautham" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12648" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Lazarevi&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Siljak-Yakovlev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Sanino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Niketi&#263;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lamy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.873471" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370594v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Areces-Berazain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Hinsinger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Strijk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2021.01.014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370609v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike Roeder" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Chatrou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Couvreur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13353" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370590v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkab136" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370614v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixi Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.9483" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370630v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Damian Armijos Carrion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Sergej Strijk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2019.1703590" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370625v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Van Ngoc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pereira" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Slik" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahayu Sukri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232936" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370620v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Armijos Carrion" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8699" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370635v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-48240-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370633v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengping Zhang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunfang Cao" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giz136" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370655v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.132.36365" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370647v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi-Jian Liang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Bento Elias" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2018.1545536" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Ming Xu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Feng Jiang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2017.1422405" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370662v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Yan Lei" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2018.1508387" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370663v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianhui Yu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Kim Shan Wee" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2018.1463828" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02309917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Thomas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Denys" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion I. Mennesson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/dna-2015-0019" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569392v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hinsinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaudeul" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bousquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569388v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Hinsinger" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolly Basak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gaudeul" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bertolino" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080431" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569306v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cruaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tillier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034089" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544915v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -C. Lautredou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. -H. C. Cheng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berkani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2012.05.032" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1NK9V5F-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079778v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lou Justine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137926v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Degli Esposti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sousa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419622v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670388v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670364v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937956v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670356v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre Rampant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975365v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670462v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127001v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Boubacar-Abdou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mistral" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leyre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670307v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minguella Rapha&#235;l" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Canaguier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Madur" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Clainche" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/mst016" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670399v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berline Fopa Fomeju" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0243853" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670321v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Nicolas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670299v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mesnil" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937877v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Belmonte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937923v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guilbaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/4NYHD6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935707v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Contenot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937438v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363423v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670606v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Chovelon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370658v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>