--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -372,243 +372,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03226723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des évêques et des lépreux. Essai sur la pastorale de séparation du lépreux dans la province ecclésiastique de Rouen à partir des synodes et des rituels diocésains, XVe-XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier des Annales de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Cathédrales et chapitres en Normandie, 2, pp.573-592</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les léproseries en Normandie moyenne et occidentale au Moyen Âge : orientations de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Léopold Delisle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Lèpre et lépreux en Normandie, 46 (1-2), pp.19-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelles problématiques pour la mort du lépreux ? Sondages archéologiques du cimetière de Saint-Nicolas de la Chesnaie à Bayeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jeanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 47 (1), pp.69-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/annor.1997.4781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03226724v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03226729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayeux et les problèmes de réquisition de logement pour les soldats malades à la fin du XVIIIe siècle</w:t>
               </w:r>
@@ -1034,234 +1034,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04342781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des crises et des remèdes. Place des malades et place du soin dans la société normande au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la peste au coronavirus : faire face aux épidémies du Moyen Âge à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Louviers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lèpre, lépreux en Normandie au Moyen Âge : entre boucs et agneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soigner et être soigné dans la Manche et en Normandie du Moyen Âge à nos jours. Congrès organisé par la Société d’Archéologie et d’Histoire de la Manche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Saint-Lô, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dangereux rituel : un risque de contresens ? Pour une relecture critique de Philippe Buc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jeanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dire et traiter l’impiété des puissants de l’Antiquité à la Renaissance : accusations, interprétations, résolutions – Séminaire de recherche du Centre Michel-de-Boüard : « Histoire, archéologie et civilisations des mondes anciens et médiévaux »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03919713v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03654748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malades chroniques et malades temporaires : l’encadrement religieux par la culture du soin dans la campagne normande à la fin du Moyen Âge</w:t>
               </w:r>
@@ -2319,191 +2319,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00333376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Histoire, archéologie et anthropologie d'une léproserie et de ses morts : la léproserie de Putot-en-Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque international Paris XII - Val-de-Marne, 8 et 9 octobre 1999</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Paris, France. p. 45-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00274279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un monde ouvert. Les interfaces spatiales, religieuses et économiques des léproseries en Normandie centrale et occidentale, XIe-XVIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jeanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque international organisé par le Laboratoire d'Archéologie et d'Histoire de l'université de Picardie-Jules Verne, 22-24 novembre 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Amiens, France. p. 131-144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00274344v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-00274279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3471,246 +3471,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03226717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Eudes Rigaud face à la lèpre : une affaire juridique ou médicale ? Esquisse d'anthropologie historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grélois, Alexis; Lalou, Elisabeth. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eudes Rigaud en son temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02139307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puissance narrative et science historique. La représentation des Normands dans L’Histoire de la conquête de l’Angleterre par les Normands d’Augustin Thierry (1825-1846)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bauduin Pierre; D'Angelo, Edoardo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les historiographies des mondes normands, XVIIe-XXIe siècle : construction, influence, évolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro Europeo di Studi Normanni, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02139430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lèpre humiliante, lèpre édifiante. Hamon de Savigny, novice réputé lépreux au service des lépreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jeanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Galbrun, Brigitte; Gazeau, Véronique. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'abbaye de Savigny (1112-2012). Un chef d'ordre anglo-normand, colloque de Cerisy-la-Salle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, pp.305-320, 2019, Art et Société</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02139141v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">halshs-02139430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédiction ou malédiction ? Maladies et malades sous le regard des bénédictins (XIe-XIIe siècle)</w:t>
               </w:r>
@@ -3909,199 +3909,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00300448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire, archéologie et anthropologie d’une léproserie et de ses morts : la léproserie de Putot-en-Bessin.</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">François-Olivier Touati. </w:t>
+                <w:t xml:space="preserve">Les léproseries du diocèse de Bayeux, essai d'inventaire archéologique et architectural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F.O. Touati (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie et architecture hospitalière de l’Antiquité tardive à l’aube des Temps modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Boutique de l'Histoire, pp.45-101, 2004</w:t>
+              <w:t xml:space="preserve">, La Boutique de l'Histoire, pp.325-389, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03226719v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-00274282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire, archéologie et anthropologie d’une léproserie et de ses morts : la léproserie de Putot-en-Bessin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">F.O. Touati (dir.). </w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François-Olivier Touati. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie et architecture hospitalière de l’Antiquité tardive à l’aube des Temps modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Boutique de l'Histoire, pp.325-389, 2004</w:t>
+              <w:t xml:space="preserve">, La Boutique de l'Histoire, pp.45-101, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00274282v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4359,51 +4359,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12778" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776827v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jeanne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226723v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226724v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/annor.1997.4781" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226726v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226729v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226737v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226730v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031339v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031301v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342835v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342781v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919713v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919722v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654748v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919738v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227014v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010488v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226713v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Truc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Blondiaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139239v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139482v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720530v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720533v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467921v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467918v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262122v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333376v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274344v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274279v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715073v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347607v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649688v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delaplace" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sineux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226768v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226819v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02437152v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Donoghue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gaaf-asso.fr/rencontres/corps-malade-prise-en-charge-traitement-funeraire-souffrants-maladrerie-hopital-cimetiere/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139365v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139476v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226717v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139141v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139307v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139430v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139195v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088661v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300448v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226719v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Guillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gregoire" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274282v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03226711v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12778" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776827v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jeanne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226723v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226729v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226724v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/annor.1997.4781" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226737v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226730v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031339v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031301v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342835v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342781v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654748v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919722v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919713v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919738v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227014v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010488v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226713v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Truc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Blondiaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02146313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139239v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139482v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720530v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720533v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467921v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467918v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262122v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333376v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274279v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274344v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715073v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347607v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649688v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delaplace" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sineux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226768v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226819v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02437152v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Donoghue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gaaf-asso.fr/rencontres/corps-malade-prise-en-charge-traitement-funeraire-souffrants-maladrerie-hopital-cimetiere/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139365v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139476v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226717v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139307v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139430v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139141v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139195v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088661v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300448v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274282v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226719v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Guillon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gregoire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03226711v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>