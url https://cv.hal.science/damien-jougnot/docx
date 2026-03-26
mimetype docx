--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -75,15137 +75,15539 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (92)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral induced polarization monitoring of toluene biodegradation by Rhodococcus wratislaviensis in controlled laboratory conditions</w:t>
+                <w:t xml:space="preserve">Revisiting the meanings of the Critical Zone through the OZCAR research infrastructure example, definitions and evolutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urie L Zohoré</w:t>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Kessouri</w:t>
+                <w:t xml:space="preserve">Isabelle Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Deparis</w:t>
+                <w:t xml:space="preserve">Julien Tournebize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Crampon</w:t>
+                <w:t xml:space="preserve">Brice Boudevillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Guérin</w:t>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 244 (2), </w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly (EGU26)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Geosciences Union (EGU), May 2026, Vienne (AUT), Austria. pp.EGU26-16646, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggaf486⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu26-16646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456721v1</w:t>
+                <w:t xml:space="preserve">hal-05560107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of induced polarization tomograms during in-situ thermal-enhanced oxidative remediation</w:t>
+                <w:t xml:space="preserve">What can passive electrical signals tell us about tree transpiration? One year of self-potential observation at three test sites in a Mediterranean Climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teng Xia</w:t>
+                <w:t xml:space="preserve">Kaiyan Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiaming Zhang</w:t>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miao Li</w:t>
+                <w:t xml:space="preserve">Simon D Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Jougnot</w:t>
+                <w:t xml:space="preserve">Nolwenn Lesparre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Yang</w:t>
+                <w:t xml:space="preserve">Cédric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 648, pp.132464. </w:t>
+              <w:t xml:space="preserve">eLTER Science Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tampere, Finland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.132464⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">⟨10.3897/aca.8.e151930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05285761v1</w:t>
+                <w:t xml:space="preserve">hal-05403624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating solute transport and reaction using a mechanistically coupled geochemical and geophysical modeling approach</w:t>
+                <w:t xml:space="preserve">Experimental and numerical characterization of toluene transport and bioremediation processes using spectral induced polarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Rembert</w:t>
+                <w:t xml:space="preserve">Urie Luli Zohoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole M Fernandez</w:t>
+                <w:t xml:space="preserve">Isis Froment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Luquot</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aya Nianzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Kessouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Water Resources</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">7th International IP workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Lund, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845998v2</w:t>
+                <w:t xml:space="preserve">hal-04509223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-potential signals related to tree transpiration in a Mediterranean climate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Petrophysical Characterization of Fractured Limestone from Beauce Aquifer Vadose Zone (O-ZNS Observatory, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+                <w:t xml:space="preserve">Abdoul Nasser Yacouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon D Carrière</w:t>
+                <w:t xml:space="preserve">C. Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Lesparre</w:t>
+                <w:t xml:space="preserve">Stephane Gaboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Champollion</w:t>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29, pp.2997-3018. </w:t>
+              <w:t xml:space="preserve">85th EAGE Annual Conference &amp; Exhibition - Workshop Programme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Oslo, Norway. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/hess-29-2997-2025⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04727524v2</w:t>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.2024101035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model for estimating the permeability of porous media from the critical pore radius</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Can equivalent circuit models be used for the complex conductivity of clayey materials?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nguyen Manh Hung</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrogeology Journal</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">IP Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Lund (Sweden), Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05285730v1</w:t>
+                <w:t xml:space="preserve">hal-04542610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the reliability of time domain induced polarization for contaminated site: Partial integral vs full decay</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Electrical conductivity estimation from a new fractal model for porous media under reactive processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangeles Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Geology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05285772v1</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. 372, pp. 1-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-9432⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04647681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward characterization of organic matter rich in aromatic compounds by spectral-induced polarization: preliminary investigation and perspectives</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing karst formation at the laboratory scale by confronting geoelectrical and hydro-chemical monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Luquot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05206839v1</w:t>
+              <w:t xml:space="preserve">EGU23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-9735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04182735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of rainwater infiltration within a controlled experiment by self-potential monitoring and modeling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chunyu Mo</w:t>
+                <w:t xml:space="preserve">Mesurer le potentiel spontané électrique en milieu forestier pour observer les échanges hydriques dans le continuum subsurface-végétation-atmosphère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Lesparre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Daniel Matthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon D Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05285489v1</w:t>
+              <w:t xml:space="preserve">GEOphysique des sols et des formations superficielles [GEOFCAN]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic streaming potential coupling coefficient in partially saturated porous media</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Phan van Do</w:t>
+                <w:t xml:space="preserve">Modélisation pétrophysique des processus de biodégradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urie Zohore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Kessouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05285522v1</w:t>
+              <w:t xml:space="preserve">13ème colloque GEOFCAN - Géophysique des sols et des formations superficielles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Strasbourg (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting streaming potential in reactive media: the role of pore geometry during dissolution and precipitation</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Petroacoustic characterization of fractured and weathered limestone from the O-ZNS Critical Zone Observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Nasser Yacouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phlippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04370588v1</w:t>
+              <w:t xml:space="preserve">EGU23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04182743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical conductivity model for reactive porous media under partially saturated conditions with hysteresis effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Predicting transport properties in porous and fractured media, how fractal-based models can help petrophysicists?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariangeles Soldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Rembert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoliang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Water Resources</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04701070v2</w:t>
+              <w:t xml:space="preserve">EGU23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04182740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mechanistic model for the complex conductivity of clay materials. I. Theory</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analysis influence of evapotranspiration on superconducting gravity signal at daily time step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Carriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin-StPaul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04813665v1</w:t>
+              <w:t xml:space="preserve">XIth Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/iahs2022-366⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the Electrical Conductivity of Partially Saturated Frozen Porous Media, a Fractal Model for Wide Ranges of Temperature and Salinity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haoliang Luo</w:t>
+                <w:t xml:space="preserve">Linking evapotranspiration from gravity variations using two vertically distributed superconducting gravimeters at daily time scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Damien Carriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Jougnot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aida Mendieta</w:t>
+                <w:t xml:space="preserve">Nolwenn Lesparre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04531358v1</w:t>
+              <w:t xml:space="preserve">First OZCAR TERENO International Conference, Advancing Critical Zone science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated methodology to link geochemical and geophysical-lab data in a geophysical investigation of a slag heap for resource quantification</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Capillary suction effects on surface-wave dispersion in partially saturated soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Holliger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04276536v1</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, online, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical analysis of dielectric polarization effects in near‐surface earth materials in the 100 Hz–10 MHz frequency range: First interpretation paths</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Rejiba</w:t>
+                <w:t xml:space="preserve">Monitoring water flow in the critical zone using self-potentials: toward the quantification of rain infiltration and evapotranspiration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Voytek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Damien Carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04591946v1</w:t>
+              <w:t xml:space="preserve">1st OZCAR-TERRENO international conference: Advancing critical zone science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03570934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mechanistic model for the complex conductivity of clay materials. II. Comparison to experimental data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Spectral induced polarization of quartz sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Maineult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Lützenkirchen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odilia Esser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egon Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04879549v1</w:t>
+              <w:t xml:space="preserve">21st EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian inference of hysteretic behavior of unfrozen water content and electrical conductivity in saturated frozen rocks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Shuaitao Wang</w:t>
+                <w:t xml:space="preserve">Millifluidic investigations of (reactive) solute transport and mixing, and of their relationship to electric signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Jimenez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro de Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Turuban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05285791v1</w:t>
+              <w:t xml:space="preserve">Journées d'Etude sur les Milieux Poreux 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02402265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relating permeability and electrical conductivity in partially saturated porous media by means of the Johnson–Koplik–Schwartz characteristic length</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evolution of the electrical resistivity anisotropy during saline tracer tests: insights from geoelectrical milli-fluidic experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nguyen Manh Hung</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Jimenez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04531365v1</w:t>
+              <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, New Orleans, United States. pp.H33A-1643</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01731907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Capillary Bundle Model for the Electrical Conductivity of Saturated Frozen Porous Media</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Spectral induced polarization monitoring of the groundwater physico-chemical parameters daily variations for stream-groundwater interactions [résumé]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Camerlynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Robain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Tallec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ribolzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04004880v1</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, Apr 2017, Vienne, Austria. EGU2017-14501 [1 p.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03387994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Table and Permeability Estimation From Multi‐Channel Seismoelectric Spectral Ratios</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geoelectrical signatures of reactive mixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uddipta Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aditya Bandopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04186355v1</w:t>
+              <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, New Orleans, United States. pp.H33A-1642</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01731831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoelectrical and hydro-chemical monitoring of karst formation at the laboratory scale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Electrical Resistivity Monitoring of Saline Tracer Fingering at Pore Scale under Partially Saturated Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Linda Luquot</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Jiménez-Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-03974833v1</w:t>
+              <w:t xml:space="preserve"> Near Surface Geoscience 2016 - 22nd European Meeting of Environmental and Engineering Geophysics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Barcelone, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201601953⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01360086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induced polarization of clay-rich materials. 2. The effect of anisotropy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Modeling the evolution of spectral induced polarization during calcite precipitation on glass beads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Shuai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Revil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxin Wu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04186264v1</w:t>
+              <w:t xml:space="preserve"> 4th International Workshop on Induced Polarizatio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Aarhus, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01309313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHENILLE: Coupled Behavior Understanding of Faults: from the Laboratory to the Field</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of Saline Tracer Mixing on Upscaled Electrical Resistivity Under Partially Saturated Conditions: Insights From a Pore-scale Fluorimetry Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Jimenez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Geosciences</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04034877v1</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Geophysical Union, Dec 2015, San Francisco, United States. pp.H44E-04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01241943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Relative Permeabilities for Partially Saturated Porous Media Accounting for Viscous Coupling Effects: An Analytical Solution</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Modelling the Complex Conductivity of Charged Porous Media using The Grain Polarization Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Klaus Holliger</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04030527v1</w:t>
+              <w:t xml:space="preserve">AGU Fall meeting 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, San Francisco, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The geophysical toolbox applied to forest ecosystems – A review</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Influence of surface conductivity and Reynolds number on the zeta potential of calcite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Institut Für Nukleare Entsorgung, Karlsruher Institut Für Technologie, Karlsruhe, Germany Heberling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04186104v1</w:t>
+              <w:t xml:space="preserve">2015 AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Geophysical Union, Dec 2015, San Francisco, California, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Signatures of Diffusion-Limited Mixing: Insights from a Milli-fluidic Tracer Experiment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yves Méheust</w:t>
+                <w:t xml:space="preserve">Effect of water saturation on seismoelectric coupling : A laboratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Normandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-03234565v1</w:t>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing measurements and representations of subsurface heterogeneity and dynamic processes: towards 4D hydrogeology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Laboratory-scale electrical resistivity and fluorimetric monitoring of saline tracer tests under partially saturated conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Jimenez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03797940v1</w:t>
+              <w:t xml:space="preserve">24 ème Réunion des sciences de la Terre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Pau, France. pp.288-289</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01080843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induced polarization of clay-rich materials — Part 1: The effect of desiccation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Induced polarization of clay-sand mixtures: experiments and modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Okay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cosenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysics</w:t>
-[...7841 lines deleted...]
-                <w:t xml:space="preserve">insu-00404734v1</w:t>
+              <w:t xml:space="preserve">International meeting "Clays in Natural and Engineered Barriers for Radioactive Waste Confinement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00735691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (94)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What can passive electrical signals tell us about tree transpiration? One year of self-potential observation at three test sites in a Mediterranean Climate</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A spectral induced polarization instrument using square-wave current injection to track critical zone processes: application to long-term monitoring of a wetland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Nicollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Longuevergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLTER Science Conference 2025</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05403624v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 245 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggag060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05553922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical characterization of toluene transport and bioremediation processes using spectral induced polarization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Deparis</w:t>
+                <w:t xml:space="preserve">Study of the impact of a mixture of minerals on the apparent zeta potential of porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Vinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen van Nghia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan van Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International IP workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04509223v1</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 740, pp.140151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2026.140151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petrophysical Characterization of Fractured Limestone from Beauce Aquifer Vadose Zone (O-ZNS Observatory, France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Spectral induced polarization monitoring of toluene biodegradation by Rhodococcus wratislaviensis in controlled laboratory conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urie L Zohoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Kessouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Leroy</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Crampon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">85th EAGE Annual Conference &amp; Exhibition - Workshop Programme</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04616508v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 244 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaf486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05456721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical conductivity estimation from a new fractal model for porous media under reactive processes</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigations of compacted soil-organics mixtures with spectral induced polarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Quintero Olaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon Southam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanxi Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04647681v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 245 (1), pp.ggag021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggag021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can equivalent circuit models be used for the complex conductivity of clayey materials?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Investigating solute transport and reaction using a mechanistically coupled geochemical and geophysical modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole M Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Luquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IP Workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04542610v1</w:t>
+              <w:t xml:space="preserve">Advances in Water Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 196, pp.104879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2024.104879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845998v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer le potentiel spontané électrique en milieu forestier pour observer les échanges hydriques dans le continuum subsurface-végétation-atmosphère</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Self-potential signals related to tree transpiration in a Mediterranean climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiyan Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon D Carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Lesparre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Simon D Carrière</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GEOphysique des sols et des formations superficielles [GEOFCAN]</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04300896v1</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.2997-3018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-29-2997-2025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04727524v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation pétrophysique des processus de biodégradation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A model for estimating the permeability of porous media from the critical pore radius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Manh Hung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Deparis</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang Thi Minh Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème colloque GEOFCAN - Géophysique des sols et des formations superficielles</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04208572v1</w:t>
+              <w:t xml:space="preserve">Hydrogeology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10040-025-02945-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05285730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing karst formation at the laboratory scale by confronting geoelectrical and hydro-chemical monitoring</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of rainwater infiltration within a controlled experiment by self-potential monitoring and modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiyan Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghua Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yihua Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunyu Mo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU23</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04182735v1</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 660, pp.133348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.133348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05285489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petroacoustic characterization of fractured and weathered limestone from the O-ZNS Critical Zone Observatory</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gautier Laurent</w:t>
+                <w:t xml:space="preserve">On the reliability of time domain induced polarization for contaminated site: Partial integral vs full decay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinmin Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Chao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leijian Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU23</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04182743v1</w:t>
+              <w:t xml:space="preserve">Engineering Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 353, pp.108125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enggeo.2025.108125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05285772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting transport properties in porous and fractured media, how fractal-based models can help petrophysicists?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Toward characterization of organic matter rich in aromatic compounds by spectral-induced polarization: preliminary investigation and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Abiven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haoliang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU23</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04182740v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 241 (3), pp.2028-2033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaf145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05206839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis influence of evapotranspiration on superconducting gravity signal at daily time step</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Martin-StPaul</w:t>
+                <w:t xml:space="preserve">Dynamic streaming potential coupling coefficient in partially saturated porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Manh Hung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen van Nghia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan van Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIth Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04217446v1</w:t>
+              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2478.70072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05285522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking evapotranspiration from gravity variations using two vertically distributed superconducting gravimeters at daily time scale</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A mechanistic model for the complex conductivity of clay materials. I. Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First OZCAR TERENO International Conference, Advancing Critical Zone science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03558182v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 241 (1), pp.86-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggae411⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capillary suction effects on surface-wave dispersion in partially saturated soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Santiago Solazzi</w:t>
+                <w:t xml:space="preserve">Predicting streaming potential in reactive media: the role of pore geometry during dissolution and precipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Guarracino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Bodet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Damien Jougnot</w:t>
+                <w:t xml:space="preserve">D Jougnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03184985v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 236 (2), pp.967 - 978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad457⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring water flow in the critical zone using self-potentials: toward the quantification of rain infiltration and evapotranspiration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Electrical conductivity model for reactive porous media under partially saturated conditions with hysteresis effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangeles Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st OZCAR-TERRENO international conference: Advancing critical zone science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03570934v1</w:t>
+              <w:t xml:space="preserve">Advances in Water Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.104815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2024.104815⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04701070v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral induced polarization of quartz sand</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Egon Zimmermann</w:t>
+                <w:t xml:space="preserve">Predicting the Electrical Conductivity of Partially Saturated Frozen Porous Media, a Fractal Model for Wide Ranges of Temperature and Salinity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoliang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jidong Teng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st EGU General Assembly</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03554268v1</w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (3), pp.e2023WR034845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023wr034845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millifluidic investigations of (reactive) solute transport and mixing, and of their relationship to electric signals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+                <w:t xml:space="preserve">Integrated methodology to link geochemical and geophysical-lab data in a geophysical investigation of a slag heap for resource quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itzel Isunza Manrique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hermans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Caterina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur les Milieux Poreux 2018</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">insu-02402265v1</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 349, pp.119366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.119366⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the electrical resistivity anisotropy during saline tracer tests: insights from geoelectrical milli-fluidic experiments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yves Méheust</w:t>
+                <w:t xml:space="preserve">Experimental and numerical analysis of dielectric polarization effects in near‐surface earth materials in the 100 Hz–10 MHz frequency range: First interpretation paths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Tabbagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Souffaché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Rejiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2017</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">insu-01731907v1</w:t>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (4), pp.468-481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nsg.12302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04591946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral induced polarization monitoring of the groundwater physico-chemical parameters daily variations for stream-groundwater interactions [résumé]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A mechanistic model for the complex conductivity of clay materials. II. Comparison to experimental data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03387994v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 241 (1), pp.110-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggae428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoelectrical signatures of reactive mixing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bayesian inference of hysteretic behavior of unfrozen water content and electrical conductivity in saturated frozen rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoliang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Limbrock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuaitao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2017</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">insu-01731831v1</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 645, pp.132146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.132146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05285791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the evolution of spectral induced polarization during calcite precipitation on glass beads</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Relating permeability and electrical conductivity in partially saturated porous media by means of the Johnson–Koplik–Schwartz characteristic length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago G Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoliang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Manh Hung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4th International Workshop on Induced Polarizatio</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01309313v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 237 (2), pp.1157 - 1173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggae100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Resistivity Monitoring of Saline Tracer Fingering at Pore Scale under Partially Saturated Conditions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Water Table and Permeability Estimation From Multi‐Channel Seismoelectric Spectral Ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiyan Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hengxin Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghua Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl E Butler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Near Surface Geoscience 2016 - 22nd European Meeting of Environmental and Engineering Geophysics </w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-01360086v1</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (5), pp.436-447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JB025505⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Saline Tracer Mixing on Upscaled Electrical Resistivity Under Partially Saturated Conditions: Insights From a Pore-scale Fluorimetry Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Geoelectrical and hydro-chemical monitoring of karst formation at the laboratory scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Niklas Linde</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Luquot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2015</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">insu-01241943v1</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.417-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-27-417-2023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03974833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Complex Conductivity of Charged Porous Media using The Grain Polarization Model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Induced polarization of clay-rich materials. 2. The effect of anisotropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Revil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Yven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grgic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall meeting 2015</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01191109v1</w:t>
+              <w:t xml:space="preserve">Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88, pp.1-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/geo2022-0511.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of surface conductivity and Reynolds number on the zeta potential of calcite</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A Capillary Bundle Model for the Electrical Conductivity of Saturated Frozen Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoliang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jidong Teng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 AGU Fall Meeting</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01191044v1</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022jb025254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04004880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of water saturation on seismoelectric coupling : A laboratory study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Normandin</w:t>
+                <w:t xml:space="preserve">CHENILLE: Coupled Behavior Understanding of Faults: from the Laboratory to the Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bonnelye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Bohnhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Cotton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rüdiger Giese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01224803v1</w:t>
+              <w:t xml:space="preserve">Advances in Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 58, pp.177-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/adgeo-58-177-2023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory-scale electrical resistivity and fluorimetric monitoring of saline tracer tests under partially saturated conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Dynamic Relative Permeabilities for Partially Saturated Porous Media Accounting for Viscous Coupling Effects: An Analytical Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago G Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yves Méheust</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Germán Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Holliger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24 ème Réunion des sciences de la Terre 2014</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">insu-01080843v1</w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-023-01920-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04030527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induced polarization of clay-sand mixtures: experiments and modelling</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The geophysical toolbox applied to forest ecosystems – A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon D Carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cosenza</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamini Singha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International meeting "Clays in Natural and Engineered Barriers for Radioactive Waste Confinement"</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 899, pp.165503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.165503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrical Signatures of Diffusion-Limited Mixing: Insights from a Milli-fluidic Tracer Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Fernandez Visentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro de Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 146 (1-2), pp.435-461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-021-01607-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03234565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advancing measurements and representations of subsurface heterogeneity and dynamic processes: towards 4D hydrogeology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hermans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Goderniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Fleckenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Brunner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (1), pp.255-287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-2022-95⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Induced polarization of clay-rich materials — Part 1: The effect of desiccation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Yven</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88 (4), pp.MR195 - MR210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/geo2022-0510.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261848v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of critical path analysis to streaming potential coupling coefficient in porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Nghia Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thi Chung Thuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 168, pp.104289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2022.104289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03796437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic streaming potential coupling coefficient in porous media with different pore size distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Nghia Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Van do</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 229 (1), pp.720-735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab491⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fractal Model for Effective Excess Charge Density in Variably Saturated Fractured Rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JB022982⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpreting Self-Potential Signal during Reactive Transport: Application to Calcite Dissolution and Precipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Luquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (10), pp.1632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w14101632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03679878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effect of pore geometry in constitutive hysteretic models for unsaturated water flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangeles Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10652-022-09891-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A unified model for the permeability, electrical conductivity and streaming potential coupling coefficient in variably saturated fractured media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen van Nghia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pham Tien Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2478.13295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03894589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predictive surface complexation model of the calcite-aqueous solution interface: The impact of high concentration and complex composition of brines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vinogradov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miftah Hidayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Derksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vega-Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Iglauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 609, pp.852 - 867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.11.084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectral induced polarization of heterogeneous non-consolidated clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggac466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling the Frequency‐Dependent Effective Excess Charge Density in Partially Saturated Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kayian Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JB024994⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrogeophysical Characterization in a Volcanic Context From Local to Regional Scales Combining Airborne Electromagnetism and Magnetism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre A Reninger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Aunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pryet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (12), pp.e2020GL092000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020gl092000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting the frequency-dependent effective excess charge density: A new up-scaling approach for seismoelectric modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago G Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 86 (5), pp.WB77-WB86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/geo2020-0524.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectral Induced Polarization Characterization of Non‐Consolidated Clays for Varying Salinities—An Experimental Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JB021125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of Pore Size Distribution on the Electrokinetic Coupling Coefficient in Two-Phase Flow Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vinogradov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhiannon Hill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (17), pp.2316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w13172316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">River Corridor Model Constrained by Time‐Lapse Seismic Acquisition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dangeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (10), pp.e2020WR028911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020WR028911⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A data mining approach for improved interpretation of ERT inverted sections using the DBSCAN clustering algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kawtar Sabor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthélémy Steck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Henault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 225 (2), pp.1304-1318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting water flow in fully and partially saturated porous media: a new fractal-based permeability model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen van Nghia A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thi Chung Thuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrogeology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10040-021-02364-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03246671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surface‐Wave Dispersion in Partially Saturated Soils: The Role of Capillary Forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago G Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Holliger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (12), pp.e2021JB022074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JB022074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03454875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First evidence of correlation between Evapotranspiration and Gravity at a daily time scale from two vertically spaced superconducting gravimeters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon D. Carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin-StPaul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (24), pp.e2021GL096579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021GL096579⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03494887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting Electrokinetic Coupling and Electrical Conductivity in Fractured Media Using a Fractal Distribution of Tortuous Capillary Fractures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang Thi Minh Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thi Chung Thuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.5121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app11115121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The case for considering polarization in the interpretation of electrical and electromagnetic measurements in the 3 kHz to 3 MHz frequency range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tabbagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Rejiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Finco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Schamper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Souffaché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surveys in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10712-020-09625-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of the permeability of seepage flow paths in dams from self-potential measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Soueid Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boleve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Steck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vergniault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 268, pp.105514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enggeo.2020.105514⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitochondrial Lon protease -depleted HeLa cells exhibit proteome modifications related to protein quality control, stress response and energy metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Xuan Ca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 134 (1), pp.249-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-020-01444-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An effective excess charge model to describe hysteresis effects on streaming potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangeles Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 588, pp.124949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2020.124949⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A fractal model for the electrical conductivity of water-saturated porous media during mineral precipitation-dissolution processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Rembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Water Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 145, pp.103742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2020.103742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time-Lapse Seismic and Electrical Monitoring of the Vadose Zone during A Controlled Infiltration Experiment at the Ploemeur Hydrological Observatory, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara A Blazevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Applied Geophysics in Hydrogeological Practice, 12 (5), pp.1230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w12051230⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02555127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Physically Based Model for the Streaming Potential Coupling Coefficient in Partially Saturated Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Xuan Ca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Thi Hien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (6), pp.1588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w12061588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02875525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic permeability functions for partially saturated porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Solazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Germán Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Holliger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 221 (2), pp.1182-1189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaa068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advancing quantitative understanding of self-potential signatures in the critical zone through long-term monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiyan Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghua Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majken C. Looms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 585, pp.124771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2020.124771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the effect of the pore size distribution on the streaming potential generation in saturated porous media, insight from pore network simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Mendieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JB017240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02159176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An analytical effective excess charge density model to predict the streaming potential generated by unsaturated flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 216 (1), pp.380-394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggy391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les méthodes hydro-géophysiques d'aujourd'hui et demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Schamper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dangeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Finco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 202, pp.49-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02302196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transpiration‐ and precipitation‐induced subsurface water flow observed using the self‐potential method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Voytek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly R Barnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamini Singha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrological Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.13453⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02139539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A physically-based model for the electrical conductivity of water-saturated porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luong Duy Thanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Nghia Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 219 (2), pp.866-876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz328⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Induced polarization response of porous media with metallic particles — Part 10: Influence of desiccation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothé Tartrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feras Abdulsamad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 84 (5), pp.E357-E375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/GEO2019-0048.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324321v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of small-scale saline tracer heterogeneity on electrical resistivity monitoring in fully and partially saturated porous media: insights from geoelectrical milli-fluidic experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Jiménez-Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Water Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 113, pp.295-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2018.01.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01686249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Physically Based Analytical Model to Describe Effective Excess Charge for Streaming Potential Generation in Water Saturated Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (1), pp.52 - 65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017JB014873⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01786889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D electrical conductivity tomography of volcanoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Soueid Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Byrdina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coperey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 356, pp.243-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2018.03.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H+, un réseau National de sites hydrogéologiques pour la caractérisation, la quantification et la modélisation des transferts d'eau, d'éléments et d'énergie dans les aquifères souterrains hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Porel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 195, pp.22-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01712552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimating picking errors in near-surface seismic data to enable their time-lapse interpretation on hydrosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dangeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Thiesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (6), pp.613-625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nsg.12019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01914586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations of petrophysical properties and spectral induced polarization in response to drainage and imbibition: a study on a correlated random tube network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maineult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 212 (2), pp.1398-1411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggx474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324290v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoelectrical signatures of reactive mixing: a theoretical assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uddipta Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (8), pp.3489-3498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017GL076445⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01723263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Simple Hysteretic Constitutive Model for Unsaturated Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangeles Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-017-0920-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling the evolution of complex conductivity during calcite precipitation on glass beads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxin Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggx001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of surface conductivity on the apparent zeta potential of calcite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Heberling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 468, pp.262-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2016.01.075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Streaming potential modeling in fractured rock: insights into the identification of hydraulically-active fractures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Roubinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Irving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2016GL068669⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01321314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feature-preserving interpolation and filtering of environmental time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Mariethoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Rezaee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 72, pp.71-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2015.07.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01183694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An analytical study of seismoelectric signals produced by 1D mesoscopic heterogeneities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo B. Monachesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. German Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Rosas-Carbajal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.329 - 342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggu482⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01120494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring of saline tracer movement with vertically distributed self-potential measurements at the HOBE agricultural test site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline B. Haarder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majken C. Looms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 521, pp.314 - 327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2014.11.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01101931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of water saturation on seismoelectric transfer functions: a laboratory study of coseismic phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Normandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1317-1335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggu464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01147905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-potentials in partially saturated media: the importance of explicit modeling of electrode effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12 (2), pp.doi:10.2136/vzj2012.0169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00824478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derivation of soil-specific streaming potential electrical parameters from hydrodynamic characteristics of partially saturated soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11 (1), pp.10.2136/vzj2011.0086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2011.0086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00735721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derivation of Soil-Specific Streaming Potential Electrical Parameters from Hydrodynamic Characteristics of Partially Saturated Soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A double layer model of the gas bubble/water interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Lassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Azaroual</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 388, pp.243-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2012.07.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00782688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-potential investigations of a gravel bar in a restored river corridor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Doetsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Genoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Dürst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (3), pp.729 - 742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-15-729-2011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal conductivity of unsaturated clay-rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 14, pp.91-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-14-91-2010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00548737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potential of Electrical Resistivity Tomography to Detect Fault Zones in Limestone and Argillaceous Formations in the Experimental Platform of Tournemire, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. E. Cushing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 167, pp.1405-1418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S00024-010-0097-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00565073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectral induced polarization of partially saturated clay-rocks: a mechanistic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cosenza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 180, pp.210-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/J.1365-246X.2009.04426.X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00548746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport properties of the Callovo-Oxfordian clay rock under partially saturated conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Wayllace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 46, pp.08514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009WR008552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00565207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-invasive monitoring of water content and textural changes in clay-rocks using spectral induced polarization: A laboratory investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cosenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Zamora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schmutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 43 (3-4), pp.493-502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2008.12.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00735691v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00447165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffusion of ionic tracers in the Callovo-Oxfordian clay-rock using the Donnan equilibrium model and the formation factor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73 (10), pp.2712-2726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2009.01.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00447360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffusion of ions in unsaturated porous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 319 (1), pp.226 à 235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2007.10.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00335621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A physical model of the low-frequency electrical polarization of clay rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cosenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Ghorbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zamora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schmutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 113 (B8), pp.B08204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2007JB005539⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00333825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Streaming current generation in two-phase flow conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. K. Matthäi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Arora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 34 (3), pp.L03306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GL028878⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00404322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrokinetic coupling in unsaturated porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Cerepi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jougnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. K. Matthäi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 313 (1), pp.315 à 327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2007.03.037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00404734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROSPECTIVE - Surfaces et interfaces continentales 2024-2028</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucilla Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Calmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSU, CNRS. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04936744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pinay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Abcha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ackerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05045026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15215,484 +15617,484 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport properties estimation from coupled acoustic and electric characterization in heterogeneous limestones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Nasser Yacouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990728v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PETROACOUSTIC CHARACTERIZATION OF FRACTURED LIMESTONES FROM THE VADOSE ZONE OF BEAUCE AQUIFER (O-ZNS, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Nasser Yacouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04520290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoelectrical and hydro-chemical monitoring of karst formation at the laboratory scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Rembert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Luquot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanded stream-aquifer interface model constrained by time-lapse seismic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Dangeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15702,888 +16104,888 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detectability of the daily evapotranspiration cycle in superconducting gravimeter timeseries according to the measurement configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chaffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malo Ginoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Lesparre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne (AUT), Austria. 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05208033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of electrical properties of Beauce Limestones (O-ZNS, France) from SIP measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Nasser Yacouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International IP workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Lund (Sweden), Sweden. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using light-weight and autonomous nodal arrays to improve seismic data collection capabilities in rugged-terrain critical zone observatories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd TERENO-OZCAR Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Bonn, Germany. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-geophysical approach to characterize fracturation and characterize the transport properties of carbonate rocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Nasser Yacouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Azaroual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Meeting on Induced Polarization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Annecy, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04441760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing Rayleigh Taylor Instability and Convection in a Porous Medium with Geoelectric Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neelarun Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jayabrata Dhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Méheust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union Fall Meeting (AGU 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, virtual, Micronesia. pp.H15G-1114, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/essoar.10509768.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03534383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finding appropriate rocks physics models to interpret seismic data in hydrogeophysics applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Antonia Blazevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Longuevergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union 2018, Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Washington, United States. , pp.H11I-1575, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01927855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards water content monitoring in the vadose zone from active seismic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Dangeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. Geophysical Research Abstracts, 19, pp.EGU2017-13355, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01534138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16593,91 +16995,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing hydrogeophysics for critical zone studies, importance of heterogeneities and processes at the mesoscopic scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Geophysics [physics.geo-ph]. Sorbonne Université, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02865330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16687,275 +17089,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismoelectric Signals Produced by Mesoscopic Heterogeneities: Spectroscopic Analysis of Fractured Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Rosas-Carbajal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Germán Rubino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Monachesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niklas Linde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seismoelectric Exploration: Theory, Experiments, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley, 2020, Geophysical Monograph Series, 9781119127376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119127383.ch19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03454768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling streaming potential in porous and fractured media, description and benefits of the effective excess charge density approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Roubinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Guarracino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maineult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arkoprovo Biswas, Shashi Prakash Sharma. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Modeling and Interpretation in Near Surface Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, In press, 978-3-030-28908-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02317947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16965,258 +17367,258 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Analysis of Geophysical Data Using a Data Mining Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kawtar Sabor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Appfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthelemy Steck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EAGE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th European Meeting of Environmental and Engineering Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, The Hague, Netherlands. 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3997/2214-4609.201902408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New approach to up-scale the frequency-dependent effective excess charge density for seismoelectric modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Society of Exploration Geophysicists. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEG Annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, San Antonio, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Society of Exploration Geophysicists</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.3608-3612, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1190/segam2019-3215147.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02346525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17226,114 +17628,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude géophysique des phénomènes de transfert dans les argilites du Callovo-Oxfordien partiellement saturées en eau : application à l'EDZ du site de Bure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Jougnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hydrologie. Université de Savoie, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00720664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId495"/>
+      <w:footerReference w:type="default" r:id="rId509"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17480,51 +17882,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05456721v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie L Zohor&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kessouri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Deparis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gu&#233;rin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf486" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285761v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng Xia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaming Zhang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jougnot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Yang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.132464" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04845998v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Rembert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M Fernandez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Luquot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2024.104879" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04727524v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiyan Hu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Loiseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon D Carri&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lesparre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Champollion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-29-2997-2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285730v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Manh Hung" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Duy Thanh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Guarracino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Thi Minh Hue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-025-02945-9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285772v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Meng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinmin Ma" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leijian Hu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2025.108125" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206839v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delarue" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Mendieta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Maineult" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Abiven" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoliang Luo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf145" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285489v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Huang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Han" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihua Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyu Mo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133348" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285522v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Solazzi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen van Nghia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan van Do" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.70072" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370588v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Soldi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guarracino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Jougnot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad457" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04701070v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangeles Soldi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2024.104815" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04813665v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae411" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531358v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jidong Teng" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023wr034845" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04276536v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Isunza Manrique" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hermans" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caterina" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mignon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.119366" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04591946v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tabbagh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Souffach&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maineult" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rejiba" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12302" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04879549v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae428" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285791v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Limbrock" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuaitao Wang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.132146" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531365v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago G Solazzi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae100" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04004880v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jb025254" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04186355v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hengxin Ren" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Zeng" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl E Butler" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025505" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03974833v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L&#233;ger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-417-2023" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186264v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Ghorbani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Yven" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grgic" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0511.1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04034877v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnelye" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dick" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bohnhoff" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cotton" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Giese" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/adgeo-58-177-2023" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04030527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Germ&#225;n Rubino" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Holliger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-023-01920-w" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04186104v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamini Singha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mary" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165503" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03234565v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez Visentini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro de Anna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Le Borgne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;heust" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-021-01607-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797940v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Goderniaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Fleckenstein" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Brunner" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-2022-95" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261848v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0510.1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03796437v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Nghia Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thi Chung Thuy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2022.104289" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03652072v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Van&#160;do" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab491" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03651994v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022982" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03679878v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14101632" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03695223v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vinogradov" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miftah Hidayat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Derksen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vega-Maza" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Iglauer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.11.084" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03758111v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-022-09891-0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03894589v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Tien Du" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13295" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03879461v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mendieta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Leroy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac466" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03831851v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayian Hu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024994" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404796v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dangeard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bodet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schneider" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR028911" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266446v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre A Reninger" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aunay" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pryet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020gl092000" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326571v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2020-0524.1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03247021v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021125" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326531v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Hill" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13172316" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03247001v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawtar Sabor" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guerin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Steck" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Henault" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab023" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03247042v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Van Do" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11115121" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03246671v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen van Nghia A" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-021-02364-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494887v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon D. Carri&#232;re" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ollivier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096579" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03454875v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022074" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146809v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tabbagh" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Finco" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Schamper" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Souffach&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-020-09625-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02950948v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.124949" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02950764v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Xuan Ca" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-020-01444-7" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02510841v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soueid Ahmed" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revil" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boleve" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Steck" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergniault" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2020.105514" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02929702v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2020.103742" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02555127v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara A Blazevic" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Linde" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12051230" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02875525v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Duy Duy Thanh" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thi Hien" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12061588" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02510833v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majken C. Looms" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.124771" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02510847v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa068" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02159176v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB017240" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01938570v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy391" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02302196v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02139539v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Voytek" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly R Barnard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.13453" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02328724v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz328" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324321v2" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Tartrat" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feras Abdulsamad" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2019-0048.1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324342v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soueid Ahmed" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Byrdina" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coperey" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gailler" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2018.03.017" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01686249v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Jim&#233;nez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Legendre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2018.01.014" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01786889v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014873" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01914586v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pasquet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thiesson" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guerin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12019" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01712552v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise G&#233;rard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Porel" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324290v2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx474" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01723263v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uddipta Ghosh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jougnot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL076445" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617354v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-017-0920-2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617337v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Li" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Wu" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx001" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321314v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Roubinet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Irving" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL068669" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282487v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Heberling" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devau" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2016.01.075" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01183694v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Mariethoz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rezaee" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2015.07.001" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01120494v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo B. Monachesi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. German Rubino" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Rosas-Carbajal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu482" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101931v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline B. Haarder" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.11.041" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147905v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Bordes" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barri&#232;re" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brito" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Normandin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu464" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824478v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Linde" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735721v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2011.0086" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318342v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00782688v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Lassin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Azaroual" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.07.029" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6SV8X0N4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01938586v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doetsch" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Genoni" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#252;rst" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-15-729-2011" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00548737v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-14-91-2010" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565073v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;lis" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Cushing" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemeille" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00024-010-0097-X" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V1GR5D2F-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565207v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wayllace" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009WR008552" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00548746v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghorbani" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cosenza" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1365-246X.2009.04426.X" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447360v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.01.035" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447165v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zamora" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2008.12.007" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4K4Q5W4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00335621v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.10.041" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP9D2G7Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00333825v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zamora" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JB005539" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-49V5T5CH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00404322v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K. Matth&#228;i" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arora" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL028878" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00404734v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cerepi" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.03.037" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403624v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e151930" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04509223v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie Luli Zohor&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Froment" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Nianzou" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616508v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Nasser Yacouba" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mallet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaboreau" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.2024101035" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04647681v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-9432" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542610v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300896v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Daniel Matthey" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hernandez" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04208572v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie Zohore" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182735v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leger" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9735" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182743v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mallet" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phlippe Leroy" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Laurent" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3097" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182740v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6657" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217446v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carriere" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-366" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03558182v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carriere" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184985v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12197" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570934v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carri&#232;re" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554268v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes L&#252;tzenkirchen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odilia Esser" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Zimmermann" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02402265v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Jimenez-Martinez" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Turuban" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01731907v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387994v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Camerlynck" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Robain" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallec" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ribolzi" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01731831v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Bandopadhyay" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01309313v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Shuai" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01360086v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201601953" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01241943v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01191109v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01191044v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Institut F&#252;r Nukleare Entsorgung, Karlsruher Institut F&#252;r Technologie, Karlsruhe, Germany Heberling" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224803v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01080843v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00735691v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Okay" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990728v2" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520290v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Beck" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797936v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175109v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Schneider" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208033v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chaffaut" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Ginoux" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16741" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597945v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04286398v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carri&#232;re" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441760v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mallet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03534383v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelarun Mukherjee" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayabrata Dhar" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/essoar.10509768.1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01927855v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Antonia Blazevic" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longuevergne" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01534138v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02865330v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03454768v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Monachesi" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119127383.ch19" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02317947v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maineult" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02376216v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Appfel" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barthelemy Steck" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201902408" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02346525v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.seg.org/doi/abs/10.1190/segam2019-3215147.1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2019-3215147.1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00720664v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560107v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jougnot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu26-16646" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403624v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiyan Hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Loiseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon D Carri&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lesparre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Champollion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e151930" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04509223v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie Luli Zohor&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Froment" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Nianzou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kessouri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Deparis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616508v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Nasser Yacouba" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mallet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaboreau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.2024101035" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542610v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Maineult" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Mendieta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04647681v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangeles Soldi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Rembert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Guarracino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-9432" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182735v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Luquot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9735" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300896v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Daniel Matthey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hernandez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04208572v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie Zohore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gu&#233;rin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182743v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mallet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phlippe Leroy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Laurent" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3097" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182740v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoliang Luo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6657" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217446v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carriere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ollivier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-366" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03558182v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carriere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184985v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Solazzi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bodet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Holliger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12197" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570934v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Voytek" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carri&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554268v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes L&#252;tzenkirchen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odilia Esser" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Zimmermann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02402265v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;heust" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Jimenez-Martinez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro de Anna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Turuban" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Le Borgne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01731907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Legendre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387994v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Camerlynck" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Robain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ribolzi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01731831v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uddipta Ghosh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Bandopadhyay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01360086v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Jim&#233;nez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Linde" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201601953" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01309313v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Shuai" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Wu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01241943v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01191109v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Li" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01191044v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Institut F&#252;r Nukleare Entsorgung, Karlsruher Institut F&#252;r Technologie, Karlsruhe, Germany Heberling" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224803v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Bordes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barri&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brito" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Normandin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01080843v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00735691v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Okay" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghorbani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05553922v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicollin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Kergosien" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a L&#233;vy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longuevergne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggag060" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05543253v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Duy Thanh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Duy Vinh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen van Nghia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan van Do" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2026.140151" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05456721v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie L Zohor&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf486" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05543040v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bore" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Delarue" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Quintero Olaya" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Southam" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanxi Yan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggag021" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04845998v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M Fernandez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2024.104879" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04727524v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-29-2997-2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285730v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Manh Hung" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Thi Minh Hue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-025-02945-9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285489v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Huang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Han" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihua Zhang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyu Mo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133348" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285772v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Meng" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinmin Ma" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chao" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leijian Hu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2025.108125" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206839v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delarue" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Abiven" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf145" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285522v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.70072" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04813665v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae411" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370588v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Soldi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guarracino" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Jougnot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad457" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04701070v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2024.104815" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531358v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jidong Teng" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023wr034845" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04276536v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Isunza Manrique" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hermans" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caterina" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mignon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.119366" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04591946v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tabbagh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Souffach&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maineult" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rejiba" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12302" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04879549v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae428" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285791v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Limbrock" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuaitao Wang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.132146" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531365v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago G Solazzi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae100" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04186355v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hengxin Ren" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Zeng" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl E Butler" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025505" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03974833v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L&#233;ger" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-417-2023" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186264v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Ghorbani" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Yven" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grgic" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0511.1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04004880v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jb025254" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04034877v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnelye" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dick" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bohnhoff" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cotton" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Giese" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/adgeo-58-177-2023" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04030527v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Germ&#225;n Rubino" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-023-01920-w" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04186104v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamini Singha" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mary" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165503" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03234565v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez Visentini" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-021-01607-0" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797940v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Goderniaux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Fleckenstein" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Brunner" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-2022-95" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261848v2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0510.1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03796437v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Nghia Nguyen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thi Chung Thuy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2022.104289" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03652072v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Van&#160;do" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab491" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03651994v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022982" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03679878v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14101632" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03758111v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-022-09891-0" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03894589v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Tien Du" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13295" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03695223v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vinogradov" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miftah Hidayat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Derksen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vega-Maza" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Iglauer" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.11.084" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03879461v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mendieta" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Leroy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac466" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03831851v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayian Hu" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024994" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266446v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre A Reninger" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aunay" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pryet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020gl092000" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326571v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2020-0524.1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03247021v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021125" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326531v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Hill" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13172316" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404796v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dangeard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schneider" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR028911" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03247001v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawtar Sabor" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guerin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Steck" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Henault" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab023" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03246671v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen van Nghia A" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-021-02364-6" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03454875v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022074" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494887v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon D. Carri&#232;re" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096579" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03247042v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Van Do" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11115121" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146809v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tabbagh" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Finco" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Schamper" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Souffach&#233;" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-020-09625-1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02510841v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soueid Ahmed" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revil" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boleve" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Steck" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergniault" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2020.105514" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02950764v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Xuan Ca" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-020-01444-7" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02950948v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.124949" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02929702v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2020.103742" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02555127v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara A Blazevic" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12051230" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02875525v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Duy Duy Thanh" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thi Hien" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12061588" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02510847v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa068" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02510833v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majken C. Looms" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.124771" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02159176v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB017240" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01938570v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy391" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02302196v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02139539v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly R Barnard" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.13453" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02328724v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz328" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324321v2" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Tartrat" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feras Abdulsamad" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2019-0048.1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01686249v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2018.01.014" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01786889v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014873" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324342v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soueid Ahmed" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Byrdina" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coperey" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gailler" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2018.03.017" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01712552v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise G&#233;rard" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Porel" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01914586v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pasquet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thiesson" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guerin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12019" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324290v2" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx474" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01723263v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jougnot" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL076445" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617354v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-017-0920-2" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617337v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx001" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282487v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Heberling" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2016.01.075" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321314v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Roubinet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Irving" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL068669" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01183694v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Mariethoz" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rezaee" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2015.07.001" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01120494v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo B. Monachesi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. German Rubino" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Rosas-Carbajal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu482" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101931v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline B. Haarder" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.11.041" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147905v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu464" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824478v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Linde" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735721v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2011.0086" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318342v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00782688v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Lassin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Azaroual" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.07.029" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6SV8X0N4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01938586v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doetsch" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Genoni" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#252;rst" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-15-729-2011" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00548737v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-14-91-2010" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565073v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;lis" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Cushing" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemeille" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00024-010-0097-X" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V1GR5D2F-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00548746v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cosenza" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1365-246X.2009.04426.X" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565207v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lu" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wayllace" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009WR008552" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447165v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zamora" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2008.12.007" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4K4Q5W4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447360v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.01.035" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00335621v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.10.041" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP9D2G7Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00333825v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zamora" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JB005539" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-49V5T5CH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00404322v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K. Matth&#228;i" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arora" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL028878" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00404734v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cerepi" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.03.037" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990728v2" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520290v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Beck" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797936v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175109v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Schneider" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208033v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chaffaut" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Ginoux" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16741" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597945v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04286398v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carri&#232;re" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441760v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mallet" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03534383v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelarun Mukherjee" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayabrata Dhar" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/essoar.10509768.1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01927855v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Antonia Blazevic" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01534138v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02865330v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03454768v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Monachesi" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119127383.ch19" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02317947v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maineult" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02376216v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Appfel" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barthelemy Steck" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201902408" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02346525v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.seg.org/doi/abs/10.1190/segam2019-3215147.1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2019-3215147.1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00720664v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>