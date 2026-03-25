--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Damien Lolive </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de synthèse vocale neuronale à l’épreuve des données d’apprentissage non dédiées : les livres audio amateurs en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Wadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Intermodalité et multimodalité en traitement automatique des langues, 63 (2), pp.41--65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we Generate Emotional Pronunciations for Expressive Speech Synthesis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Affective Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (4), pp.684-695. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAFFC.2018.2828429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rythme en Lecture Oralisée (parole synthétique et parole naturelle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, XX (2), pp.63-77. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfla.202.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B-spline model order selection with optimal MDL criterion applied to speech fundamental frequency stylisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (3), pp.571 - 581. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTSP.2010.2048236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00538937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling the replicability of speech synthesis perceptual evaluations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Harte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juraj Šimko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025 - 26th edition of the Interspeech Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Rotterdam, Netherlands. pp.2545-2549, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2025-401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging SSL Speech Features and Mamba for Enhanced DeepFake Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA, Aug 2025, Rotterdam (NL), Netherlands. pp.5323--5327, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2025-1703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-level SSL Feature Gating for Audio Deepfake Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM 2025 - ACM International Conference on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Oct 2025, Dublin (IR), Ireland. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3746027.3754568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paraphrase Generation Evaluation Powered by an LLM: A Semantic Metric, Not a Lexical One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Lemesle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 31st International Conference on Computational Linguistics (COLING)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SocialForge: simulating the social internet to provide realistic training against influence operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysse Oliveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Costé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL Industry Track</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vienna (Austria), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05170276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audio Deepfake Source Tracing using Multi-Attribute Open-Set Identification and Verification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Rotterdam, Netherlands. pp.1528-1532, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2025-2001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KAN You Hear the Truth? Audio Deepfake Detection with Kolmogorov-Arnold Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURASIP, Sep 2025, Palerme, Italy. pp.561-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de Génération de Texte en Domaine Spécifique, Cas d'étude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysse Oliveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay-Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EvalLLM - Atelier sur l'évaluation des modèles génératifs (LLM) et challence d'extraction d'information few-shot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AMIAD, Jul 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controllable Text Generation to Fight Disinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysse Oliveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Costé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PFIA, Jul 2024, La Rochelle, France. pp.80--92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Generalization To Unseen Audio Data For Spoofing: Insights From SSL Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atharva Kulkarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajinkya Kulkarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandipana Dowerah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASVSpoof workshop 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Kos Island Greece, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671051v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ParaPLUIE - une mesure automatique d’évaluation de la qualité sémantique des systèmes de paraphrases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Lemesle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.605-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phone-Level Pronunciation Scoring for L1 Using Weighted-Dynamic Time Warping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SLT 2022 - IEEE Spoken Language Technology Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Doha, Qatar</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voice Cloning Applied to Voice Disorders: a Study of Extreme Phonetic Content in Speaker Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Wadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Canadian Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Inter- and Intra-speaker Voice Conversion using Audiobooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Low-Cost Motion Capture Corpus in French Sign Language for Interpreting Iconicity and Spatial Referencing Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Barreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Le Naour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gibet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BreizhCorpus: a Large Breton Language Speech Corpus and its use for Text-to-Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Hajipoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lintanf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odyssey Workshop 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA (International Speech Communication Association), Jun 2022, Beijing, China. pp.263-270, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Odyssey.2022-37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural-Driven Search-Based Paraphrase Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Urvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Conference of the European Chapter of the Association for Computational Linguistics (EACL 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Kiev, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video Latent Code Interpolation for Anomalous Behavior Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Durand de Gevigney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2020 - International Conference on Systems, Man, and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Toronto / Virtual, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03058296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FlexEval, création de sites web légers pour des campagnes de tests perceptifs multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Coulombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 4 : Démonstrations et résumés d'articles internationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.22-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768500v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural-Driven Multi-criteria Tree Search for Paraphrase Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Urvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning Meets Combinatorial Algorithms (LMCA) Workshop at NeurIPS 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing Prosodic Speaker Identity for a Better Expressive Speech Synthesis Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Speech Prosody 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Tokyo, Japan. pp.935-939, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/speechprosody.2020-191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus design for expressive speech: impact of the utterance length</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Speech Prosody 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Tokyo, Japan. pp.955-959, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2020-195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Style versus Content: A distinction without a (learnable) difference?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somayeh Jafaritazehjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John D Kelleher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation objective de plongements pour la synthèse de parole guidée par réseaux de neurones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Amsaleg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement automatique du langage naturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02419483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the relation between voice corpus design and hybrid synthesis under reduction constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Script Selection using Convolutional Auto-encoder for TTS Speech Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Speech and Computer (SPECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus Design using Convolutional Auto-Encoder Embeddings for Audio-Book Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SynPaFlex-Corpus: An Expressive French Audiobooks Corpus Dedicated to Expressive Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Eleventh International Conference on Language Resources and Evaluation (LREC 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation automatique des types de discours dans des livres audio en vue d'une oralisation par un système de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN-RECITAL 2018 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discourse phrases classification: direct vs. narrative audio speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poznan, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMO&LY (EMOtion and AnomaLY) : A new corpus for anomaly detection in an audiovisual stream with emotional context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01685055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluency Insertion for Spontaneous TTS: Formalization and Proof of Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLSP 2018 - 6th International Conference on Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Mons, Belgium. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-00810-9_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phone-Level Embeddings for Unit Selection Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Amsaleg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLSP 2018 - 6th International Conference on Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Mons, Belgium. pp.21-31, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-00810-9_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Hyderabad, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Pronunciation Adaptation for Spontaneous Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Text, Speech and Dialogue (TSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Experiments to Detect Anomaly Using Personality Traits vs. Prosodic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Speech and Computer (SPECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Hatfield, Hertfordshire, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajout automatique de disfluences pour la synthèse de la parole spontanée : formalisation et preuve de concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement automatique du langage naturel (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532031v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception of expressivity in TTS: linguistics, phonetics or prosody?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Le Mans, France. pp.262-274, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68456-7_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01623916v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Five vs. Prosodic Features as Cues to Detect Abnormality in SSPNET-Personality Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonétisation statistique adaptable d'énoncés pour le français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge 2016 workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Cupertino, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal feature set and minimal training size for pronunciation adaptation in TTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Pilsen, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se concentrer sur les différences : une méthode d'évaluation subjective efficace pour la comparaison de systèmes de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrons Rythmiques et Genres Littéraires en Synthèse de la Parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une pénalité floue fondée phonologiquement pour améliorer la Sélection d'Unité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the suitability of vocalic sandwiches in a corpus-based TTS engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'utilisation de descripteurs issus de la linguistique computationnelle dans le cadre de la synthèse par HMM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Möbius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingmar Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhythmic Patterns and Literary Genres in Synthesized Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la prononciation pour la synthèse de la parole spontanée en utilisant des informations linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving TTS with corpus-specific pronunciation adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Compare TTS Systems: A New Subjective Evaluation Methodology Focused on Differences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining a Global Adaptive Duration Target Cost for Unit Selection Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Text, Speech and Dialogue (TSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, PLZEŇ, Czech Republic. pp.157--165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01188686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge 2015 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Berlin, Germany. 4 p., 2 columns</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do not build your TTS training corpus randomly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Speaker Pronunciation Adaptation for Spontaneous Speech Synthesis Using Linguistic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Budapest, Hungary. pp.229-241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Statistical Utterance Phonetization for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. of IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Brisbane, Australia. 5 p., 2 columns</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation d'un algorithme de chunking appliqué à la dictée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP - 30ème édition des Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00977445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting prosodic chunking algorithm and speech synthesis to specific style: the case of dictation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Unknown, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01428492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'un algorithme A* pour l'analyse de la sélection d'unité en synthèse de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP - 30ème édition des Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00977468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting prosodic chunking algorithm and synthesis system to specific style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA, Sep 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROOTS: a toolkit for easy, fast and consistent processing of large sequential annotated data collections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00974628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unit Selection Cost Function Exploration Using an A* based Text-to-Speech System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Text, Speech and Dialogue (TSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de découpages en groupes prosodiques pour la dictée par l'usage de synthèse vocale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études sur la parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic chunking algorithm for dictation with the use of speech synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. of Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00973866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROOTS : un outil pour manipuler facilement, efficacement et avec cohérence des corpus annotés de séquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur la Parole (JEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de découpage en groupes prosodiques pour la dictée par l'usage de synthèse vocale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Journées d'études sur la Parole (JEP 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La Mans, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01428495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Adaptation of Prosodic Models for Expressive Text-To-Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Christodoulides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA, Sep 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Fully Automatic Annotation of Audio Books for TTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charonnat Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC - Eighth International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une annotation automatique de corpus audio pour la synthèse de parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Charonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL - conférence conjointe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.731--738</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Versatile Multi-Layered Description of Speech Corpora Using Algebraic Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Barreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Charonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the International Speech Communication Association (Interspeech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Florence, Italy. pp.1501-1504</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00657283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent platform for multimodal pervasive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Barreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on the Networked and Electronic Media (NEM 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00488326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation methodology for prosody transformation systems based on chirp signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brighton, United Kingdom. pp.2635--2638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de la prosodie par adaptation MLLR de GMM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIIèmes Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pitch and duration transformation with non parallel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th conference of Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Campinas, Brazil. pp.111-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering algorithm for f0 curves based on hidden markov models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 6th ISCA Tutorial and Research Workshop on Speech Synthesis (SSW6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised HMM classification of f0 curves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Antwerp, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing b-spline and spline models for f0 modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Artificial Intelligence - Proceedings of the 9th International Conference on Text, Speech and Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d'un critère MDL pour l'estimation de courbes ouvertes modélisées par des b-splines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 8ème Conférence Francophone sur l'Apprentissage Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Trégastel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation b-spline de contours mélodiques avec estimation du nombre de paramètres libres par un critère MDL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIèmes Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Dinard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodic contour estimation with b-spline models using a MDL criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th International Conference on Speech and Computer (SPECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Saint Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F0 stylisation with a free-knot b-spline model and simulated-annealing optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th European Conference on Speech Communication and Technology (Eurospeech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Classification of Speaker Profiles as a Point Anomaly Detection Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Learning with Imbalanced Domains: Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Skopje, Macedonia. , 74, pp.152-163, Proceedings of Machine Learning Research</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixing Synthetic and Recorded Signals for Audio-Book Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech and Computer (SPECOM) 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.479-489, 2020, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-60276-5_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonology Modelling for Expressive Speech Synthesis: a Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-2020, IRISA, équipe EXPRESSION. 2014, 18 p., 1 column</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de l'intonation : application à la synthèse de la parole et à la transformation de voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université de Rennes 1, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01199093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers plus de contrôle pour la synthèse de parole expressive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université de Rennes 1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01664620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId173"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Damien Lolive </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de synthèse vocale neuronale à l’épreuve des données d’apprentissage non dédiées : les livres audio amateurs en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Wadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Intermodalité et multimodalité en traitement automatique des langues, 63 (2), pp.41--65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we Generate Emotional Pronunciations for Expressive Speech Synthesis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Affective Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (4), pp.684-695. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAFFC.2018.2828429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rythme en Lecture Oralisée (parole synthétique et parole naturelle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, XX (2), pp.63-77. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfla.202.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B-spline model order selection with optimal MDL criterion applied to speech fundamental frequency stylisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (3), pp.571 - 581. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTSP.2010.2048236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00538937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling the replicability of speech synthesis perceptual evaluations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Harte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juraj Šimko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025 - 26th edition of the Interspeech Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Rotterdam, Netherlands. pp.2545-2549, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2025-401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paraphrase Generation Evaluation Powered by an LLM: A Semantic Metric, Not a Lexical One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Lemesle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 31st International Conference on Computational Linguistics (COLING)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-level SSL Feature Gating for Audio Deepfake Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM 2025 - ACM International Conference on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Oct 2025, Dublin (IR), Ireland. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3746027.3754568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging SSL Speech Features and Mamba for Enhanced DeepFake Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA, Aug 2025, Rotterdam (NL), Netherlands. pp.5323--5327, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2025-1703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SocialForge: simulating the social internet to provide realistic training against influence operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysse Oliveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Costé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL Industry Track</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vienna (Austria), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05170276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KAN You Hear the Truth? Audio Deepfake Detection with Kolmogorov-Arnold Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURASIP, Sep 2025, Palerme, Italy. pp.561-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audio Deepfake Source Tracing using Multi-Attribute Open-Set Identification and Verification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Rotterdam, Netherlands. pp.1528-1532, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2025-2001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de Génération de Texte en Domaine Spécifique, Cas d'étude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysse Oliveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay-Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EvalLLM - Atelier sur l'évaluation des modèles génératifs (LLM) et challence d'extraction d'information few-shot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AMIAD, Jul 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controllable Text Generation to Fight Disinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysse Oliveri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Costé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PFIA, Jul 2024, La Rochelle, France. pp.80--92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Generalization To Unseen Audio Data For Spoofing: Insights From SSL Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atharva Kulkarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoan My Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajinkya Kulkarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandipana Dowerah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASVSpoof workshop 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Kos Island Greece, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671051v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ParaPLUIE - une mesure automatique d’évaluation de la qualité sémantique des systèmes de paraphrases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Lemesle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.605-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phone-Level Pronunciation Scoring for L1 Using Weighted-Dynamic Time Warping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SLT 2022 - IEEE Spoken Language Technology Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Doha, Qatar</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voice Cloning Applied to Voice Disorders: a Study of Extreme Phonetic Content in Speaker Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Wadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Canadian Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Inter- and Intra-speaker Voice Conversion using Audiobooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Low-Cost Motion Capture Corpus in French Sign Language for Interpreting Iconicity and Spatial Referencing Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Barreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Le Naour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gibet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BreizhCorpus: a Large Breton Language Speech Corpus and its use for Text-to-Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Hajipoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lintanf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odyssey Workshop 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA (International Speech Communication Association), Jun 2022, Beijing, China. pp.263-270, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Odyssey.2022-37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural-Driven Search-Based Paraphrase Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Urvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Conference of the European Chapter of the Association for Computational Linguistics (EACL 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Kiev, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video Latent Code Interpolation for Anomalous Behavior Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Durand de Gevigney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SMC 2020 - International Conference on Systems, Man, and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Toronto / Virtual, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03058296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FlexEval, création de sites web légers pour des campagnes de tests perceptifs multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Coulombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 4 : Démonstrations et résumés d'articles internationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.22-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768500v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural-Driven Multi-criteria Tree Search for Paraphrase Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Urvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning Meets Combinatorial Algorithms (LMCA) Workshop at NeurIPS 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing Prosodic Speaker Identity for a Better Expressive Speech Synthesis Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Speech Prosody 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Tokyo, Japan. pp.935-939, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/speechprosody.2020-191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Style versus Content: A distinction without a (learnable) difference?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somayeh Jafaritazehjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John D Kelleher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus design for expressive speech: impact of the utterance length</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Speech Prosody 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Tokyo, Japan. pp.955-959, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2020-195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation objective de plongements pour la synthèse de parole guidée par réseaux de neurones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Amsaleg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement automatique du langage naturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02419483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the relation between voice corpus design and hybrid synthesis under reduction constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Script Selection using Convolutional Auto-encoder for TTS Speech Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Speech and Computer (SPECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus Design using Convolutional Auto-Encoder Embeddings for Audio-Book Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SynPaFlex-Corpus: An Expressive French Audiobooks Corpus Dedicated to Expressive Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Eleventh International Conference on Language Resources and Evaluation (LREC 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discourse phrases classification: direct vs. narrative audio speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poznan, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation automatique des types de discours dans des livres audio en vue d'une oralisation par un système de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aghilas Sini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN-RECITAL 2018 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMO&LY (EMOtion and AnomaLY) : A new corpus for anomaly detection in an audiovisual stream with emotional context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01685055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluency Insertion for Spontaneous TTS: Formalization and Proof of Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLSP 2018 - 6th International Conference on Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Mons, Belgium. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-00810-9_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phone-Level Embeddings for Unit Selection Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Amsaleg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLSP 2018 - 6th International Conference on Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Mons, Belgium. pp.21-31, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-00810-9_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Hyderabad, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Pronunciation Adaptation for Spontaneous Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Text, Speech and Dialogue (TSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Experiments to Detect Anomaly Using Personality Traits vs. Prosodic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Speech and Computer (SPECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Hatfield, Hertfordshire, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajout automatique de disfluences pour la synthèse de la parole spontanée : formalisation et preuve de concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement automatique du langage naturel (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532031v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception of expressivity in TTS: linguistics, phonetics or prosody?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Le Mans, France. pp.262-274, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68456-7_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01623916v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Five vs. Prosodic Features as Cues to Detect Abnormality in SSPNET-Personality Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonétisation statistique adaptable d'énoncés pour le français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge 2016 workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Cupertino, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal feature set and minimal training size for pronunciation adaptation in TTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Pilsen, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se concentrer sur les différences : une méthode d'évaluation subjective efficace pour la comparaison de systèmes de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrons Rythmiques et Genres Littéraires en Synthèse de la Parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une pénalité floue fondée phonologiquement pour améliorer la Sélection d'Unité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the suitability of vocalic sandwiches in a corpus-based TTS engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'utilisation de descripteurs issus de la linguistique computationnelle dans le cadre de la synthèse par HMM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Möbius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingmar Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhythmic Patterns and Literary Genres in Synthesized Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de la prononciation pour la synthèse de la parole spontanée en utilisant des informations linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving TTS with corpus-specific pronunciation adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Compare TTS Systems: A New Subjective Evaluation Methodology Focused on Differences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining a Global Adaptive Duration Target Cost for Unit Selection Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Text, Speech and Dialogue (TSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, PLZEŇ, Czech Republic. pp.157--165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01188686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IRISA Text-To-Speech System for the Blizzard Challenge 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blizzard Challenge 2015 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Berlin, Germany. 4 p., 2 columns</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do not build your TTS training corpus randomly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Speaker Pronunciation Adaptation for Spontaneous Speech Synthesis Using Linguistic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Budapest, Hungary. pp.229-241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Statistical Utterance Phonetization for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. of IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Brisbane, Australia. 5 p., 2 columns</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation d'un algorithme de chunking appliqué à la dictée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP - 30ème édition des Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00977445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting prosodic chunking algorithm and speech synthesis to specific style: the case of dictation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Unknown, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01428492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'un algorithme A* pour l'analyse de la sélection d'unité en synthèse de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP - 30ème édition des Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00977468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting prosodic chunking algorithm and synthesis system to specific style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiyon Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA, Sep 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROOTS: a toolkit for easy, fast and consistent processing of large sequential annotated data collections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00974628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de découpages en groupes prosodiques pour la dictée par l'usage de synthèse vocale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études sur la parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unit Selection Cost Function Exploration Using an A* based Text-to-Speech System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Text, Speech and Dialogue (TSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic chunking algorithm for dictation with the use of speech synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. of Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00973866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROOTS : un outil pour manipuler facilement, efficacement et avec cohérence des corpus annotés de séquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur la Parole (JEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de découpage en groupes prosodiques pour la dictée par l'usage de synthèse vocale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rosec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Journées d'études sur la Parole (JEP 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La Mans, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01428495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Adaptation of Prosodic Models for Expressive Text-To-Speech Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Avanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Christodoulides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISCA, Sep 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Fully Automatic Annotation of Audio Books for TTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charonnat Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC - Eighth International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une annotation automatique de corpus audio pour la synthèse de parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Charonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Le Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL - conférence conjointe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.731--738</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Versatile Multi-Layered Description of Speech Corpora Using Algebraic Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Barreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Charonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the International Speech Communication Association (Interspeech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Florence, Italy. pp.1501-1504</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00657283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent platform for multimodal pervasive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Barreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on the Networked and Electronic Media (NEM 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00488326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation methodology for prosody transformation systems based on chirp signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brighton, United Kingdom. pp.2635--2638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de la prosodie par adaptation MLLR de GMM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIIèmes Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pitch and duration transformation with non parallel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th conference of Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Campinas, Brazil. pp.111-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering algorithm for f0 curves based on hidden markov models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 6th ISCA Tutorial and Research Workshop on Speech Synthesis (SSW6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised HMM classification of f0 curves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Antwerp, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d'un critère MDL pour l'estimation de courbes ouvertes modélisées par des b-splines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 8ème Conférence Francophone sur l'Apprentissage Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Trégastel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing b-spline and spline models for f0 modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Artificial Intelligence - Proceedings of the 9th International Conference on Text, Speech and Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation b-spline de contours mélodiques avec estimation du nombre de paramètres libres par un critère MDL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIèmes Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Dinard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodic contour estimation with b-spline models using a MDL criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th International Conference on Speech and Computer (SPECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Saint Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F0 stylisation with a free-knot b-spline model and simulated-annealing optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boëffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th European Conference on Speech Communication and Technology (Eurospeech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Classification of Speaker Profiles as a Point Anomaly Detection Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Fayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delhay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Learning with Imbalanced Domains: Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Skopje, Macedonia. , 74, pp.152-163, Proceedings of Machine Learning Research</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixing Synthetic and Recorded Signals for Audio-Book Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meysam Shamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Barbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Chevelu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech and Computer (SPECOM) 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.479-489, 2020, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-60276-5_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonology Modelling for Expressive Speech Synthesis: a Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheel Qader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénolé Lecorvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sébillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-2020, IRISA, équipe EXPRESSION. 2014, 18 p., 1 column</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de l'intonation : application à la synthèse de la parole et à la transformation de voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université de Rennes 1, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01199093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers plus de contrôle pour la synthèse de parole expressive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lolive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université de Rennes 1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01664620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId173"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04139701v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghilas Sini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Wadoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perquin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802463v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;nol&#233; Lecorv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lolive" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2018.2828429" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01272551v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiyon Yoo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Barbot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfla.202.0063" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538937v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bo&#235;ffard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2010.2048236" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05477590v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Maguer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Harte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj &#352;imko" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-401" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05240551v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoan My Tran" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delhay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-1703" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05286973v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Marteau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746027.3754568" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849291v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemesle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chevelu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170276v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Oliveri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cost&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472354v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Falez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Marteau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2025-2001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283051v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678389v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delhay-Lorrain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651205v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671051v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atharva Kulkarni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajinkya Kulkarni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandipana Dowerah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623043v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976592v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03697484v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03698340v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mertz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barreaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Le Naour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gibet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944464v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hajipoor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lintanf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2022-37" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540926v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fabre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Urvoy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03058296v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Durand de Gevigney" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768500v4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fayet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Coulombel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Simon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03127865v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000148v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/speechprosody.2020-191" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874005v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Shamsi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2020-195" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112354v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somayeh Jafaritazehjani" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Kelleher" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419483v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Amsaleg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02178406v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02169465v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02159568v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826690v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848856v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790910v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01685055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840798v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raheel Qader" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;billot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00810-9_4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840812v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00810-9_3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01998037v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01532035v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01583539v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01532031v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01623916v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68456-7_22" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01583510v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01662361v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01321358v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01375897v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338853v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338918v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338959v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338948v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338839v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd M&#246;bius" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingmar Steiner" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338873v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01321361v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338111v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199082v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188686v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196168v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199083v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01181192v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01109757v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00977445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rosec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00977468v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01133319v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00974628v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01133321v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137707v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Avanzi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00973866v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00975897v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428495v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Avanzi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01133316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Christodoulides" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976432v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charonnat Laure" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976446v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Charonnat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00657283v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00488326v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Blin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976430v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199092v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987810v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199089v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199088v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199086v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199090v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199091v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199087v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199085v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01631385v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02974346v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60276-5_46" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01021911v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01199093v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01664620v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04139701v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghilas Sini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Wadoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perquin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802463v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;nol&#233; Lecorv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lolive" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2018.2828429" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01272551v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiyon Yoo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Barbot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfla.202.0063" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538937v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bo&#235;ffard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2010.2048236" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05477590v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Maguer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Harte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj &#352;imko" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-401" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849291v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemesle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chevelu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delhay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05286973v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoan My Tran" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Marteau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746027.3754568" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05240551v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-1703" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170276v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Oliveri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cost&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283051v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472354v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Falez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Marteau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2025-2001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678389v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delhay-Lorrain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651205v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671051v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atharva Kulkarni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajinkya Kulkarni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandipana Dowerah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623043v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976592v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03697484v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03698340v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mertz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barreaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Le Naour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gibet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944464v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hajipoor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lintanf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2022-37" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540926v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fabre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Urvoy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03058296v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Durand de Gevigney" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768500v4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fayet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Coulombel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Simon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03127865v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000148v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/speechprosody.2020-191" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112354v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somayeh Jafaritazehjani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Kelleher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874005v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Shamsi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2020-195" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419483v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Amsaleg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02178406v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02169465v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02159568v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826690v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790910v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848856v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01685055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01840798v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raheel Qader" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;billot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00810-9_4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840812v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00810-9_3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01998037v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01532035v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01583539v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01532031v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01623916v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68456-7_22" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01583510v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01662361v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01321358v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01375897v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338853v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338918v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338959v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338948v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338839v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd M&#246;bius" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingmar Steiner" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338873v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01321361v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01338111v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199082v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188686v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01196168v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199083v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01181192v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01109757v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00977445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rosec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00977468v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01133319v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00974628v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137707v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Avanzi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01133321v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00973866v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00975897v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428495v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Avanzi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01133316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Christodoulides" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976432v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charonnat Laure" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976446v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Charonnat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00657283v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00488326v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Blin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00976430v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199092v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987810v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199089v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199088v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199090v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199086v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199091v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199087v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199085v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01631385v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02974346v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60276-5_46" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01021911v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01199093v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01664620v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>