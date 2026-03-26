--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -373,390 +373,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04731456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles recherches sur l'aire funéraire mérovingienne de l'église Saint-Martin de Creuzier-le-Vieux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ereruyk (Arménie). Principaux résultats de la mission archéologique du LA3M (2009-2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Donabédian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Perrine Picq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Allier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hortus artium medievalium : Journal of the International Research Center for Late Antiquity and Middle Ages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.516-552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1484/J.HAM.5.131697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04741368v1</w:t>
+                <w:t xml:space="preserve">halshs-04194146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ereruyk (Arménie). Principaux résultats de la mission archéologique du LA3M (2009-2016)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nouvelles recherches sur l'aire funéraire mérovingienne de l'église Saint-Martin de Creuzier-le-Vieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Picq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hortus artium medievalium : Journal of the International Research Center for Late Antiquity and Middle Ages</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue archéologique de l'Allier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.139-151</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04194146v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04741368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La forteresse aristocratique tardo-antique et médiévale de la Couronne à Molles (Ve-XIe siècle) : retour sur plus d'une décennie de recherches archéologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Indésirables mais utiles : la gestion des eaux en périphérie d’Augustonemetum/Clermont-Ferrand. Les sites de la rue Fontgiève et de l’ancienne gare routière (fin du Ier s.-IVe s. apr. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyprien Mureau</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société d'Histoire et d'Archéologie de Vichy et des environs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 179, pp.27-40</w:t>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54-55, pp.183-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03987565v1</w:t>
+                <w:t xml:space="preserve">halshs-04147081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indésirables mais utiles : la gestion des eaux en périphérie d’Augustonemetum/Clermont-Ferrand. Les sites de la rue Fontgiève et de l’ancienne gare routière (fin du Ier s.-IVe s. apr. J.-C.)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La forteresse aristocratique tardo-antique et médiévale de la Couronne à Molles (Ve-XIe siècle) : retour sur plus d'une décennie de recherches archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Blondel</w:t>
+                <w:t xml:space="preserve">Cyprien Mureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 54-55, pp.183-200</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société d'Histoire et d'Archéologie de Vichy et des environs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179, pp.27-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147081v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03987565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le castrum Thigernum retrouvé ? Nouvelles recherches sur les origines de Thiers (Puy-de-Dôme)</w:t>
               </w:r>
@@ -840,165 +840,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03987493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre plaine et montagne. Gestion du territoire et réseaux de peuplement dans la cité de Clermont durant l’Antiquité tardive (Ve-VIIe siècles)</w:t>
+                <w:t xml:space="preserve">Après Aquae Calidae : Vichy et sa campagne au cours de l’Antiquité tardive et du haut Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37-38, pp.275-290</w:t>
+              <w:t xml:space="preserve">Revue archéologique de l'Allier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.75-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03577094v1</w:t>
+                <w:t xml:space="preserve">halshs-03577203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Après Aquae Calidae : Vichy et sa campagne au cours de l’Antiquité tardive et du haut Moyen Âge</w:t>
+                <w:t xml:space="preserve">Entre plaine et montagne. Gestion du territoire et réseaux de peuplement dans la cité de Clermont durant l’Antiquité tardive (Ve-VIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Allier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2, pp.75-82</w:t>
+              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37-38, pp.275-290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03577203v1</w:t>
+                <w:t xml:space="preserve">halshs-03577094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliographie critique. C. Edson Armi : Cluny and the origins of burgundian romanesque sculpture. The architecture, sculpture and narrative of the Avenas Master. Rome, « L’Erma » di Bretschneider, 2019, 122 p., 118 ill. couleur.</w:t>
               </w:r>
@@ -1051,308 +1051,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03036207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'église paléochrétienne de l'établissement fortifié de hauteur de La Couronne à Molles (Allier, Auvergne)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La place du bois dans l'architecture à Augustonemetum/Clermont-Ferrand : les sites de la rue Fontgiève et de la Scène nationale (Ier - IIIe s. apr. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sophie Liégard</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 110, pp.51-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pallas.17209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02014076v1</w:t>
+                <w:t xml:space="preserve">hal-02294394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place du bois dans l'architecture à Augustonemetum/Clermont-Ferrand : les sites de la rue Fontgiève et de la Scène nationale (Ier - IIIe s. apr. J.-C.)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'église paléochrétienne de l'établissement fortifié de hauteur de La Couronne à Molles (Allier, Auvergne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Ollivier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marieke Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Liégard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02294394v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02014076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des moulins hydrauliques en périphérie d'Augustonemetum/Clermont-Ferrand, Puy-de-Dôme (II e -III e s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1540,51 +1540,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les maisons du Haut-Empire de la rue de l’Oratoire à Augustonemetum/Clermont-Ferrand (Puy-de-Dôme)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Groetembril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1737,455 +1737,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03577128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles recherches sur l'ensemble paléochrétien et médiéval d'Ereruyk en Arménie</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le site de La Couronne à Molles (Allier) : un établissement de hauteur de l’Antiquité tardive et du haut Moyen Âge.Bilan de la deuxième campagne de recherches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquité tardive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1484/J.AT.1.103110⟩</w:t>
+              <w:t xml:space="preserve">Bulletin du Centre d'études médiévales d'Auxerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cem.12382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00908686v1</w:t>
+                <w:t xml:space="preserve">halshs-03577132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site de La Couronne à Molles (Allier) : un établissement de hauteur de l’Antiquité tardive et du haut Moyen Âge.Bilan de la deuxième campagne de recherches.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nouvelles recherches sur l'ensemble paléochrétien et médiéval d'Ereruyk en Arménie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bailet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Donabédian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Centre d'études médiévales d'Auxerre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 16, </w:t>
+              <w:t xml:space="preserve">Antiquité tardive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20, pp.315-341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cem.12382⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1484/J.AT.1.103110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03577132v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00908686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’église paléochrétienne du site de « La Couronne » à Molles (Allier). Première campagne</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aux racines de l'Allier, l'actualité des recherches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Cabezuelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dacko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gaime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Centre d'études médiévales d'Auxerre</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 492, pp.36-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03577136v1</w:t>
+                <w:t xml:space="preserve">halshs-00744307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux racines de l'Allier, l'actualité des recherches</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’église paléochrétienne du site de « La Couronne » à Molles (Allier). Première campagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin du Centre d'études médiévales d'Auxerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15, pp.65-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cem.11933⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00744307v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03577136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monastère Saint-Pierre d’Osor (île de Cres, Croatie) : quatrième campagne d’études archéologiques</w:t>
               </w:r>
@@ -2581,2204 +2581,2368 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03576917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'église, le &amp;quot;château&amp;quot; et la route durant l'Antiquité tardive en Gaule centrale (Ve-VIe siècles)</w:t>
+                <w:t xml:space="preserve">Places of power and territorial dynamics from the 6th cent. BC to the 7th cent. AD in the Širak Province (Armenia) A new archaeological project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gondet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de recherche « Lieux de culte, changement social et organisation spatiale en Europe occidentale entre le IVe et le VIIIe siècle »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Michel Lauwers et Didier Méhu (CEM Auxerre), Apr 2024, Auxerre, France</w:t>
+              <w:t xml:space="preserve">ICAANE 2025 : 14e Colloque international sur l’archéologie du Proche-Orient antique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon (Maison de l'Orien et de la Méditerranée), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617215v1</w:t>
+                <w:t xml:space="preserve">halshs-05556728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Honorer la mémoire des morts dans l'Arménie paléochrétienne : martyria, mausolées princiers et autres monuments funéraires »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LIFE THROUGH DEATH Mentality and elements of everyday life through funerary and memorial practices in ancient and medieval Europe and western Asia, archaeological and textual evidence Looking at the theme through a cross-cultural perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Iryna TESLENKO (Collegium de Lyon, ArAr), Zahra KOUZEHGARI (Collegium de Lyon, Archéorient), Nicolette PAVLIDES (Collegium de Lyon, HISOMA), Anne BAUD (Université de Lyon 2, ArAr), Anne FLAMMIN (ArAr), Apr 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles recherches sur le complexe paléochrétien et médiéval d'Ereruyk (Shirak, Arménie)</w:t>
+                <w:t xml:space="preserve">Fortified hilltop settlements of late Antiquity in central and southern Gaul: current research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale du Centre d'Etudes Médiévales d'Auxerre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre d'Etudes Médiévales d'Auxerre, May 2024, Auxerre, France</w:t>
+              <w:t xml:space="preserve">Workshop Looking through Landscapes: The Spatial Turn of Late Antique Hilltop Settlements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAHIS (Late Antique Hilltop Settlement in Europe) group, Nov 2024, Frankfurt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617227v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05540700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la forteresse tardo-antique au château à motte médiéval : une décennie de recherche sur le site de La Couronne (Auvergne, France)</w:t>
+                <w:t xml:space="preserve">L'église, le &amp;quot;château&amp;quot; et la route durant l'Antiquité tardive en Gaule centrale (Ve-VIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence de l'Institut d'études anciennes et médiévales de l'Université Laval (Québec)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut d'études anciennes et médiévales, Nov 2023, Québec, Canada</w:t>
+              <w:t xml:space="preserve">Atelier de recherche « Lieux de culte, changement social et organisation spatiale en Europe occidentale entre le IVe et le VIIIe siècle »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Michel Lauwers et Didier Méhu (CEM Auxerre), Apr 2024, Auxerre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04330636v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des objets en contexte d’habitat Elitaire : le petit mobilier de la forteresse mérovingienne du site de la couronne (molles, Auvergne)</w:t>
+                <w:t xml:space="preserve">Nouvelles recherches sur le complexe paléochrétien et médiéval d'Ereruyk (Shirak, Arménie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlène Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'objet mérovingien, de sa fabrication à sa (re)découverte. 43e journées internationales d'archéologie mérovingiennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française d'archéologie mérovingienne (AFAM), Oct 2023, Liège (Belgique), Belgique</w:t>
+              <w:t xml:space="preserve">Assemblée Générale du Centre d'Etudes Médiévales d'Auxerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'Etudes Médiévales d'Auxerre, May 2024, Auxerre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04252384v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le castrum thigernum (Thiers, 63): un nouveau jalon pour l'étude de l'habitat fortifié du haut Moyen Âge dans le nord-est du Massif Central</w:t>
+                <w:t xml:space="preserve">Des objets mérovingiens en contexte d'habitat élitaire: le petit mobilier de la forteresse mérovingienne du site de La Couronne (Molles, Auvergne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d'Archéologie Médiévale du CIHAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Lyon (Maison des Sciences de l'Homme), France</w:t>
+              <w:t xml:space="preserve">43e journées de l'AFAM - L'objet mérovingien. De sa fabrication à sa (re-)découverte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Archéologie Mérovingienne (AFAM), Oct 2023, Liège (Belgique), Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04330682v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des objets mérovingiens en contexte d'habitat élitaire: le petit mobilier de la forteresse mérovingienne du site de La Couronne (Molles, Auvergne)</w:t>
+                <w:t xml:space="preserve">Des objets en contexte d’habitat Elitaire : le petit mobilier de la forteresse mérovingienne du site de la couronne (molles, Auvergne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43e journées de l'AFAM - L'objet mérovingien. De sa fabrication à sa (re-)découverte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française d'Archéologie Mérovingienne (AFAM), Oct 2023, Liège (Belgique), Belgique</w:t>
+              <w:t xml:space="preserve">L'objet mérovingien, de sa fabrication à sa (re)découverte. 43e journées internationales d'archéologie mérovingiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française d'archéologie mérovingienne (AFAM), Oct 2023, Liège (Belgique), Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617178v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04252384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le castrum Thigernum retrouvé? Nouvelles hypothèses sur les origines de Thiers.</w:t>
+                <w:t xml:space="preserve">Le castrum thigernum (Thiers, 63): un nouveau jalon pour l'étude de l'habitat fortifié du haut Moyen Âge dans le nord-est du Massif Central</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Archéologie des espaces et des territoires médiévaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laurent Schneider; Damien Martinez, 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire d'Archéologie Médiévale du CIHAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Lyon (Maison des Sciences de l'Homme), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147195v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04330682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site de La Couronne (Molles, Allier) aux IXe-XIe siècles: une fortification sur les marges de l'Auvergne</w:t>
+                <w:t xml:space="preserve">De la forteresse tardo-antique au château à motte médiéval : une décennie de recherche sur le site de La Couronne (Auvergne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du traité de Verdun à l'an mil. Frontières, pouvoirs, économies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Inrap; Groupement Archéologique du Macônnais, Nov 2023, Mâcon, France</w:t>
+              <w:t xml:space="preserve">Conférence de l'Institut d'études anciennes et médiévales de l'Université Laval (Québec)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'études anciennes et médiévales, Nov 2023, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617192v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04330636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résidence aristocratique de l'établissement de hauteur de La Couronne (Allier) aux Ve-VIIe siècles.</w:t>
+                <w:t xml:space="preserve">Le castrum Thigernum retrouvé? Nouvelles hypothèses sur les origines de Thiers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire inter-universitaire Lyon-Grenoble-Chambéry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anne Baud; Noelle Deflou-Leca; Laurent Ripart, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire Archéologie des espaces et des territoires médiévaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurent Schneider; Damien Martinez, 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147202v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la cité antique au territoire de l'évêque: l'exemple de l'ancienne cité de Clermont en Gaule centrale (IVe-Xe siècle)</w:t>
+                <w:t xml:space="preserve">Le site de La Couronne (Molles, Allier) aux IXe-XIe siècles: une fortification sur les marges de l'Auvergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence de l'Institut d'études anciennes et médiévales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Laval, Nov 2023, Québec (Canada), Université Laval, Canada</w:t>
+              <w:t xml:space="preserve">Du traité de Verdun à l'an mil. Frontières, pouvoirs, économies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inrap; Groupement Archéologique du Macônnais, Nov 2023, Mâcon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04330651v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie de la mort chrétienne sur le site d'Ereruyk. Le cimetière comme miroir.</w:t>
+                <w:t xml:space="preserve">La résidence aristocratique de l'établissement de hauteur de La Couronne (Allier) aux Ve-VIIe siècles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux regards sur le site paléochrétien et médiéval d'Ereruyk</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Damien Martinez, May 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire inter-universitaire Lyon-Grenoble-Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne Baud; Noelle Deflou-Leca; Laurent Ripart, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147300v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Honorer la mémoire des morts dans l'Arménie paléochrétienne : martyria, mausolées princiers et autres monuments funéraires.</w:t>
+                <w:t xml:space="preserve">De la cité antique au territoire de l'évêque: l'exemple de l'ancienne cité de Clermont en Gaule centrale (IVe-Xe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les monuments funéraires de la Préhistoire au Moyen Âge: origines, continuités et mémoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sébastien Bully; Stefan Wirth, Mar 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">Conférence de l'Institut d'études anciennes et médiévales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Laval, Nov 2023, Québec (Canada), Université Laval, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147223v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04330651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les structures baptismales en Gaule hors métropoles et petites villes (villae, castra, castella). Retour sur les difficultés d'interprétation des structures et des contextes d'implantation</w:t>
+                <w:t xml:space="preserve">Le site fortifié de La Couronne. Une forteresse de la fin de l'Antiquité et du haut Moyen Âge dans les contreforts de la Montagne bourbonnaise (Ve-XIe siècle).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les églises paléochrétiennes : architecture et espaces liturgiques. Actualité de la recherche.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anne Baud; Anne Flammin, Apr 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Cycle de conférences annuel de la Société d'Emulation du Bourbonnais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Moulins, Musée Anne-de- Beaujeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147214v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site fortifié de La Couronne. Une forteresse de la fin de l'Antiquité et du haut Moyen Âge dans les contreforts de la Montagne bourbonnaise (Ve-XIe siècle).</w:t>
+                <w:t xml:space="preserve">Les structures baptismales en Gaule hors métropoles et petites villes (villae, castra, castella). Retour sur les difficultés d'interprétation des structures et des contextes d'implantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycle de conférences annuel de la Société d'Emulation du Bourbonnais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Moulins, Musée Anne-de- Beaujeu, France</w:t>
+              <w:t xml:space="preserve">Les églises paléochrétiennes : architecture et espaces liturgiques. Actualité de la recherche.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne Baud; Anne Flammin, Apr 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147367v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tuiles à double rebord (ou en &amp;quot;H&amp;quot;) du site de La Couronne à Molles (Ve-VIIe s.)</w:t>
+                <w:t xml:space="preserve">Archéologie de la mort chrétienne sur le site d'Ereruyk. Le cimetière comme miroir.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachel Philibeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème journée d’actualité du réseau TCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Moulins, Musée Anne-de- Beaujeu, France</w:t>
+              <w:t xml:space="preserve">Nouveaux regards sur le site paléochrétien et médiéval d'Ereruyk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Damien Martinez, May 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147272v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'établissement fortifié de hauteur de La Couronne (Ve-XIe siècle) à Molles (03). Bilan du programme triennal 2020-2022.</w:t>
+                <w:t xml:space="preserve">Honorer la mémoire des morts dans l'Arménie paléochrétienne : martyria, mausolées princiers et autres monuments funéraires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées régionales de l'Archéologie d'Auvergne-Rhône-Alpes 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRAC-SRA Auvergne-Rhône-Alpes, Dec 2022, Roanne, France</w:t>
+              <w:t xml:space="preserve">Les monuments funéraires de la Préhistoire au Moyen Âge: origines, continuités et mémoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Bully; Stefan Wirth, Mar 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147290v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une Décennie de recherches sur le site archéologique de la Couronne à Molles ! Une Forteresse de la fin de l'Antiquité et du haut Moyen Âge dans les contreforts de la montagne bourbonnaise (Ve-XIe s.)</w:t>
+                <w:t xml:space="preserve">Les tuiles à double rebord (ou en &amp;quot;H&amp;quot;) du site de La Couronne à Molles (Ve-VIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyprien Mureau</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Philibeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycle de conférences annuel de la Société d'Histoire et d'Archéologie de Vichy et ses Environs (SHAVE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Vichy, France</w:t>
+              <w:t xml:space="preserve">8ème journée d’actualité du réseau TCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Moulins, Musée Anne-de- Beaujeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147360v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ensembles funéraires du complexe paléochrétien et médiéval d'Ereruyk (Shirak, Arménie)</w:t>
+                <w:t xml:space="preserve">L'établissement fortifié de hauteur de La Couronne (Ve-XIe siècle) à Molles (03). Bilan du programme triennal 2020-2022.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude "Archéologie funéraire" MMSH Aix-Marseille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, David Ollivier, May 2022, Aix (Aix-Marseille Université), France</w:t>
+              <w:t xml:space="preserve">Journées régionales de l'Archéologie d'Auvergne-Rhône-Alpes 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRAC-SRA Auvergne-Rhône-Alpes, Dec 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147254v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fondation d'église et dépôt de reliques au Ve siècle sur les marges d'un territoire. Le dossier archéologique du site de La Couronne (Allier)</w:t>
+                <w:t xml:space="preserve">Une Décennie de recherches sur le site archéologique de la Couronne à Molles ! Une Forteresse de la fin de l'Antiquité et du haut Moyen Âge dans les contreforts de la montagne bourbonnaise (Ve-XIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Mureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reliques, fondations et refondations d'églises (IVe-IXe siècle). Approches histoiques et archéologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laurent Schneider; Damien Martinez, Dec 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Cycle de conférences annuel de la Société d'Histoire et d'Archéologie de Vichy et ses Environs (SHAVE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147317v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux et équipements routiers du Massif central entre Antiquité et haut Moyen Âge (Ier-VIIIe siècle)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les ensembles funéraires du complexe paléochrétien et médiéval d'Ereruyk (Shirak, Arménie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les structures matérielles de la route médiévale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Yassir Benhima; Sophie Gilotte; Marie-Odile Rousset, Mar 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude "Archéologie funéraire" MMSH Aix-Marseille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, David Ollivier, May 2022, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147348v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sites de hauteur, réseau routier et administration du territoire dans le nord-est du Massif Central durant l'Antiquité tardive</w:t>
+                <w:t xml:space="preserve">Réseaux et équipements routiers du Massif central entre Antiquité et haut Moyen Âge (Ier-VIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dacko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montagne et société en Gaule durant l'Antiquité tardive - Colloque international Antiquité tardive en Gaule VII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Michel Fuchs; Cédric Cramatte, Dec 2021, Lausanne ( CH), Suisse</w:t>
+              <w:t xml:space="preserve">Les structures matérielles de la route médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yassir Benhima; Sophie Gilotte; Marie-Odile Rousset, Mar 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04147242v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prélèvement et introduction d’ossements dans des sépultures de l’âge du Bronze à Riom, ZA de Layat (Puy-de-Dôme)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fondation d'église et dépôt de reliques au Ve siècle sur les marges d'un territoire. Le dossier archéologique du site de La Couronne (Allier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ritualiser, Gérer, Piller : Rencontre autour des réouvertures de tombes et de la manipulation des ossements - 9e Rencontre du Gaaf</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Astrid A. Noterman; Mathilde Cervel, May 2017, Poitiers, France. pp.305-317</w:t>
+              <w:t xml:space="preserve">Reliques, fondations et refondations d'églises (IVe-IXe siècle). Approches histoiques et archéologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurent Schneider; Damien Martinez, Dec 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253170v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie de la mort chrétienne en Arménie : première typo-chronologie des tombes entre Antiquité tardive et époque contemporaine à partir de l’étude du site d’Ereruyk</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Donabédian</w:t>
+                <w:t xml:space="preserve">Sites de hauteur, réseau routier et administration du territoire dans le nord-est du Massif Central durant l'Antiquité tardive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dacko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Rencontre du Gaaf "Typochronologie des tombes à inhumations"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe d’anthropologie et d’archéologie funéraire, Jun 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">Montagne et société en Gaule durant l'Antiquité tardive - Colloque international Antiquité tardive en Gaule VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Michel Fuchs; Cédric Cramatte, Dec 2021, Lausanne ( CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02462404v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04147242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place du bois dans l'architecture à Augustonemetum / Clermont-Ferrand : les sites de la rue Fontgiève et de la Scène nationale (Ier - IIIe s. apr. J.-C.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Blondel</w:t>
+                <w:t xml:space="preserve">Prélèvement et introduction d’ossements dans des sépultures de l’âge du Bronze à Riom, ZA de Layat (Puy-de-Dôme)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude : Bois et architecture dans la Protohistoire et l'Antiquité (XVIe av. J.-C. - IIe ap. J.-C), Grèce, Italie, Europe Occidentale. Approches méthodologiques et techniques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ritualiser, Gérer, Piller : Rencontre autour des réouvertures de tombes et de la manipulation des ossements - 9e Rencontre du Gaaf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Astrid A. Noterman; Mathilde Cervel, May 2017, Poitiers, France. pp.305-317</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01886904v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les premiers monastères d'Auvergne à la lumière de la documentation textuelle et archéologique (V e -X e siècle) : état de la question</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archéologie de la mort chrétienne en Arménie : première typo-chronologie des tombes entre Antiquité tardive et époque contemporaine à partir de l’étude du site d’Ereruyk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bailet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Donabédian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'origine des sites monastiques : confrontation entre la terminologie des sources textuelles et l'archéologie. </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Baume-les-Messieurs, France. pp.en ligne</w:t>
+              <w:t xml:space="preserve">11e Rencontre du Gaaf "Typochronologie des tombes à inhumations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d’anthropologie et d’archéologie funéraire, Jun 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01478077v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production manufacturées et espaces sacrés : réflexions autour de la fabrication et de l'utilisation de tonnelets associés à un captage d'eau de source dans la périphérie d'Augustonemetum/Clermont-Ferrand</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">La place du bois dans l'architecture à Augustonemetum / Clermont-Ferrand : les sites de la rue Fontgiève et de la Scène nationale (Ier - IIIe s. apr. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres internationales Instrumentum, Mobiliers et sanctuaires dans les provinces romaines occidentales (fin Ier s. av. - Ve s. ap. J-C.), La place des productions manufacturées dans les espaces sacrés et dans les pratiques religieuses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journée d'étude : Bois et architecture dans la Protohistoire et l'Antiquité (XVIe av. J.-C. - IIe ap. J.-C), Grèce, Italie, Europe Occidentale. Approches méthodologiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Toulouse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pallas.17209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01886746v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01886904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les premiers monastères d'Auvergne à la lumière de la documentation textuelle et archéologique (V e -X e siècle) : état de la question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'origine des sites monastiques : confrontation entre la terminologie des sources textuelles et l'archéologie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Baume-les-Messieurs, France. pp.en ligne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01478077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production manufacturées et espaces sacrés : réflexions autour de la fabrication et de l'utilisation de tonnelets associés à un captage d'eau de source dans la périphérie d'Augustonemetum/Clermont-Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres internationales Instrumentum, Mobiliers et sanctuaires dans les provinces romaines occidentales (fin Ier s. av. - Ve s. ap. J-C.), La place des productions manufacturées dans les espaces sacrés et dans les pratiques religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01886746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">New Survey on Yereryuk Site by an Armenian-French Archaeological Mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Donabédian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamazasp Khatchatryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larissa Yeganyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale " Le patrimoine historico-culturel du Chirak et la modernité ", Gyumri (Arménie), 4-6 octobre 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Gyumri, Armenia. A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00941810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4788,775 +4952,775 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la croisée des chemins de l’histoire, de l’archéologie du bâti et de l’histoire de l’art monumental. Le monastère primitif de Manglieu (Puy-de-Dôme) : VIIe-XIe siècles</w:t>
+                <w:t xml:space="preserve">Introduction. L’habitat de hauteur entre Protohistoire et haut Moyen Âge : regards croisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Mélinda Bizri. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Quiquerez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ARTEHIS éditions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bruno Phalip, loin des chantiers battus, un autre discours</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Damien Martinez et Amélie Quiquerez, Approche diachronique des sites de hauteur des âges des Métaux, de l’Antiquité tardive et du haut Moyen Âge, Artehis editions, 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04252359v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche comparative de l’occupation des sites de hauteur en Auvergne (Bronze final III/premier âge du Fer et Antiquité tardive/haut Moyen Âge) : chronologie, formes, dynamiques spatiales et paysagères à l’échelle d’un territoire</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conclusion. L’habitat de hauteur entre Protohistoire et haut Moyen Âge : pour une approche diachronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Quiquerez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Damien Martinez et Amélie Quiquerez, Approche diachronique des sites de hauteur des âges des Métaux, de l’Antiquité tardive et du haut Moyen Âge</w:t>
+              <w:t xml:space="preserve">Damien Martinez et Amélie Quiquerez, Approche diachronique des sites de hauteur des âges des Métaux, de l’Antiquité tardive et du haut Moyen Âge, Artehis éditions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04053154v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion. L’habitat de hauteur entre Protohistoire et haut Moyen Âge : pour une approche diachronique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche comparative de l’occupation des sites de hauteur en Auvergne (Bronze final III/premier âge du Fer et Antiquité tardive/haut Moyen Âge) : chronologie, formes, dynamiques spatiales et paysagères à l’échelle d’un territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Delrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ARTEHIS éditions. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Damien Martinez et Amélie Quiquerez, Approche diachronique des sites de hauteur des âges des Métaux, de l’Antiquité tardive et du haut Moyen Âge, Artehis éditions</w:t>
+              <w:t xml:space="preserve">Damien Martinez et Amélie Quiquerez, Approche diachronique des sites de hauteur des âges des Métaux, de l’Antiquité tardive et du haut Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04053160v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. L’habitat de hauteur entre Protohistoire et haut Moyen Âge : regards croisés</w:t>
+                <w:t xml:space="preserve">À la croisée des chemins de l’histoire, de l’archéologie du bâti et de l’histoire de l’art monumental. Le monastère primitif de Manglieu (Puy-de-Dôme) : VIIe-XIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">ARTEHIS éditions. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mélinda Bizri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Damien Martinez et Amélie Quiquerez, Approche diachronique des sites de hauteur des âges des Métaux, de l’Antiquité tardive et du haut Moyen Âge, Artehis editions, 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bruno Phalip, loin des chantiers battus, un autre discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARTEHIS Éditions, 2023, 9782958072674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.artehis.32088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04053145v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04252359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoire, lieux de pouvoir et réseau d'églises dans l'ancienne cité de Clermont (Ve-VIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Massoni; J.-P. Boyer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Croix de Crozant. Un exceptionnel et énigmatique ensemble. Actes du colloque des 10 et 11 septembre 2022 à Eguzon-Chantôme et à Crozant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Points d'Encrage, 2023, 978-2-911853-41-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04252365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gare routière [Feuille 32]</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Dartevelle</w:t>
+                <w:t xml:space="preserve">Champgil [Feuille 8]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Liégard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Ollivier</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Augustonemetum : atlas topographique de Clermont-Ferrand</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Tome II, InFolio, pp.89-120, 2022, 978-2-88474-415-7</w:t>
+              <w:t xml:space="preserve">, Tome I, InFolio, pp.277-302, 2022, 978-2-88474-415-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125341v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Champgil [Feuille 8]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Liégard</w:t>
+                <w:t xml:space="preserve">Gare routière [Feuille 32]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Alfonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dartevelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Parent</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Augustonemetum : atlas topographique de Clermont-Ferrand</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Tome I, InFolio, pp.277-302, 2022, 978-2-88474-415-7</w:t>
+              <w:t xml:space="preserve">, Tome II, InFolio, pp.89-120, 2022, 978-2-88474-415-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125244v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un pied de meuble sculpté : la griffe de Rome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Bet; Bertrand Dousteyssier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éclats Arvernes, Fragments archéologiques (Ier - Ve siècle apr. J.-C.), Tome 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.328-329, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des outils d’orfèvres dans une forteresse de l’Antiquité tardive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5576,585 +5740,585 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Bet; Bertrand Dousteyssier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eclats arvernes. Fragments archéologiques (Ier-Ve siècle apr. J.-C.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Presses universitaires Blaise Pascal, pp.326-327, 2021, 978-2845166653</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03577160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tonnelets autour d’un captage de source ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une statue équestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Philippe Bet; Bertrand Dousteyssier. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Navetat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaire Blaise Pascal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éclats Arvernes, Fragments archéologiques (Ier - Ve siècle apr. J.-C.), Tome 2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.382-383, 2021</w:t>
+              <w:t xml:space="preserve">BET P. ET DOUSTEYSSIER B. dir., Eclats arvernes. Fragments archéologiques (Ier-Ve siècle apr. J.-C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, pp.326-327, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508967v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03577152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une statue équestre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les tonnelets autour d’un captage de source ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaire Blaise Pascal. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Bet; Bertrand Dousteyssier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BET P. ET DOUSTEYSSIER B. dir., Eclats arvernes. Fragments archéologiques (Ier-Ve siècle apr. J.-C.)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, pp.326-327, 2021</w:t>
+              <w:t xml:space="preserve">Éclats Arvernes, Fragments archéologiques (Ier - Ve siècle apr. J.-C.), Tome 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.382-383, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03577152v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’acquisition des ressources animales sur l’établissement fortifié de hauteur de La Couronne (Molles, Allier) aux Ve-VIIe siècles »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Mureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stéphanie Desbrosse-Degobertière, Marie-Cécile Truc éd., Cherchez la (petite) bête : l’animal au haut Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association française d’archéologie mérovingienne, pp.215-232, 2020, 979-10-90282-01-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03577199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des indices d’orfèvrerie au sein de l’établissement de hauteur mérovingien de “La Couronne” à Molles (Allier,03)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« L’ecclesia vetus de La Chaise-Dieu. Données textuelles et archéologiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Limoges. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du Royaume goth au Midi mérovingien. Actes du colloque de l'AFAM 2013</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.489-495, 2019, Collection Ausonius éditions - Mémoires, 1283-2995</w:t>
+              <w:t xml:space="preserve">COSTANTINI F.A., HUREL O., PECOUD T. dir, La Chaise-Dieu. Communauté monastique et congrégation (XIe siècle – fin de l’Ancien Régime)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.75-91, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02425712v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03577186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’ecclesia vetus de La Chaise-Dieu. Données textuelles et archéologiques »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des indices d’orfèvrerie au sein de l’établissement de hauteur mérovingien de “La Couronne” à Molles (Allier,03)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Armbruster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Viriot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COSTANTINI F.A., HUREL O., PECOUD T. dir, La Chaise-Dieu. Communauté monastique et congrégation (XIe siècle – fin de l’Ancien Régime)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.75-91, 2019</w:t>
+              <w:t xml:space="preserve">Du Royaume goth au Midi mérovingien. Actes du colloque de l'AFAM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 56, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editeur Ausonius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.489-495, 2019, Collection Ausonius éditions - Mémoires, 1283-2995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03577186v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Productions manufacturées et esPaces sacrés : réflexions autour de la fabrication et de l’utilisation de tonnelets associés à un caPtage d’eau de source dans la PériPhérie d’augustonemetum/clermont-ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mergoil. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des Rencontres Instrumentum (Le Mans, 3-5 juin 2015), Mobiliers et sanctuaires dans les provinces romaines occidentales (fin Ier s. av. - Ve s.ap. J-C.) La place des productions manufacturées dans les espaces sacrés et dans les pratiques religieuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.309-330, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03577173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6164,1674 +6328,1674 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site de La Couronne (Molles, Allier). Etablissement fortifié de hauteur de l'Antiquité tardive et du haut Moyen Âge. Rapport final du programme pluriannuel 2020-2023. 3 volumes</w:t>
+                <w:t xml:space="preserve">Site des Millières à Thiers (Puy-de-Dôme). Aux origines de la ville de Thiers : le Thigernum castrum de la fin de l’Antiquité et du haut Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-David Rosa-Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Ciham. 2023</w:t>
+              <w:t xml:space="preserve">Université Lyon 2 Lumière. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-04939621v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04406993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site des Millières à Thiers (Puy-de-Dôme). Aux origines de la ville de Thiers : le Thigernum castrum de la fin de l’Antiquité et du haut Moyen Âge</w:t>
+                <w:t xml:space="preserve">Site de La Couronne (Molles, Allier). Etablissement fortifié de hauteur de l'Antiquité tardive et du haut Moyen Âge. Rapport final du programme pluriannuel 2020-2023. 3 volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Charles-David Rosa-Matton</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Gagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Université Lyon 2 Lumière. 2023</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Ciham. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-04406993v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04939621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site de La Couronne à Molles (Allier) - Etablissement fortifié de hauteur de l’Antiquité tardive et du haut Moyen Âge. Rapport d’activité 2022 - 3e année du programme triennal 2020-2022</w:t>
+                <w:t xml:space="preserve">Site de La Couronne (Molles, Allier). Etablissement fortifié de hauteur de l'Antiquité tardive et du haut Moyen Âge. Rapport de la deuxième campagne du programme triennal 2020-2022. 2 volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Ciham; Université Lyon 2. 2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-David Rosa-Matton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ciham. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03987412v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03593201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site de La Couronne (Molles, Allier). Etablissement fortifié de hauteur de l'Antiquité tardive et du haut Moyen Âge. Rapport de la deuxième campagne du programme triennal 2020-2022. 2 volumes</w:t>
+                <w:t xml:space="preserve">Site de La Couronne à Molles (Allier) - Etablissement fortifié de hauteur de l’Antiquité tardive et du haut Moyen Âge. Rapport d’activité 2022 - 3e année du programme triennal 2020-2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Ciham. 2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ciham; Université Lyon 2. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-03593201v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03987412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site de La Couronne (Molles, Allier). Etablissement fortifié de hauteur de l'Antiquité tardive et du haut Moyen Âge. Rapport de la première campagne du programme triennal 2020-2022. 2 volumes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lafont-Chardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ciham. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03593193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouilles et investigations à Ereruyk 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Donabédian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'Archéologie Médiévale et Moderne en Méditerranée; Aix Marseille Université; Cnrs. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01223227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouilles et investigations à Ereruyk. Rapport de la campagne de 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Donabédian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bailet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Aix-Marseille Université (AMU) et CNRS - Laboratoire LA3M, UMR 7298. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01075566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 rue Boirot (Clermont-Ferrand, Puy-de-Dôme). Une portion de l’enceinte d’Augustonemetum au Bas-Empire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent d'Agostino</w:t>
+                <w:t xml:space="preserve">Fouilles et investigations à Ereruyk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Donabédian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Mitton</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bailet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Büttner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Pédoussaut</w:t>
+                <w:t xml:space="preserve">Fabien Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Hades archéologie. 2013</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] LA3M UMR 7298 AMU-CNRS; Ministère des Affaires Etrangères et Européennes. 2013, 2 vol. (173, 161 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02022955v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00905245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouilles et investigations à Ereruyk</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Donabédian</w:t>
+                <w:t xml:space="preserve">10 rue Boirot (Clermont-Ferrand, Puy-de-Dôme). Une portion de l’enceinte d’Augustonemetum au Bas-Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent d'Agostino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabien Krähenbühl</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Büttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Pédoussaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] LA3M UMR 7298 AMU-CNRS; Ministère des Affaires Etrangères et Européennes. 2013, 2 vol. (173, 161 p.)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Hades archéologie. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00905245v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basilique paléochrétienne d'Ereruyk (Shirak, Arménie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Donabédian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bailet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LA3M UMR 7298-AMU-CNRS. 2011, 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01527564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riom (63), &amp;quot;ZA de Layat&amp;quot;, Tranche Ferme (TF)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxence Segard</w:t>
+                <w:t xml:space="preserve">Saint-André-des-Eaux (22), ancienne église Saint-André. Rapport final d'opération archéologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Latour</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Büttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Direction régionale des affaires culturelles de Bretagne, Service régional de l’archéologie; Conseil général des Côtes d'Armor. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tassadite Chemin</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04845019v1</w:t>
+                <w:t xml:space="preserve">halshs-01674996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-André-des-Eaux (22), ancienne église Saint-André. Rapport final d'opération archéologique.</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Riom (63), &amp;quot;ZA de Layat&amp;quot;, Tranche Ferme (TF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Segard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Carrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tassadite Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Pia Darblade-Audoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2010, pp.771 (3 Vol)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Dupuis</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">halshs-01674996v1</w:t>
+                <w:t xml:space="preserve">hal-04845019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riom (63), &amp;quot;ZA de Layat&amp;quot;, Tranche Conditionnelle (TC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sévin-Allouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Latour-Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Boret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Latour-Argant</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tassadite Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Archeodunum - Riom Communauté. 2010, pp.459 (3 VOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luxeuil-les-Bains (70) Rénovation des places et rues du centre ville (place St-Pierre, place de la Baille,rue de la Tour du Bailli, rue de la Tour) accompagnement archéologique des travaux). Rapport final d'opération archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Büttner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Popovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Centre d'Etudes Médiévales - Auxerre; DRAC Franche-Comté - Service régional de l'archéologie; Ville de Luxeuil-les-Bains. 2008, pp.125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01675031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7841,124 +8005,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indésirables mais utiles : la gestion des eaux dans la périphérie urbaine d'Augustonemetum / Clermont-Ferrand (fin du Ier s. - IVe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eaux sales, eaux troubles, eaux de ruissellement : la gestion des eaux indésirables dans le monde romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Montpellier, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7968,147 +8132,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confrontation entre sites de hauteur des âges des Métaux (âge du Bronze et Premier âge du Fer) et de l’Antiquité tardive et du haut Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kasprzyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Quiquerez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03612586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8118,114 +8282,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la cité Arverne au diocèse de Clermont : Topographie ecclésiale, fortifications et peuplements de l’Auvergne entre Antiquité tardive et haut Moyen Âge (Ve-Xe siècles) : une approche archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Histoire. Université Clermont Auvergne [2017-2020], 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017CLFAL007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01806336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId183"/>
+      <w:footerReference w:type="default" r:id="rId187"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8372,51 +8536,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359495v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Martinez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.16911" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408649v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dacko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15av6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04731456v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Prost" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Sanchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/123jd" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04741368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Picq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04194146v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Donab&#233;dian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.HAM.5.131697" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987565v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Mureau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147081v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987493v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chabert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mosnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.19713" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577094v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577203v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036207v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02014076v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevalier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Faure" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Li&#233;gard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294394v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.17209" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147178v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Faure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hallavant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01808425v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.2391" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Groetembril" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Massendari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia P&#233;doussaut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Viriot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577128v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.14484" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00908686v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bailet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.AT.1.103110" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577132v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.12382" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577136v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.11933" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00744307v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Besson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Cabezuelo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fourvel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gaime" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577129v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bully" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Mari&#263;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morana &#268;au&#353;evi&#263;-Bully" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miljenko Jurkovi&#263;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.11552" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05222934v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13jxi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053139v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Quiquerez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/artehis/30933" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.30933" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03576917v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617215v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617239v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617227v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252384v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Gay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330682v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617178v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147195v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617192v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lafont-Chardin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147202v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330651v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147300v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147223v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147214v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147367v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147272v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Philibeaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147290v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147360v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147254v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147317v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147348v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147242v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253170v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462404v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01886904v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478077v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01886746v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941810v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamazasp Khatchatryan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Yeganyan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252359v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.32088" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053154v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delrieu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053160v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053145v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252365v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04125341v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Alfonso" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dartevelle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mitton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04125244v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Parent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508956v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577160v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508967v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577152v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Navetat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577199v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02425712v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Armbruster" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://afamassociation.fr/index.php/memoires/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577186v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577173v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939621v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gagneux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04406993v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Geoffroy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-David Rosa-Matton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987412v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593201v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223227v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Hansen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075566v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022955v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent d'Agostino" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905245v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527564v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845019v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Latour" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carrara" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadite Chemin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Pia Darblade-Audoin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01674996v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gode" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845083v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Latour-Argant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Boret" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gasc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675031v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Humbert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Popovitch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508513v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kasprzyk" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaume" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01806336v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017CLFAL007" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359495v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Martinez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.16911" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408649v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dacko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15av6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04731456v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Prost" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Sanchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/123jd" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04194146v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Donab&#233;dian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.HAM.5.131697" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04741368v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Picq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147081v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987565v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Mureau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987493v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chabert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mosnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.19713" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577094v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036207v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294394v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.17209" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02014076v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevalier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Faure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Li&#233;gard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147178v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Faure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hallavant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01808425v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.2391" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Groetembril" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Massendari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia P&#233;doussaut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Viriot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577128v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.14484" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577132v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.12382" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00908686v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bailet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.AT.1.103110" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00744307v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Besson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Cabezuelo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fourvel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gaime" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577136v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.11933" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577129v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bully" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Mari&#263;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morana &#268;au&#353;evi&#263;-Bully" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miljenko Jurkovi&#263;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.11552" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05222934v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13jxi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053139v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Quiquerez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/artehis/30933" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.30933" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03576917v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05556728v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gondet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617239v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05540700v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617215v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617227v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617178v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Gay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252384v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330682v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330636v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147195v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617192v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lafont-Chardin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147202v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330651v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147367v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147214v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147300v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147223v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147272v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Philibeaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147290v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147360v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147254v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147348v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147317v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147242v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253170v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462404v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01886904v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478077v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01886746v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941810v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamazasp Khatchatryan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Yeganyan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053145v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053160v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053154v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delrieu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252359v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.32088" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252365v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04125244v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Parent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04125341v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Alfonso" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dartevelle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mitton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508956v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Navetat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508967v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577199v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577186v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02425712v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Armbruster" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://afamassociation.fr/index.php/memoires/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577173v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04406993v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Geoffroy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-David Rosa-Matton" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939621v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gagneux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593201v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03987412v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593193v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223227v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Hansen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075566v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905245v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022955v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent d'Agostino" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527564v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01674996v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gode" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845019v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Latour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carrara" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadite Chemin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Pia Darblade-Audoin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845083v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Latour-Argant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Boret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gasc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675031v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Humbert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Popovitch" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508513v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612586v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kasprzyk" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaume" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01806336v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017CLFAL007" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>