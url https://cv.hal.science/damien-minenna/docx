--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -448,408 +448,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03528645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technology, Assembly, and Test of a W -Band Traveling Wave Tube for New 5G High-Capacity Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electromagnetic pulse emission from target holders during short-pulse laser interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien F G Minenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric André</w:t>
+                <w:t xml:space="preserve">Alexandre Poyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Clande Racamier</w:t>
+                <w:t xml:space="preserve">Philip Bradford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralph Zimmermann</w:t>
+                <w:t xml:space="preserve">Nigel Woolsey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quang Trung Le</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vladimir Tikhonchuk</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TED.2020.2993243⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27 (6), pp.063102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0006666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02876679v1</w:t>
+                <w:t xml:space="preserve">hal-02876672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic momenta for wave-particle systems in vacuum waveguides - Universality of the Abraham-Minkowski dilemma beyond dielectric materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Elskens</w:t>
+                <w:t xml:space="preserve">Technology, Assembly, and Test of a W -Band Traveling Wave Tube for New 5G High-Capacity Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Doveil</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Clande Racamier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Trung Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Krozer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjd/e2020-100640-6⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67 (7), pp.2919-2924. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2020.2993243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018221v2</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic pulse emission from target holders during short-pulse laser interactions</w:t>
+                <w:t xml:space="preserve">Electromagnetic momenta for wave-particle systems in vacuum waveguides - Universality of the Abraham-Minkowski dilemma beyond dielectric materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien F G Minenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nigel Woolsey</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Elskens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Tikhonchuk</w:t>
+                <w:t xml:space="preserve">Fabrice Doveil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 27 (6), pp.063102. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 74, pp.103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0006666⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjd/e2020-100640-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02876672v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018221v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DIMOHA: A Time-Domain Algorithm for Traveling-Wave Tube Simulations</w:t>
               </w:r>
@@ -861,64 +861,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien F G Minenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Elskens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -982,90 +982,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Traveling-Wave Tube in the History of Telecommunication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien F G Minenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Elskens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Auboin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Doveil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal H</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
@@ -1120,51 +1120,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien F G Minenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem G Terentyuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Elskens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1250,64 +1250,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien F G Minenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Elskens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Doveil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 122 (4), pp.44002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1399,77 +1399,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien F G Minenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Elskens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Doveil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poyé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22e Rencontre du Non-linéaire, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1782,51 +1782,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8A334FA"/>
+    <w:nsid w:val="3BDC462F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2013,51 +2013,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-minenna" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7393-415X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629349v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Marini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F. G. Minenna" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Massimo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Batista" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Bencini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevAccelBeams.27.063401" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528645v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Aliane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Elskens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Andre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F G Minenna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3120969" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876679v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Clande Racamier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Zimmermann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Trung Le" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Krozer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2020.2993243" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018221v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Doveil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2020-100640-6" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876672v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poy&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Bradford" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Woolsey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Tikhonchuk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0006666" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280734v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Puech" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2019.2928450" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Auboin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630803v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem G Terentyuk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita M. Ryskin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab060e" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755085v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/122/44002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145165v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795759v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02479923v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/damien-minenna" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7393-415X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629349v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Marini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F. G. Minenna" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Massimo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Batista" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Bencini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevAccelBeams.27.063401" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528645v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Aliane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Elskens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Andre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F G Minenna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3120969" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876672v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poy&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Bradford" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Woolsey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Tikhonchuk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0006666" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876679v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Clande Racamier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Zimmermann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Trung Le" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Krozer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2020.2993243" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018221v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Doveil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2020-100640-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280734v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Puech" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2019.2928450" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Auboin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630803v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem G Terentyuk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita M. Ryskin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab060e" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755085v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/122/44002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145165v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795759v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02479923v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>