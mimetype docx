--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -240,226 +240,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DELTA: Integrating Multimodal Sensing with Micromobility for Enhanced Sidewalk and Pedestrian Route Understanding</w:t>
+                <w:t xml:space="preserve">SaDVIO : Sparsify and Densify VIO for UGV Traversability Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alireza Akhavi Zadegan</w:t>
+                <w:t xml:space="preserve">César Debeunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alex Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amnir Hadachi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921884v1</w:t>
+                <w:t xml:space="preserve">hal-04639114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SaDVIO : Sparsify and Densify VIO for UGV Traversability Estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DELTA: Integrating Multimodal Sensing with Micromobility for Enhanced Sidewalk and Pedestrian Route Understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alireza Akhavi Zadegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">César Debeunne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Damien Vivet</w:t>
+                <w:t xml:space="preserve">Amnir Hadachi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (12), pp.3863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24123863⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639114v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science objectives of the MMX rover</w:t>
               </w:r>
@@ -592,77 +592,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformer for multiple object tracking: Exploring locality to vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amnir Hadachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoru Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 170, pp.70-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -722,51 +722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Labsir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (3), pp.571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -800,64 +800,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review of Visual-LiDAR Fusion based Simultaneous Localization and Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Debeunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 20 (7), pp.2068. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -904,51 +904,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review of Environmental Context Detection for Navigation Based on Multiple Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Feriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoko Watanabe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1008,64 +1008,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">This Is the Way: Sensors Auto-Calibration Approach Based on Deep Learning for Self-Driving Cars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amnir Hadachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yadu Prabhakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1125,51 +1125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instance Sequence Queries for Video Instance Segmentation with Transformers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhujun Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (13), pp.4507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1242,51 +1242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayen Ben Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Vilà‐valls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1350,51 +1350,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recursive linearly constrained Wiener filter for robust multi-channel signal processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Vilà-Valls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chaumette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1480,51 +1480,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A very simple framework for 3D human poses estimation using a single 2D image: Comparison of geometric moments descriptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Duculty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1584,51 +1584,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-scanner-based powered two-wheeler traffic monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yadu Prabhakar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1709,51 +1709,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization and Mapping Using Only a Rotating FMCW Radar Sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Checchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1813,51 +1813,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobile ground-based radar sensor for localization and mapping: an evaluation of two approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gérossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1934,51 +1934,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odométrie radar par analyse de la distorsion - Applications à la navigation de véhicules terrestres et nautiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Checchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2074,51 +2074,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Context-Adaptive GNSS/INS Estimation Strategies Based on Prior Statistical Multipath Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian von Arnim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoko Watanabe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2191,51 +2191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Tyack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferro-Famil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 International Radar Symposium (IRS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wroclaw, Poland, Jul 2024, Wroclaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2299,51 +2299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Chauffaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 10th International Conference on Automation, Robotics and Applications (ICARA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Athens, France. pp.294-299, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2403,51 +2403,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Amsili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Murdoch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europlanet Science Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Freie Universität Berlin, Sep 2024, Berlin, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2481,77 +2481,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Recovering Field-of-View Imaging-Based SLAM for Lava Tubes Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Debeunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Symposium on Advanced Space Technologies in Robotics and Automation (ASTRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESA, Oct 2023, Leiden (NL), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2576,90 +2576,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast bi-monocular Visual Odometry using Factor Graph Sparsification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Debeunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Vallvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Oct 2023, Detroit (MI), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2684,77 +2684,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a bi-monocular Visual Odometry System for Lava Tubes exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Debeunne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PNARUDE Workshop IEEE/RSJ International Conference on Intelligent Robots and Systems 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2792,64 +2792,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NetCalib: A Novel Approach for LiDAR-Camera Auto-calibration Based on Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amnir Hadachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yadu Prabhakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2890,854 +2890,854 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quadric-based Traffic Sign Landmarks Initialization for Object-oriented EKF-SLAM</w:t>
+                <w:t xml:space="preserve">Linearly Constrained EKF for Non Linear Estimation Applied to Three-Wheeled Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emir Hrustic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayen Ben Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chaumette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 54th Asilomar Conference on Signals, Systems, and Computers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2020, Pacific Grove, France. pp.1542-1547, </w:t>
+              <w:t xml:space="preserve">, Nov 2020, Pacific Grove, United States. pp.784-790, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IEEECONF51394.2020.9443297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IEEECONF51394.2020.9443509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921938v1</w:t>
+                <w:t xml:space="preserve">hal-04942926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning Based Traffic Signs Boundary Estimation</w:t>
+                <w:t xml:space="preserve">Quadric-based Traffic Sign Landmarks Initialization for Object-oriented EKF-SLAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emir Hrustic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE Intelligent Vehicles Symposium (IV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Las Vegas, United States. pp.451-456, </w:t>
+              <w:t xml:space="preserve">2020 54th Asilomar Conference on Signals, Systems, and Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Pacific Grove, France. pp.1542-1547, </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IV47402.2020.9304590⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IEEECONF51394.2020.9443297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03194086v1</w:t>
+                <w:t xml:space="preserve">hal-04921938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CenterNet Heatmap Propagation for Real-Time Video Object Detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Learning Based Traffic Signs Boundary Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emir Hrustic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhujun Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Vision – ECCV 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Online, France. pp.220-234, </w:t>
+              <w:t xml:space="preserve">2020 IEEE Intelligent Vehicles Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Las Vegas, United States. pp.451-456, </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58595-2_14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IV47402.2020.9304590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921949v1</w:t>
+                <w:t xml:space="preserve">hal-03194086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Traffic Signs as Landmarks in Object-oriented EKF-SLAM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CenterNet Heatmap Propagation for Real-Time Video Object Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhujun Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emir Hrustic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 16th International Conference on Control, Automation, Robotics and Vision (ICARCV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Shenzhen, France. pp.273-280, </w:t>
+              <w:t xml:space="preserve">Computer Vision – ECCV 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Online, France. pp.220-234, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICARCV50220.2020.9305318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58595-2_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921934v1</w:t>
+                <w:t xml:space="preserve">hal-04921949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linearly Constrained EKF for Non Linear Estimation Applied to Three-Wheeled Vehicles</w:t>
+                <w:t xml:space="preserve">Using Traffic Signs as Landmarks in Object-oriented EKF-SLAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emir Hrustic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Chaumette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 54th Asilomar Conference on Signals, Systems, and Computers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Pacific Grove, United States. pp.784-790, </w:t>
+              <w:t xml:space="preserve">2020 16th International Conference on Control, Automation, Robotics and Vision (ICARCV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Shenzhen, France. pp.273-280, </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IEEECONF51394.2020.9443509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICARCV50220.2020.9305318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04942926v1</w:t>
+                <w:t xml:space="preserve">hal-04921934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare Events Detection and Localization In Crowded Scenes Based On Flow Signature</w:t>
+                <w:t xml:space="preserve">Détection d'événements rares par modélisation de la signature du flot optique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Ninth International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02441143v1</w:t>
+                <w:t xml:space="preserve">hal-02277109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracting Proprioceptive Information By Analyzing Rotating Range Sensors Induced Distortion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Rare Events Detection and Localization In Crowded Scenes Based On Flow Signature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 27th European Signal Processing Conference (EUSIPCO)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8903009⟩</w:t>
+              <w:t xml:space="preserve">2019 Ninth International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Istanbul, Turkey. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPTA.2019.8936073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03202069v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection d'événements rares par modélisation de la signature du flot optique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Extracting Proprioceptive Information By Analyzing Rotating Range Sensors Induced Distortion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 27th European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, A Coruna, Spain. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8903009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277109v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian Generative Model Based on Color Histogram of Oriented Phase and Histogram of Oriented Optical Flow for Rare Event Detection in Crowded Scenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3788,51 +3788,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de la saillance visuelle dans la reconnaissance d’évènements rares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3883,51 +3883,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de la saillance visuelle dans la reconnaissance d'évènements rares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3978,51 +3978,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Human Poses Estimation from a single 2D silhouette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dieudonné Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Duculty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4095,51 +4095,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système laser autonome pour la détection et le comptage des deux roues motorisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yadu Prabhakar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4242,51 +4242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Subirats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Violette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4341,51 +4341,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-parametric Occupancy Map Using Millions of Range Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Deymier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4423,51 +4423,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radar-only Localization and Mapping for Ground Vehicle at High Speed and for Riverside Boat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Checchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4518,51 +4518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic Block-Matching Based 6D Camera Localization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Deymier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4626,51 +4626,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odométrie radar par analyse de la distorsion - Application à un véhicule roulant à vitesse élevée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Checchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4721,51 +4721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SLAM with Slow Rotating Range Sensors. Evaluation of Lined-based Map Quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Checchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4861,51 +4861,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abnormal Events Analysis By The Latent Dirichlet Allocation (LDA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Fabrice Atrevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4975,51 +4975,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception de l'environnement par radar hyperfréquence. Application à la localisation et la cartographie simultanées, à la détection et au suivi d'objets mobiles en milieu extérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Blaise Pascal - Clermont-Ferrand II, 2011. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011CLF22183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5078,51 +5078,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions à la perception multimodale sémantique et applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robotique [cs.RO]. INP Toulouse, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5309,51 +5309,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05349939v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Murdoch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Lalucaa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecily Sunday" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tardivel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40645-025-00725-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921884v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Akhavi Zadegan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vivet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnir Hadachi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24123863" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639114v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Debeunne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Torres" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264544v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ulamec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Michel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Grott" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute B&#246;ttger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schr&#246;der" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2023.05.012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543236v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Wu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoru Lu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2023.04.016" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549470v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Labsir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pag&#232;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14030571" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194035v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20072068" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192437v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Feriol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Watanabe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20164532" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921901v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadu Prabhakar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3124788" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921953v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhujun Xu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21134507" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108774v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emir Hrustic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayen Ben Abdallah" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vil&#224;&#8208;valls" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5305" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488598v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vil&#224;-Valls" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vincent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Closas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.107291" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185628v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Fabrice Atrevi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Duculty" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Emile" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2017.06.024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Subirats" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Lecomte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Violette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Checchin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chapuis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s130404527" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071030v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck G&#233;rossier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Trassoudaine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071032v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119392v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian von Arnim" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLANS61210.2025.11028368" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921869v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Tyack" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921877v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchetan Saravanan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Chauffaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chanel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARA60736.2024.10553174" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Amsili" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-407" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248151v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185948v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Vallv&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765955v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921913v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412653" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921938v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF51394.2020.9443297" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194086v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV47402.2020.9304590" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921949v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58595-2_14" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921934v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV50220.2020.9305318" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942926v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF51394.2020.9443509" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441143v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2019.8936073" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202069v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8903009" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277109v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185631v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739783v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636950v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636974v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dieudonn&#233; Atrevi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005711503610369" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989044v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bensrhair" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071369v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071370v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Deymier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chateau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071372v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071371v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benois Priot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calmettes" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656486v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chapuis Roland" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112428v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185714v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00659270v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011CLF22183" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04932893v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05349939v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Murdoch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Lalucaa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecily Sunday" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tardivel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40645-025-00725-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639114v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Debeunne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Torres" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vivet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Akhavi Zadegan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnir Hadachi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24123863" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264544v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ulamec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Michel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Grott" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute B&#246;ttger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schr&#246;der" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2023.05.012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543236v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Wu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoru Lu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2023.04.016" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549470v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Labsir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pag&#232;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14030571" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194035v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20072068" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192437v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Feriol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Watanabe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20164532" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921901v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadu Prabhakar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3124788" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921953v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhujun Xu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21134507" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108774v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emir Hrustic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayen Ben Abdallah" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vil&#224;&#8208;valls" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5305" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488598v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vil&#224;-Valls" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vincent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Closas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.107291" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185628v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Fabrice Atrevi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Duculty" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Emile" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2017.06.024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Subirats" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Lecomte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Violette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Checchin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chapuis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s130404527" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071030v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck G&#233;rossier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Trassoudaine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071032v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119392v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian von Arnim" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLANS61210.2025.11028368" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921869v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Tyack" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921877v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchetan Saravanan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Chauffaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chanel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARA60736.2024.10553174" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Amsili" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-407" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248151v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185948v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Vallv&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765955v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921913v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412653" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942926v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF51394.2020.9443509" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921938v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF51394.2020.9443297" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194086v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV47402.2020.9304590" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58595-2_14" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921934v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV50220.2020.9305318" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277109v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441143v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2019.8936073" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202069v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8903009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185631v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739783v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636950v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636974v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dieudonn&#233; Atrevi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005711503610369" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989044v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bensrhair" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071369v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071370v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Deymier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chateau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071372v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071371v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benois Priot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calmettes" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656486v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chapuis Roland" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112428v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185714v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00659270v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011CLF22183" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04932893v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>