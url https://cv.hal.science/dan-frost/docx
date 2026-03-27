--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -250,256 +250,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactions to the academic discourse of non-native speakers of English: Design and implementation of a study</w:t>
+                <w:t xml:space="preserve">Prosodie, intelligibilité et compréhensibilité : l'évaluation de la prononciation lors d'un stage court</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laura Abou Haidar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Langues Modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, L’enseignement de la prononciation en classe de langue : démarches et outils, 3 (2020), pp.76-90</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542215v1</w:t>
+                <w:t xml:space="preserve">hal-03542338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prosodie, intelligibilité et compréhensibilité : l'évaluation de la prononciation lors d'un stage court</w:t>
+                <w:t xml:space="preserve">Reactions to the academic discourse of non-native speakers of English: Design and implementation of a study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Henderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Abou Haidar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Langues Modernes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (18-3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdlc.10119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542338v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rationale and design of a study of foreign-accented academic English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AILA Applied Linguistics Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.198 - 222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -533,51 +533,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The English Pronunciation Teaching in Europe Survey: Selected Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1029,51 +1029,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résultats du sondage EPTiES (English Pronunciation Teaching in Europe Survey) : l’enseignement de la prononciation dans plusieurs pays européens vu par les enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Vol. XXXII N° 1, pp.92-113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1120,51 +1120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The English pronunciation teaching in Europe survey: selected results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Una Cunningham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1693,51 +1693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International du GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Grenoble-Alpes, Mar 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1775,51 +1775,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception, comprehension and judgement of foreign accented English academic discourse: What exactly is the problem?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPIP6 International Conference on English Pronunciation: Issues &amp; Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ss. Cyril and Methodius University, May 2019, Skopje, Macedonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1857,64 +1857,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet IP-CAFES : réactions au discours académique de non-anglophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International ACEDLE « Didactique des langues &amp; plurilinguismes : 30 ans de recherche »,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University Grenoble-Alpes, Nov 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2071,165 +2071,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02020258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teaching and assessing prosody effectively</w:t>
+                <w:t xml:space="preserve">Evaluating the essentials : the place of prosody in oral production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34e colloque de TESOL France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">EPIP 4 (4e International Conference on English Pronunciation: Issues and Practices)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020236v1</w:t>
+                <w:t xml:space="preserve">hal-02020274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the essentials : the place of prosody in oral production</w:t>
+                <w:t xml:space="preserve">Teaching and assessing prosody effectively</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPIP 4 (4e International Conference on English Pronunciation: Issues and Practices)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">34e colloque de TESOL France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020274v1</w:t>
+                <w:t xml:space="preserve">hal-02020236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Success: B2 or not B2, that is the question</w:t>
               </w:r>
@@ -2323,51 +2323,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elina Tergujeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Kautzsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2523,51 +2523,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rationale and design of a study of foreign accented academic English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anastazija Kirkova-Naskova; Alice Henderson; Jonás Fouz-González. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">English Pronunciation Instruction. Research-based insights</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.197-222, 2021, English Pronunciation Instruction. Research-based insights, 9789027259073</w:t>
@@ -2609,51 +2609,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The IP-CAFES project: Reactions to foreign accented English academic discourse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anastazija Kirkova-Naskova; Jonás Fouz-Gonzalez; Alice Henderson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">English Pronunciation Instruction: Research-based Insights</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.197-222, 2021, 9027259070</w:t>
@@ -2781,51 +2781,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">English pronunciation teaching in Europe : Inside and outside the classroom.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesley Curnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3090,51 +3090,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="49449899"/>
+    <w:nsid w:val="BEBEE994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3321,51 +3321,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dan-frost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9018-0521" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132317192" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/216330437" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000432508263" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542215v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Frost" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Henderson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Wilhelm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abou Haidar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.10119" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542338v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542858v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/aals.19.09fro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542700v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Tergujeff" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kautzsch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Murphy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10015-011-0047-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020325v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Guy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020336v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean O'Donnell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5195" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-QRM8NKDV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020346v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Picavet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020342v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962474v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.3586" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644660v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una Cunningham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542714v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0025100310000253" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542785v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.684" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542807v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.382" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542828v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.4285" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929188v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Terrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wilson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848596v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02020192v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020258v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020236v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020313v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542604v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastazija Kirkova-Naskova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542760v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542906v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848265v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085252v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-5275-0390-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940512v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Curnick" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frost" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04734999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dan-frost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9018-0521" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132317192" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/216330437" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000432508263" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542338v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Frost" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542215v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Henderson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Wilhelm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abou Haidar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.10119" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542858v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/aals.19.09fro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542700v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Tergujeff" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kautzsch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Murphy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10015-011-0047-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020325v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Guy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020336v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean O'Donnell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5195" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-QRM8NKDV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020346v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Picavet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020342v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962474v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.3586" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644660v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una Cunningham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542714v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0025100310000253" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542785v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.684" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542807v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.382" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542828v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.4285" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929188v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Terrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wilson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848596v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02020192v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020258v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020274v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020236v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020313v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542604v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastazija Kirkova-Naskova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542760v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542906v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848265v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085252v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-5275-0390-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940512v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Curnick" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frost" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04734999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>