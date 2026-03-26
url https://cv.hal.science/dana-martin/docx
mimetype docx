--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -149,200 +149,200 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’« heure zéro » ( Stunde Null ) entre mythe et réalité dans la société et la culture : éléments d’introduction</w:t>
+                <w:t xml:space="preserve">« L’'heure zéro' (Stunde Null) entre mythe et réalité dans la société et la culture. Éléments d'introduction. »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, N° 224 (224), pp.70-80. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488010v1</w:t>
+                <w:t xml:space="preserve">hal-02166166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’'heure zéro' (Stunde Null) entre mythe et réalité dans la société et la culture. Éléments d'introduction. »,</w:t>
+                <w:t xml:space="preserve">L’« heure zéro » ( Stunde Null ) entre mythe et réalité dans la société et la culture : éléments d’introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, N° 224 (224), pp.70-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.224.0070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02166166v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L'oubli : jalons pour une approche transdisciplinaire.</w:t>
               </w:r>
@@ -1223,51 +1223,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’oubli), K@iros, n°2</w:t>
+                <w:t xml:space="preserve">L’oubli. K@iros, n°2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pergia Gkouskou-Giannakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Goudot</w:t>
@@ -1287,75 +1287,75 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02166234v1</w:t>
+                <w:t xml:space="preserve">hal-02122971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’oubli. K@iros, n°2</w:t>
+                <w:t xml:space="preserve">L’oubli), K@iros, n°2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pergia Gkouskou-Giannakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Goudot</w:t>
@@ -1375,51 +1375,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122971v1</w:t>
+                <w:t xml:space="preserve">hal-02166234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1899,51 +1899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://allemagne.hypotheses.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revuekairos.univ-bpclermont.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488010v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Goepper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.224.0070" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166166v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166203v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pergia Gkouskou-Giannakou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Goudot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122709v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ny Aina Rakotomalala Harisoa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240057v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Salmon-Monviola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166210v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470609v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gr&#233;goire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Shires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Spitzl-Dupic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9945" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898535v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Van" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Harris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02478661v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rouquette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Salah Aba&#239;di" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649599v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649613v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166234v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122971v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Verdugo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166310v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166315v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141655v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://allemagne.hypotheses.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revuekairos.univ-bpclermont.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166166v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Goepper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488010v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.224.0070" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166203v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pergia Gkouskou-Giannakou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Goudot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122709v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ny Aina Rakotomalala Harisoa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240057v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Salmon-Monviola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166210v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470609v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gr&#233;goire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Shires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Spitzl-Dupic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9945" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898535v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Van" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Harris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02478661v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rouquette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Salah Aba&#239;di" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649599v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649613v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122971v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166234v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Verdugo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166310v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166315v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141655v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>