--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -653,256 +653,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des paramètres des structures fibreuses et tissées sous charges dynamiques</w:t>
+                <w:t xml:space="preserve">Comparaison du comportement dynamique de deux titanes Ti-6Al-4V produits par fabrication additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Boussu</w:t>
+                <w:t xml:space="preserve">Alexandre Hiricoiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Chevalier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andreas Klavzar</w:t>
+                <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">15ème colloque national AIP Primeca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, La Plagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03465394v1</w:t>
+                <w:t xml:space="preserve">hal-03436568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison du comportement dynamique de deux titanes Ti-6Al-4V produits par fabrication additive</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence des paramètres des structures fibreuses et tissées sous charges dynamiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boussu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Hiricoiu</w:t>
+                <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Haugou</w:t>
+                <w:t xml:space="preserve">Andreas Klavzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème colloque national AIP Primeca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, La Plagne, France</w:t>
+              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436568v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation multi-échelle du comportement en compression du bois</w:t>
               </w:r>
@@ -1225,77 +1225,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influent Fabric Parameters on the Energy Absorption During Dynamic Tensile Loadings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1342,90 +1342,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des paramètres des structures fibreuses et tissées sous charges dynamiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Klavzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1502,51 +1502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Oudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1584,103 +1584,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new experimental setup to characterize the dynamic mechanical behaviour of ballistic yarns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Faderl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dyncomp’2015, International conférence on dynamics of composites structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Arles, France. pp.105902</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1731,51 +1731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Wouts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Houillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Oudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1830,77 +1830,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of 3D warp interlock fabric parameters on final geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2046,64 +2046,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation en dynamique rapide du Ti-6Al-4V obtenu en Fabrication Additive par Faisceau d’Électrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Hiricoiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2424,1307 +2424,1307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01331189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the dynamic behavior of yarns for the modeling of ballistic fabrics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Andreas Klavzar</w:t>
+                <w:t xml:space="preserve">Numerical modeling of nonlinearity, plasticity and damage in CFRP-woven composites for crash simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cousigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Boussu</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro P Camanho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International conference on Impact Loading of Lightweight structures (ICILLS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th International Conference on Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Porto, Portugal. pp.75-88, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2014.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03474133v1</w:t>
+                <w:t xml:space="preserve">hal-03448572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and high velocity impact studies on hybrid armor using metallic and 3D textile composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Experimental studies on high velocity impact on vehicle armoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAMX2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
+              <w:t xml:space="preserve">1st International Conference on Mechanics of Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Long Island, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434264v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Shell-based SPH model for the low-velocity impact and failure analysis of composite plates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Lin</w:t>
+                <w:t xml:space="preserve">Failure mechanisms in chip-metallization in power applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Klinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Serge Abrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Dynamic Response and Failure of Composite Materials, DRaF2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 15th International Conference on Thermal, Mechanical and Multi-Physics Simulation and Experiments in Microelectronics and Microsystems (EuroSimE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Ghent, Belgium. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EuroSimE.2014.6813772⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434351v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of nonlinearity, plasticity and damage in CFRP-woven composites for crash simulations</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Methodology for a New Qualified Numerical Model of a 2-Stroke Diesel Engine Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nachida Bourabaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Composite Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Advances in Civil, Structural and Mechanical Engineering - CSME 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Hong-Kong, Hong Kong SAR China. pp.32-37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15224/978-1-63248-025-5-33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2014.04.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03448572v1</w:t>
+                <w:t xml:space="preserve">hal-01068130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental studies on high velocity impact on vehicle armoring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Dynamic Mechanical Behavior Of Yarn Under High Speed Loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie Lefebvre</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Klavzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Conference on Mechanics of Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Long Island, United States</w:t>
+              <w:t xml:space="preserve">AUTEX, 14th World Textile Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Bursa, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475000v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure mechanisms in chip-metallization in power applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Markus Klinger</w:t>
+                <w:t xml:space="preserve">Bond graph model of a flapping wing micro-air vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Grondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bontemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 15th International Conference on Thermal, Mechanical and Multi-Physics Simulation and Experiments in Microelectronics and Microsystems (EuroSimE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EuroSimE.2014.6813772⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ASME 10th International Conference on Mechatronic and Embedded Systems and Applications (MESA 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Senigallia, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MESA.2014.6935565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03474091v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology for a New Qualified Numerical Model of a 2-Stroke Diesel Engine Design</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Morin</w:t>
+                <w:t xml:space="preserve">Fracture mechanics in new designed power module under thermo‐mechanical loads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Klingler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arian Grams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advances in Civil, Structural and Mechanical Engineering - CSME 2014</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15224/978-1-63248-025-5-33⟩</w:t>
+              <w:t xml:space="preserve">JIP 2014 - Fatigue Design &amp; Material Defects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Paris, France. pp.04015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/20141204015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01068130v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01669938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Mechanical Behavior Of Yarn Under High Speed Loading</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Characterization of the dynamic behavior of yarns for the modeling of ballistic fabrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Kerisit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Klavzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AUTEX, 14th World Textile Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Bursa, Turkey</w:t>
+              <w:t xml:space="preserve">4th International conference on Impact Loading of Lightweight structures (ICILLS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475063v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture mechanics in new designed power module under thermo‐mechanical loads</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Markus Klingler</w:t>
+                <w:t xml:space="preserve">Efficient Shell-based SPH model for the low-velocity impact and failure analysis of composite plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Abrate</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JIP 2014 - Fatigue Design &amp; Material Defects</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium on Dynamic Response and Failure of Composite Materials, DRaF2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Ischia, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01669938v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bond graph model of a flapping wing micro-air vehicle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Cattan</w:t>
+                <w:t xml:space="preserve">Experimental and high velocity impact studies on hybrid armor using metallic and 3D textile composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boussu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME 10th International Conference on Mechatronic and Embedded Systems and Applications (MESA 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CAMX2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MESA.2014.6935565⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03552697v1</w:t>
+                <w:t xml:space="preserve">hal-03434264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confrontation of Failure Mechanisms Observed during Active Power Cycling Tests with Finite Element Analyze Performed on a MOSFET Power Module</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jeanne Margot Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Klinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3797,64 +3797,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la géométrie réelle d'un tissu 3D interlock sur la précision de la simulation numérique à l'impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuong Ha-Minh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3905,51 +3905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de structures minces de type coque en comportement non linéaire géométrique par la méthode SPH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4039,77 +4039,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Lequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th AUTEX World Textile Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4134,51 +4134,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-buckling analysis of thin-walled structures using the SPH method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4251,103 +4251,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new device for experimental study of the dynamic behaviour of ballistic yarns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Klavzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Kerisit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Week @ Leuven and TexComp-11 conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4366,325 +4366,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03543811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du post-flambement de structures minces par la méthode SPH</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hakim Naceur</w:t>
+                <w:t xml:space="preserve">Improvements of ballistic simulations using a more realistic fibrous reinforcement modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhoudaded Laksimi</w:t>
+                <w:t xml:space="preserve">Karine Thoral-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+              <w:t xml:space="preserve">Composites Week @ Leuven and TexComp-11 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722090v1</w:t>
+                <w:t xml:space="preserve">hal-03544447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements of ballistic simulations using a more realistic fibrous reinforcement modelling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Boussu</w:t>
+                <w:t xml:space="preserve">Modélisation du post-flambement de structures minces par la méthode SPH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Thoral-Pierre</w:t>
+                <w:t xml:space="preserve">Abdelhoudaded Laksimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Week @ Leuven and TexComp-11 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Louvain, Belgium</w:t>
+              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03544447v1</w:t>
+                <w:t xml:space="preserve">hal-01722090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study on the influence of weaving parameters on the ballistic performances of 3D fabrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nussbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Symposium on Ballistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Freiburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5316,243 +5316,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Techniques de réduction d’échelle pour l’étude au crash d’un composite stratifié</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Taking into account complex phenomena in the numerical simulation in the case of an impact on to composite structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rozycki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Dormegnie</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">David Delsart</w:t>
+                <w:t xml:space="preserve">Jean Christophe Walrick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes rendus des onzièmes journées nationales sur les composites - JNC12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2000, Cachan, France</w:t>
+              <w:t xml:space="preserve">EURO-PAM '2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01240589v1</w:t>
+                <w:t xml:space="preserve">hal-01008998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking into account complex phenomena in the numerical simulation in the case of an impact on to composite structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Techniques de réduction d’échelle pour l’étude au crash d’un composite stratifié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Dormegnie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Deletombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rozycki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Walrick</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Delsart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO-PAM '2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Nantes, France</w:t>
+              <w:t xml:space="preserve">Comptes rendus des onzièmes journées nationales sur les composites - JNC12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2000, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01008998v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles fonctionnalités de l’élément multicouches multimatériaux de PAM CRASH™</w:t>
               </w:r>
@@ -5672,51 +5672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rozycki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Walrick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes rendus des onzièmes journées nationales sur les composites - JNC11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1998, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6054,51 +6054,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanjin Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guoqun Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 259, pp.113502. </w:t>
@@ -6175,51 +6175,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangchun Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanjin Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6672,77 +6672,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New textile composite solutions for armouring of vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6802,51 +6802,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strain rate effects on the compressive response of wood and energy absorption capabilities – Part B: Experimental investigation under rigid lateral confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Wouts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6913,333 +6913,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03110778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrically nonlinear bending analysis of functionally graded beam with variable thickness by a meshless method</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guoqun Zhao</w:t>
+                <w:t xml:space="preserve">Confinement device to assess dynamic crushability of wood material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Wouts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Haugou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 189, pp.239-246. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 232 (8), pp.1418-1432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.01.063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0954406217719306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03450880v1</w:t>
+                <w:t xml:space="preserve">hal-03110781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement device to assess dynamic crushability of wood material</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Oudjene</w:t>
+                <w:t xml:space="preserve">Geometrically nonlinear bending analysis of functionally graded beam with variable thickness by a meshless method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanjin Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoqun Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 189, pp.239-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.01.063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0954406217719306⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03110781v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meshless modelling of low-velocity impacting damage for composite laminates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanjin Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7368,51 +7368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanjin Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guoqun Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7694,415 +7694,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03456456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Laminate Failure in Composite Materials for Automotive Applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro P Camanho</w:t>
+                <w:t xml:space="preserve">Power Cycling Reliability of Power Module: A Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Klingler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Hartmann</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEA Information Engineering Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Device and Materials Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (1), pp.80-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TDMR.2016.2516044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03445539v1</w:t>
+                <w:t xml:space="preserve">hal-03448115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new reduced model of scavenging to optimize cylinder design</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Morin</w:t>
+                <w:t xml:space="preserve">A new experimental setup to characterize the dynamic mechanical behaviour of ballistic yarns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Kerisit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boussu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Faderl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIMULATION: Transactions of The Society for Modeling and Simulation International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0037549716644516⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (10), pp.105902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-0233/27/10/105902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01330975v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power Cycling Reliability of Power Module: A Survey</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A new reduced model of scavenging to optimize cylinder design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nachida Bourabaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Device and Materials Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TDMR.2016.2516044⟩</w:t>
+              <w:t xml:space="preserve">SIMULATION: Transactions of The Society for Modeling and Simulation International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 92 (6), pp.507-520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0037549716644516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448115v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scavenging Process Analysis in a 2-Stroke Engine by CFD Approach for a Parametric 0D Model Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8170,234 +8183,221 @@
               <w:t xml:space="preserve">Journal of Applied Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9 (1), pp.69-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.36884/jafm.9.SI1.26397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new experimental setup to characterize the dynamic mechanical behaviour of ballistic yarns</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Boussu</w:t>
+                <w:t xml:space="preserve">Modelling Laminate Failure in Composite Materials for Automotive Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Moncayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Köster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro P Camanho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FEA Information Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (6), pp.1-24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446952v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strain rate effects on the compressive response of wood and energy absorption capabilities – Part A: Experimental investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Wouts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Oudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8581,261 +8581,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04533567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient smoothed particle hydrodynamics method for the analysis of planar structures undergoing geometric nonlinearities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geometrically nonlinear analysis of two-dimensional structures using an improved smoothed particle hydrodynamics method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Laksimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 29 (5), pp.2147-2155. </w:t>
+              <w:t xml:space="preserve">Engineering Computations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32 (3), pp.779-805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12206-015-0232-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/EC-12-2013-0306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03448579v1</w:t>
+                <w:t xml:space="preserve">hal-03448701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrically nonlinear analysis of two-dimensional structures using an improved smoothed particle hydrodynamics method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Lin</w:t>
+                <w:t xml:space="preserve">Study of fatigue failure in Al-chip-metallization during power cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Klingler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdel Laksimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Computations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 32 (3), pp.779-805. </w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 138, pp.127-145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/EC-12-2013-0306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2015.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03448701v1</w:t>
+                <w:t xml:space="preserve">hal-03450932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specialized Reduced Models of Dynamic Flows in 2-Stroke Engines</w:t>
               </w:r>
@@ -8949,742 +8949,742 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of fatigue failure in Al-chip-metallization during power cycling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Markus Klingler</w:t>
+                <w:t xml:space="preserve">Numerical modeling of the low-velocity impact of composite plates using a shell-based SPH method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hakim Naceur</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Abrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 138, pp.127-145. </w:t>
+              <w:t xml:space="preserve">Meccanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (10), pp.2649-2660. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2015.02.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11012-015-0243-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03450932v1</w:t>
+                <w:t xml:space="preserve">hal-03451658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of the low-velocity impact of composite plates using a shell-based SPH method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Efficient smoothed particle hydrodynamics method for the analysis of planar structures undergoing geometric nonlinearities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Serge Abrate</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Laksimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meccanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 50 (10), pp.2649-2660. </w:t>
+              <w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29 (5), pp.2147-2155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11012-015-0243-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12206-015-0232-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451658v1</w:t>
+                <w:t xml:space="preserve">hal-03448579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient meshless SPH method for the numerical modeling of thick shell structures undergoing large deformations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Lin</w:t>
+                <w:t xml:space="preserve">Numerical modeling of nonlinearity, plasticity and damage in CFRP-woven composites for crash simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cousigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Moncayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro P Camanho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdel Laksimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2014.04.009⟩</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 115, pp.75-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2014.04.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03619857v1</w:t>
+                <w:t xml:space="preserve">hal-03619842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of nonlinearity, plasticity and damage in CFRP-woven composites for crash simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Moncayo</w:t>
+                <w:t xml:space="preserve">Geometrically nonlinear analysis of thin-walled structures using efficient Shell-based SPH method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hakim Naceur</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Laksimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2014.04.017⟩</w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 85, pp.127-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2013.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03619842v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrically nonlinear analysis of thin-walled structures using efficient Shell-based SPH method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">On the implementation of a nonlinear shell-based SPH method for thin multilayered structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Laksimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdel Laksimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 85, pp.127-133. </w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 108, pp.905-914. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2013.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2013.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03663435v1</w:t>
+                <w:t xml:space="preserve">hal-03624749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the implementation of a nonlinear shell-based SPH method for thin multilayered structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Efficient meshless SPH method for the numerical modeling of thick shell structures undergoing large deformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Coutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Laksimi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 108, pp.905-914. </w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2013.10.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2014.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03624749v1</w:t>
+                <w:t xml:space="preserve">hal-03619857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the modeling and design of composite multilayered structures using solid-shell finite element model</w:t>
               </w:r>
@@ -9799,51 +9799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new nonlinear numerical material model for woven composite materials accounting for permanent deformation and damage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cousigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9933,90 +9933,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armouring solutions against high velocity impact using 2D laminates and 3D warp interlock composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10080,51 +10080,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formations internationales bi diplômantes à l'ENSIAME : du premier double diplôme européen à la conquête des autres continents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauffriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Grondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10469,90 +10469,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des effets d'échelles sur le comportement de structures compositesScale effects analysis of composite structures behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Dormegnie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Delsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Deletombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Ravalard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10611,90 +10611,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studies of Scale Effects for Crash on Laminated Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Dormegnie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Delsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Deletombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 10 (1), pp.49-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11165,90 +11165,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements of dynamic properties of ballistic yarns using innovative testing devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kerisit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Klavzar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Coutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11844,51 +11844,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Coutellier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqing Bai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Naceur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398178v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gotre Bi Djeli Bienvenu Boli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oudjene" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436242v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Laksimi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aboura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03549573v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bu&#232;che" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03466764v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465394v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boussu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chevalier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kerisit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Klavzar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436568v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hiricoiu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Haugou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899334v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Wouts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Rahmoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Durand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Magniez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moise Vouters" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436494v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moncayo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P Camanho" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gl&#246;ggler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/asc2017/15394" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03439606v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03432953v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morvan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03434047v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Faderl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433977v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Houillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03667182v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444889v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Klingler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Guerin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bigerelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253601v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cagin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachida Bourabaa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fischer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delacourt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Morin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331189v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36884/jafm.9.SI1.26397" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03474133v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03434264v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Provost" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vall&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03434351v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Abrate" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448572v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cousign&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2014.04.017" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475000v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03474091v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Klinger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSimE.2014.6813772" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068130v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15224/978-1-63248-025-5-33" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475063v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669938v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arian Grams" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141204015" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03552697v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grondel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bontemps" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cattan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MESA.2014.6935565" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03513207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeanne Margot Durand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSimE.2013.6529900" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717090v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Ha-Minh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Imad" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03512879v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lequin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446866v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahed Laksimi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4806898" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03543811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722090v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhoudaded Laksimi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544447v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Thoral-Pierre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03512889v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nussbaum" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392419v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa-Birame Gning" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delsart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00295348v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Combescure" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gilles" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Bergheau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504171v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quetel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes M&#252;llers" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Hinterkausen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813040v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Postec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008299v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozycki" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-0161-7_11" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5ED5F1A1B88115038E45C4E84CE82EC115C8F949/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240588v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.11.263-276" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240589v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Dormegnie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deletombe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008998v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Walrick" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008524v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Ni" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eberhard Haug" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240591v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998208v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guan Liang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009113v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damond G&#233;nin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jousset" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446742v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Li" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangchun Wang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanjin Guan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqun Zhao" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.113502" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03536533v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Liu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csite.2021.100889" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03536606v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghu Zhan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coco.2021.100664" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03534212v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilong Wang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coco.2021.100843" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448890v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.25902" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451536v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/7938720" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03110778v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudjene" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.07.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450880v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.01.063" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KBSW5SV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03110781v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406217719306" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450097v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Huang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2018.1450543" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451159v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2018.08.029" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GM2L9PB4-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849610v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2017029" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456456v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmondo Di Pasquale" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12239-017-0063-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03445539v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. K&#246;ster" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hartmann" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330975v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0037549716644516" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448115v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDMR.2016.2516044" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330948v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446952v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/27/10/105902" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03096703v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.compstruct.2016.03.058" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04533567v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2016.10.002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448579v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-015-0232-9" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448701v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-12-2013-0306" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330965v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1124187" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450932v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2015.02.020" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451658v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-015-0243-8" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03619857v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2014.04.009" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03619842v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03663435v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2013.12.010" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624749v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.10.008" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624138v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddick Shiri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Batoz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2013.02.004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PH0PV1K0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03613717v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Camanho" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.07.026" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644392v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rondot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1528083713498914" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806668v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauffriez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/2011001" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789349v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gren&#234;che" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.17.71-82" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567708v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Walrick" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Geoffroy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2004.12.037" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6R9MJVX0-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490187v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.14.31-50" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432547v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ravalard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(02)00003-9" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLH13LP3-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496686v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1021196811432" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G839HMXQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007278v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006749v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(00)01079-4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007092v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-835X(00)00022-1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DF4FBF75D571D0ECD7EFCA10DB84E69C0B4F2E60/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007294v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gauthier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03667392v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-461-1.00007-8" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654040v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5329-7_14" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600249v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Geoffroy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-015-9966-5_52" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4PV9J56W-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03200283v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00295381v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Coutellier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqing Bai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Naceur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398178v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gotre Bi Djeli Bienvenu Boli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oudjene" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436242v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Laksimi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aboura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03549573v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bu&#232;che" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03466764v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436568v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hiricoiu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Haugou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465394v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boussu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chevalier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kerisit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Klavzar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899334v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Wouts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Rahmoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Durand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Magniez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moise Vouters" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436494v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moncayo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P Camanho" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gl&#246;ggler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/asc2017/15394" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03439606v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03432953v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morvan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03434047v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Faderl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433977v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Houillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03667182v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444889v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Klingler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Guerin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bigerelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253601v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cagin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachida Bourabaa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fischer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delacourt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Morin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331189v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36884/jafm.9.SI1.26397" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448572v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cousign&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2014.04.017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475000v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Provost" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vall&#233;e" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03474091v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Klinger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSimE.2014.6813772" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068130v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15224/978-1-63248-025-5-33" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475063v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03552697v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grondel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bontemps" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cattan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MESA.2014.6935565" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669938v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arian Grams" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141204015" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03474133v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03434351v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Abrate" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03434264v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03513207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeanne Margot Durand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSimE.2013.6529900" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717090v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Ha-Minh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Imad" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03512879v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lequin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446866v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahed Laksimi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4806898" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03543811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544447v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Thoral-Pierre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722090v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhoudaded Laksimi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03512889v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nussbaum" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392419v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa-Birame Gning" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delsart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00295348v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Combescure" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gilles" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Bergheau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504171v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quetel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes M&#252;llers" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Hinterkausen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813040v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Postec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008299v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozycki" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-0161-7_11" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5ED5F1A1B88115038E45C4E84CE82EC115C8F949/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240588v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.11.263-276" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008998v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Walrick" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240589v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Dormegnie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deletombe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008524v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Ni" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eberhard Haug" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240591v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998208v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guan Liang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009113v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damond G&#233;nin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jousset" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446742v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Li" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangchun Wang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanjin Guan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqun Zhao" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.113502" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03536533v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Liu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csite.2021.100889" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03536606v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghu Zhan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coco.2021.100664" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03534212v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilong Wang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coco.2021.100843" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448890v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.25902" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451536v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/7938720" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03110778v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudjene" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.07.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03110781v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406217719306" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450880v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.01.063" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KBSW5SV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450097v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Huang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2018.1450543" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451159v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2018.08.029" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GM2L9PB4-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849610v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2017029" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456456v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmondo Di Pasquale" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12239-017-0063-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448115v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDMR.2016.2516044" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446952v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/27/10/105902" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330975v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0037549716644516" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330948v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03445539v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. K&#246;ster" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hartmann" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03096703v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.compstruct.2016.03.058" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04533567v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2016.10.002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448701v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-12-2013-0306" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450932v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2015.02.020" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330965v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1124187" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451658v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-015-0243-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448579v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-015-0232-9" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03619842v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03663435v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2013.12.010" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624749v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.10.008" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03619857v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2014.04.009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624138v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddick Shiri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Batoz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2013.02.004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PH0PV1K0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03613717v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Camanho" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2013.07.026" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644392v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rondot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1528083713498914" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806668v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauffriez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/2011001" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789349v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gren&#234;che" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.17.71-82" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567708v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Walrick" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Geoffroy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2004.12.037" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6R9MJVX0-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490187v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.14.31-50" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432547v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ravalard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(02)00003-9" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLH13LP3-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496686v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1021196811432" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G839HMXQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007278v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006749v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(00)01079-4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007092v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-835X(00)00022-1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DF4FBF75D571D0ECD7EFCA10DB84E69C0B4F2E60/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007294v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gauthier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03667392v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-461-1.00007-8" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654040v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5329-7_14" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600249v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Geoffroy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-015-9966-5_52" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4PV9J56W-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03200283v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00295381v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>