--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2460,51 +2460,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02840506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The performance of angora rabbits does and their progeny depending on the semen used for AI.</w:t>
+                <w:t xml:space="preserve">Angora anyanyulak és ivadékaik termelése a termékenyitéshez hasznalt ondotol függoen.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.S. Eiben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z.S. Szendro</w:t>
@@ -2539,319 +2539,319 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Radnai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Rabbit Production in Hot Climates</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1998, Adana</w:t>
+              <w:t xml:space="preserve">10. Nyultenyesztesi Tudomanyos Nap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Kaposvar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02767351v1</w:t>
+                <w:t xml:space="preserve">hal-02771263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angora anyanyulak és ivadékaik termelése a termékenyitéshez hasznalt ondotol függoen.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Melatoninkezekés hatasanak vizsgalata Angoranyulak gyapjutermelésére.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lanszki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rene Gerar Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.S. Szendro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.S. Eiben</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Nyultenyesztesi Tudomanyos Nap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, Kaposvar, France</w:t>
+              <w:t xml:space="preserve">, 1998, Kaposvar</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771263v1</w:t>
+                <w:t xml:space="preserve">hal-02770055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melatoninkezekés hatasanak vizsgalata Angoranyulak gyapjutermelésére.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Lanszki</w:t>
+                <w:t xml:space="preserve">The performance of angora rabbits does and their progeny depending on the semen used for AI.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.S. Eiben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.S. Szendro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rene Gerar Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Radnai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Nyultenyesztesi Tudomanyos Nap</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Kaposvar</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Rabbit Production in Hot Climates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Adana</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02770055v1</w:t>
+                <w:t xml:space="preserve">hal-02767351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the coat length on the performance of angora doe rabbits.</w:t>
               </w:r>
@@ -2952,204 +2952,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02769775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rapid method for measuring cross section characteristics of animal fibres.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The fine wool industry in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mauriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Boutonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Allain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rene Gerar Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Workshop, Metrology of speciality animal fibres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1995, Aachen</w:t>
+              <w:t xml:space="preserve">European Workshop, Socio economical aspects of the fine fibre industry in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1995, Biella</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02777878v1</w:t>
+                <w:t xml:space="preserve">hal-02777799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fine wool industry in France.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A rapid method for measuring cross section characteristics of animal fibres.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rene Gerar Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Workshop, Socio economical aspects of the fine fibre industry in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1995, Biella</w:t>
+              <w:t xml:space="preserve">European Workshop, Metrology of speciality animal fibres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1995, Aachen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02777799v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02777878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economics overview of angora rabbit wool french and world marker.</w:t>
               </w:r>
@@ -3982,269 +3982,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights into the Melanophilin (MLPH) Gene Affecting Coat Color Dilution in Rabbits</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valorisation et diffusion des données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Riquet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mélanie Martignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Le Guerhier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, pp.150-152</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621428v1</w:t>
+                <w:t xml:space="preserve">hal-02618190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation et diffusion des données</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Allain</w:t>
+                <w:t xml:space="preserve">New Insights into the Melanophilin (MLPH) Gene Affecting Coat Color Dilution in Rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Joe Utzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Vignon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (9), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes9090430⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618190v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-Wide Identification of the Mutation Underlying Fleece Variation and Discriminating Ancestral Hairy Species from Modern Woolly Sheep</w:t>
               </w:r>
@@ -5876,273 +5876,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiologie générale</w:t>
+                <w:t xml:space="preserve">Génétique et sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Lamothe</w:t>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Theau-Clement</w:t>
+                <w:t xml:space="preserve">Emmanuel Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Combes</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le lapin. De la biologie à l'élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1ère Ed., Editions Quae, 270 p., 2015, Savoir Faire (Quae), 978-2759-22416-6</w:t>
+              <w:t xml:space="preserve">Le lapin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 288 p., 2015, Savoir Faire (Quae)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01618403v1</w:t>
+                <w:t xml:space="preserve">hal-01512106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génétique et sélection</w:t>
+                <w:t xml:space="preserve">Physiologie générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Garreau</w:t>
+                <w:t xml:space="preserve">Laurence Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Fournier</w:t>
+                <w:t xml:space="preserve">Michele Theau-Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lebas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le lapin</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 288 p., 2015, Savoir Faire (Quae)</w:t>
+              <w:t xml:space="preserve">Le lapin. De la biologie à l'élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1ère Ed., Editions Quae, 270 p., 2015, Savoir Faire (Quae), 978-2759-22416-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512106v1</w:t>
+                <w:t xml:space="preserve">hal-01618403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6886,51 +6886,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dugas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Woloszyn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gayraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03936539v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404641v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Pena-Arnaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734965v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Auvinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierer Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17875/gup2019-1158" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603259v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785197v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785121v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bourdillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741723v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Joe Utzeri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Fontanesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Diribarne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mata" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Deretz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193507v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bouix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211912v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fontanesi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Oulmouden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tazzoli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829330v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marrube" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Cano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Roldan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abad" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829483v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piacere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rochambeau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829439v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Roguet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763330v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Gerar Th&#233;bault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768461v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lanszki" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.S. Szendro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839300v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840506v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767351v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Eiben" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Radnai" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771263v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770055v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769775v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eiben" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Biron&#233; N&#233;meth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777878v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777799v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mauriac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boutonnet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776772v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ossard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Vrillon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774062v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772093v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782231v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simoes Nunes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charlet-Lery" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rougeot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722180v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#228;c J Nijman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin D Rosen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cumer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16579" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480970v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Denoyelle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Alberti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00659-6" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623249v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Landi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Lasagna" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Ceccobelli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo Mart&#237;nez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Santos-Silva" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2019.06.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621428v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9090430" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618190v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Martignon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Guerhier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608205v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx114" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211974v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Scotti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Colombo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7482/0003-9438-56-005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973751v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bouet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0030073" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973752v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Auvinet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019281" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211933v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fontanesi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Forestier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Beretti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2009.11.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0J1ZJV6-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211928v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-11-59" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894482v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malpaux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Puechal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Th&#233;bault" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003059" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889919v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;zsef Lanszki" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-G&#233;rard Th&#233;bault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Szendr&#245;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Eiben" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2001118" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693024v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698894v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724508v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519340v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zwingelstein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429373v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laplace" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Germain" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Cousin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:19760309" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04775816v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781780643342.0007" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618403v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Theau-Clement" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512106v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fournier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4796-le-lapin.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912988v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Gerken" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Renieri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Galbraith" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193629v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193652v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Danchin-Burge" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piac&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816571v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Forestier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dugas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Woloszyn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gayraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03936539v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404641v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Pena-Arnaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734965v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Auvinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierer Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17875/gup2019-1158" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603259v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785197v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785121v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bourdillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741723v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Joe Utzeri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Fontanesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Diribarne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mata" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Deretz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193507v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bouix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211912v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fontanesi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Oulmouden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tazzoli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829330v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marrube" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Cano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Roldan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abad" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829483v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piacere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rochambeau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829439v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Roguet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763330v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Gerar Th&#233;bault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768461v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lanszki" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.S. Szendro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839300v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840506v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771263v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Eiben" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Radnai" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770055v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767351v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769775v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eiben" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Biron&#233; N&#233;meth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777799v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mauriac" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boutonnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777878v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776772v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ossard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Vrillon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774062v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772093v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782231v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simoes Nunes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charlet-Lery" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rougeot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722180v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#228;c J Nijman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin D Rosen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cumer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16579" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480970v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Denoyelle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Alberti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00659-6" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623249v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Landi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Lasagna" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Ceccobelli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo Mart&#237;nez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Santos-Silva" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2019.06.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618190v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Martignon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Guerhier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621428v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9090430" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608205v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx114" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211974v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Scotti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Colombo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7482/0003-9438-56-005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973751v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bouet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0030073" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973752v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Auvinet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019281" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211933v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fontanesi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Forestier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Beretti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2009.11.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0J1ZJV6-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211928v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-11-59" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894482v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malpaux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Puechal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Th&#233;bault" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003059" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889919v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;zsef Lanszki" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-G&#233;rard Th&#233;bault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Szendr&#245;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Eiben" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2001118" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693024v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698894v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724508v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519340v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zwingelstein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429373v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laplace" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Germain" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Cousin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:19760309" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04775816v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781780643342.0007" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512106v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fournier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4796-le-lapin.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618403v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Theau-Clement" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912988v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Gerken" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Renieri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Galbraith" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193629v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193652v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Danchin-Burge" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piac&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816571v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Forestier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>