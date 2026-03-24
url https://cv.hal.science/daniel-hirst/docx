--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:135.21126760563px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Daniel Hirst </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">daniel-hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9148-4586</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">029305330</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The pitch range of L2 English read by native speakers of Jordanian Arabic compared with that of L1 speakers of English and Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Ali Salah Bani Younes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Swaileh A. Alzaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obied Alaqlobi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 157 (4), pp.2505-2516. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0036364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie au Laboratoire Parole et Langage : histoire, recherches actuelles et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Sneed German</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Michelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux Interdisciplinaires sur la Parole et le Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Panorama des recherches au Laboratoire Parole et Langage, 38, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tipa.5210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empirical models of tone, rhythm and intonation for the analysis of speech prosody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech and Language Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Rhythm, Melody and Harmony in Speech. Studies in Honour of Wiktor Jassem., 14/15, pp.23-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01460051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sample articles from Le Maître Phonétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 40 (3), pp.285-295. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0025100310000150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of Arabic Standard Micromelody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chentir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Guerti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3844/jcs.2009.86.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03615916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification by Discriminant Analysis of Energy in View of the Detection of Accented Syllables in Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chentir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Guerti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (8), pp.668-673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03615911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the probabilistic modelling of the form ~ function articulation for prosodic phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rauzy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathématiques et Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 180 (4), pp.113-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils d'aide à l'annotation prosodique de corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Caelen-Haumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piet Mertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin PFC (Phonologie du Français Contemporain)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, n° 6, pp.7-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review John Coleman, Introducing Speech and Language Processing Cambridge University Press, 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.198-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Form and function in the representation of speech prosody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 46 (3-4), pp.334-347. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.specom.2005.02.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial. Special issue on Quantitative prosody modeling for natural speech descriptionand generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keikichi Hirose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshinori Sagisaka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 46 (3-4), pp.217-219. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.specom.2005.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic parameters of French: A cross-language approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Di Cristo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukihiro Nishinuma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contrastive Studies of Japanese and Other Languages Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, pp.7-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et évaluation d'un système de synthèse pour l'espagnol vénézuélien : projet et état d'avancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Cavé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux interdisciplinaires du Laboratoire Parole et Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 19, pp.91-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00285403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet PACOMUST, un corpus de PArole COntinue MUltiSTyle : objectifs et choix méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Astesano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Brousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chafcouloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Di Cristo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux interdisciplinaires du Laboratoire Parole et Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 16, pp.9-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01663642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Sperber & Wilson 1986. Relevance : Communication and Cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mind and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 4 (1/2), pp.138-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Bolinger 1986 Intonation and its Parts; Cruttenden 1986. Intonation ; Couper-Kuhlen 1986. An Introduction to English Prosody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, Phonology Yearbook, 4, pp.271-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech Prosody: From Acoustics to Interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, 2024, 978-3-642-40771-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-level, multilingual approach to the annotation and representation of speech prosody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jonathan Barnes &amp; Stefanie Shattuck-Hufnagel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prosodic Theory and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT Press, pp.117-149, 2022, 9780262543170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Speech. Fundamental frequency and pitch.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline de Looze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachael-Anne Knight and Jane Setter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambridge Handbook of Phonetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Cambridge University Press, pp.336-361, 2021, 9781108644198. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781108644198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thoughts on Prosodic Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Prosodic Grammar. Volume 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (1), </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beijing Language and Culture University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.16-39, 2020, Studies in Prosodic Grammar, 978-7-5610-5710-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03615905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AixOx, a multi-layered learners corpus: automatic annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastassia Loukina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Díaz Pérez J.; Díaz Negrillo A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Specialisation and variation in language corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linguistic insights (179), </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.41-76, 2014, 978-3035107135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand est-ce qu'un dialecte devient une langue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La langue et l'être communiquant. Hommage à Julio Murillo.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du CIPA, pp.179-190, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech prosody: from acoustics to interpretation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gunnar Fant; Hiroya Fujisaki, Jianfen Cao &amp; Yi Xu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Traditional Phonology to Modern Speech Processing (Festschrift for Professor Wu Zongji's 95th Birthday)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Foreign Language Teaching and Research Press, pp.177-188, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche paramétrique de l'nterférence des caratéristiques prosodiques : analyse des énoncés japonais par des locuteurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukihiro Nishinuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le japonais et le français : phénomènes prosodiques et communication non verbale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kuroshio, pp.41-59, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levels of representation and levels of analysis for the description of intonation systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Di Cristo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Espesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prosody : Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, Kluwer Academic Publishers, pp.51-87, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a Persian-English OMProDat Database Read by Persian Speakers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mortaza Taheri-Ardali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lisabon, Portugal. pp.440-444, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2022-90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we model pitch using only the f0 on sonorant rimes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ting Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poznan - Pologne, Poland. pp.666-670, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2018-135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic transfer: A comparison study of F0 patterns in L2 English by Chinese speakers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rüdiger Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Boston (MA), United States. pp.756-760, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2016-155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The OMe (Octave-Median) scale: a natural scale for speech melody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline de Looze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Speech Prosody 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dublin, Ireland. pp.910-913</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Analysis of Emotional Prosody in Mandarin Chinese: Applying the Momel Algorithm.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ting Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiuwu Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Speech Prosody 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Dublin, Ireland. pp.120-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPeech Phonetization Alignment and Syllabification (SPPAS): a tool for the automatic analysis of speech prosody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Shanghai, China. pp.19-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhythm metrics and the productions of L1/L2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunnar Fant et le paradigme de l'analyse par synthèse de la prosodie de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rhythm of text and the rhythm of utterances: from metrics to models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brighton (UK), France. pp.1519-1522, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2009-461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PRAAT PLUGIN FOR MOMEL AND INTSINT WITH IMPROVED ALGORITHMS FOR MODELLING AND CODING INTONATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Phonetic Sciences ICPhS XVI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The AANVIS project: towards the automatic multilingual analysis of non-verbal information in speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saandia Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chentir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyongsil Cho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPhS 2007 Satellite Meeting, Workshop on Intonational Phonology : Understudied or Fieldwork Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00244495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of stress and boundaries on segmental duration in a corpus of authentic speech (British English)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bouzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurospeech (ISCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisbon, Portugal. pp.29-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00241549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'emphase en anglais : critères acoustiques et analyse statistique. Tentative de définition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment-Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Prosodiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Nantes, France. pp.51-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emphasis in English: a perceptual study based on manipulated synthetic speech.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment-Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Aix-en-Provence, France. pp.379-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the automatic comparison and cloning of native and non-native speech prosody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Boston (MA), United States. ISCA, pp.1038-1042, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2016-213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and software for the semi-automatic annotation and analysis of speech: Human Language Technology meets Linguists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daffyd Gibbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bigi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId108"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:135.21126760563px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Daniel Hirst </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">daniel-hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9148-4586</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">029305330</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The pitch range of L2 English read by native speakers of Jordanian Arabic compared with that of L1 speakers of English and Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Ali Salah Bani Younes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Swaileh A. Alzaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obied Alaqlobi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 157 (4), pp.2505-2516. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0036364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie au Laboratoire Parole et Langage : histoire, recherches actuelles et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Sneed German</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Michelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux Interdisciplinaires sur la Parole et le Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Panorama des recherches au Laboratoire Parole et Langage, 38, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tipa.5210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empirical models of tone, rhythm and intonation for the analysis of speech prosody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech and Language Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Rhythm, Melody and Harmony in Speech. Studies in Honour of Wiktor Jassem., 14/15, pp.23-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01460051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sample articles from Le Maître Phonétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 40 (3), pp.285-295. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0025100310000150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of Arabic Standard Micromelody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chentir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Guerti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3844/jcs.2009.86.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03615916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification by Discriminant Analysis of Energy in View of the Detection of Accented Syllables in Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chentir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Guerti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (8), pp.668-673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03615911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the probabilistic modelling of the form ~ function articulation for prosodic phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rauzy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathématiques et Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 180 (4), pp.113-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils d'aide à l'annotation prosodique de corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Delais-Roussarie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Caelen-Haumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piet Mertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin PFC (Phonologie du Français Contemporain)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, n° 6, pp.7-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review John Coleman, Introducing Speech and Language Processing Cambridge University Press, 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.198-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Form and function in the representation of speech prosody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 46 (3-4), pp.334-347. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.specom.2005.02.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial. Special issue on Quantitative prosody modeling for natural speech descriptionand generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keikichi Hirose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshinori Sagisaka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 46 (3-4), pp.217-219. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.specom.2005.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic parameters of French: A cross-language approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Di Cristo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukihiro Nishinuma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contrastive Studies of Japanese and Other Languages Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, pp.7-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et évaluation d'un système de synthèse pour l'espagnol vénézuélien : projet et état d'avancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Cavé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux interdisciplinaires du Laboratoire Parole et Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 19, pp.91-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00285403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet PACOMUST, un corpus de PArole COntinue MUltiSTyle : objectifs et choix méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Astesano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Brousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chafcouloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Di Cristo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux interdisciplinaires du Laboratoire Parole et Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 16, pp.9-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01663642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Bolinger 1986 Intonation and its Parts; Cruttenden 1986. Intonation ; Couper-Kuhlen 1986. An Introduction to English Prosody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, Phonology Yearbook, 4, pp.271-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Sperber & Wilson 1986. Relevance : Communication and Cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mind and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 4 (1/2), pp.138-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech Prosody: From Acoustics to Interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, 2024, 978-3-642-40771-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-level, multilingual approach to the annotation and representation of speech prosody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jonathan Barnes &amp; Stefanie Shattuck-Hufnagel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prosodic Theory and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT Press, pp.117-149, 2022, 9780262543170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Speech. Fundamental frequency and pitch.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline de Looze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachael-Anne Knight and Jane Setter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambridge Handbook of Phonetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Cambridge University Press, pp.336-361, 2021, 9781108644198. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781108644198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thoughts on Prosodic Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Prosodic Grammar. Volume 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (1), </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beijing Language and Culture University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.16-39, 2020, Studies in Prosodic Grammar, 978-7-5610-5710-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03615905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AixOx, a multi-layered learners corpus: automatic annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastassia Loukina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Díaz Pérez J.; Díaz Negrillo A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Specialisation and variation in language corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linguistic insights (179), </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.41-76, 2014, 978-3035107135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand est-ce qu'un dialecte devient une langue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La langue et l'être communiquant. Hommage à Julio Murillo.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du CIPA, pp.179-190, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech prosody: from acoustics to interpretation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gunnar Fant; Hiroya Fujisaki, Jianfen Cao &amp; Yi Xu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Traditional Phonology to Modern Speech Processing (Festschrift for Professor Wu Zongji's 95th Birthday)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Foreign Language Teaching and Research Press, pp.177-188, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche paramétrique de l'nterférence des caratéristiques prosodiques : analyse des énoncés japonais par des locuteurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukihiro Nishinuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le japonais et le français : phénomènes prosodiques et communication non verbale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kuroshio, pp.41-59, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylisation and symbolic coding of F0: comparison of five models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Campione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Veronis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intonation: Models and Theories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 978-0792367239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levels of representation and levels of analysis for the description of intonation systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Di Cristo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Espesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prosody : Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, Kluwer Academic Publishers, pp.51-87, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a Persian-English OMProDat Database Read by Persian Speakers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mortaza Taheri-Ardali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lisabon, Portugal. pp.440-444, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2022-90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we model pitch using only the f0 on sonorant rimes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ting Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poznan - Pologne, Poland. pp.666-670, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2018-135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic transfer: A comparison study of F0 patterns in L2 English by Chinese speakers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rüdiger Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Boston (MA), United States. pp.756-760, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2016-155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The OMe (Octave-Median) scale: a natural scale for speech melody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline de Looze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Speech Prosody 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dublin, Ireland. pp.910-913</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Analysis of Emotional Prosody in Mandarin Chinese: Applying the Momel Algorithm.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ting Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiuwu Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Speech Prosody 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Dublin, Ireland. pp.120-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPeech Phonetization Alignment and Syllabification (SPPAS): a tool for the automatic analysis of speech prosody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Shanghai, China. pp.19-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunnar Fant et le paradigme de l'analyse par synthèse de la prosodie de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhythm metrics and the productions of L1/L2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rhythm of text and the rhythm of utterances: from metrics to models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brighton (UK), France. pp.1519-1522, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2009-461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The AANVIS project: towards the automatic multilingual analysis of non-verbal information in speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saandia Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chentir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyongsil Cho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPhS 2007 Satellite Meeting, Workshop on Intonational Phonology : Understudied or Fieldwork Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00244495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PRAAT PLUGIN FOR MOMEL AND INTSINT WITH IMPROVED ALGORITHMS FOR MODELLING AND CODING INTONATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Phonetic Sciences ICPhS XVI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of stress and boundaries on segmental duration in a corpus of authentic speech (British English)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bouzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurospeech (ISCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisbon, Portugal. pp.29-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00241549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'emphase en anglais : critères acoustiques et analyse statistique. Tentative de définition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment-Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Prosodiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Nantes, France. pp.51-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emphasis in English: a perceptual study based on manipulated synthetic speech.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Herment-Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Aix-en-Provence, France. pp.379-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the automatic comparison and cloning of native and non-native speech prosody.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel J. Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Boston (MA), United States. ISCA, pp.1038-1042, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2016-213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and software for the semi-automatic annotation and analysis of speech: Human Language Technology meets Linguists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daffyd Gibbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hirst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bigi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId111"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D9022DA"/>
+    <w:nsid w:val="B01E91A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-hirst" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9148-4586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/029305330" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032359v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Salah Bani Younes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Hirst" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Swaileh A. Alzaidi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obied Alaqlobi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0036364" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906455v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bertrand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sneed German" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Michelas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.5210" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460051v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hirst" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545501v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100310000150" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/043055B2E6EF3DBB0E19DDD77141623EBB7C5943/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615916v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Chentir" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guerti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3844/jcs.2009.86.89" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615911v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265189v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Nesterenko" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rauzy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256395v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Caelen-Haumont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Mertens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545532v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545600v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2005.02.020" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545586v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keikichi Hirose" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinori Sagisaka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2005.05.006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292022v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Di Cristo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukihiro Nishinuma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285403v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Mora" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cav&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Astesano" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Brousseau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chafcouloff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552695v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537493v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596616v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596403v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line de Looze" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108644198" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615905v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blcup.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363434v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tortel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bigi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Loukina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9783035199192/Chapter02.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545445v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545457v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292023v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625427v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Espesser" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortaza Taheri-Ardali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2022-90" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534847v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2018-135" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537618v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Ding" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Hoffmann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-155" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507638v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuwu Ma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363439v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549606v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04537221v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2009-461" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625441v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00244495v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saandia Ali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyongsil Cho" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241549v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bouzon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herment-Dujardin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369977v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537626v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-213" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455308v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daffyd Gibbon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-hirst" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9148-4586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/029305330" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032359v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Salah Bani Younes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Hirst" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Swaileh A. Alzaidi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obied Alaqlobi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0036364" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906455v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bertrand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sneed German" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Michelas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.5210" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460051v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hirst" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545501v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100310000150" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/043055B2E6EF3DBB0E19DDD77141623EBB7C5943/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615916v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Chentir" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guerti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3844/jcs.2009.86.89" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615911v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265189v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Nesterenko" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rauzy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256395v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delais-Roussarie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Caelen-Haumont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Mertens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545532v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545600v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2005.02.020" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545586v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keikichi Hirose" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinori Sagisaka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2005.05.006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292022v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Di Cristo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukihiro Nishinuma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285403v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Mora" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cav&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Astesano" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Brousseau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chafcouloff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552722v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552695v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537493v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596616v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596403v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line de Looze" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108644198" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615905v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blcup.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363434v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tortel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bigi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Loukina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9783035199192/Chapter02.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545445v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545457v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292023v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548561v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Campione" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Veronis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625427v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Espesser" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534884v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortaza Taheri-Ardali" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2022-90" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534847v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2018-135" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537618v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Ding" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Hoffmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-155" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507639v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507638v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuwu Ma" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983699v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549606v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363439v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04537221v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2009-461" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00244495v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saandia Ali" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyongsil Cho" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625441v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241549v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bouzon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369933v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herment-Dujardin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369977v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537626v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-213" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455308v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daffyd Gibbon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>