--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2180,451 +2180,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03671711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural and rheological investigation of upcycled metal-organic frameworks stabilized Pickering emulsions</w:t>
+                <w:t xml:space="preserve">Green recycling methods to treat lithium-ion batteries E-waste: A circular approach to sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Lorignon</w:t>
+                <w:t xml:space="preserve">Joseph Jegan Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Gossard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Saptak Rarotra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vida Krikstolaityte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenny Wu Zhuoran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Dja-Ia Cindy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.10.093⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (25), pp.2103346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202103346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03374474v1</w:t>
+                <w:t xml:space="preserve">cea-03374498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green recycling methods to treat lithium-ion batteries E-waste: A circular approach to sustainability</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solvent extraction of palladium(II) using diamides: A performing molecular system established through a detailed study of extraction kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenny Wu Zhuoran</w:t>
+                <w:t xml:space="preserve">Sayed-Ali Moussaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Dja-Ia Cindy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Lélias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Braibant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34 (25), pp.2103346. </w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 276, pp.119293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202103346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2021.119293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03374498v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvent extraction of palladium(II) using diamides: A performing molecular system established through a detailed study of extraction kinetics</w:t>
+                <w:t xml:space="preserve">Microstructural and rheological investigation of upcycled metal-organic frameworks stabilized Pickering emulsions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sayed-Ali Moussaoui</w:t>
+                <w:t xml:space="preserve">Fabrice Lorignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lélias</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Braibant</w:t>
+                <w:t xml:space="preserve">Alban Gossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 276, pp.119293. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 586, pp.305-314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2021.119293⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.10.093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365412v1</w:t>
+                <w:t xml:space="preserve">cea-03374474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From wastes to interconnected porous monolith: Upcycling of Al-based metal organic framework via pickering emulsion template</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lorignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Gossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3059,685 +3059,685 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An original recycling method for Li-ion batteries through large scale production of Metal Organic Frameworks</w:t>
+                <w:t xml:space="preserve">Hydrothermal Conversion of Uranium(IV) Oxalate into Oxides: A Comprehensive Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Cognet</w:t>
+                <w:t xml:space="preserve">J. Manaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Condomines</w:t>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cambedouzou</w:t>
+                <w:t xml:space="preserve">Myrtille Hunault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Srinivasan Madhavi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michaël Carboni</w:t>
+                <w:t xml:space="preserve">Morgan Zunino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 385, pp.121603. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2019.121603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.9b03672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02443518v1</w:t>
+                <w:t xml:space="preserve">hal-02491348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal Conversion of Uranium(IV) Oxalate into Oxides: A Comprehensive Study</w:t>
+                <w:t xml:space="preserve">Combining Organic and Inorganic Wastes to Form Metal-Organic Frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Manaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
+                <w:t xml:space="preserve">Eléonore Lagae-Capelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+                <w:t xml:space="preserve">Marine Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrtille Hunault</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Srinivasan Madhavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.9b03672⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma13020441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02491348v1</w:t>
+                <w:t xml:space="preserve">cea-02443505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Organic and Inorganic Wastes to Form Metal-Organic Frameworks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An original recycling method for Li-ion batteries through large scale production of Metal Organic Frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Condomines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléonore Lagae-Capelle</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Julien Cambedouzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srinivasan Madhavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13, pp.441. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 385, pp.121603. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma13020441⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2019.121603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02443505v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02443518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted removal of aluminium and copper in Li-ion battery waste solutions by selective precipitation as valuable porous materials</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michaël Carboni</w:t>
+                <w:t xml:space="preserve">A simple process for the recovery of palladium from wastes of printed circuit boards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Lacanau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Mastretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Contino-Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2020.127564⟩</w:t>
+              <w:t xml:space="preserve">Hydrometallurgy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 191, pp.105241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.hydromet.2019.105241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03374483v1</w:t>
+                <w:t xml:space="preserve">hal-03365417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple process for the recovery of palladium from wastes of printed circuit boards</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christiane Contino-Pépin</w:t>
+                <w:t xml:space="preserve">Targeted removal of aluminium and copper in Li-ion battery waste solutions by selective precipitation as valuable porous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cambedouzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srinivasan Madhavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrometallurgy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 191, pp.105241. </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 268, pp.127564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.hydromet.2019.105241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2020.127564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03365417v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03374483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CO2 sequestration by carbonation of olivine: a new process for optimal separation of the solids produced</w:t>
               </w:r>
@@ -3857,51 +3857,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pillared sulfonate-based metal-organic framework as negative electrode for Li-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Gutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3909,51 +3909,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 236, pp.73-76. </w:t>
@@ -3991,51 +3991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palladium Isolation and Purification from Nitrate Media: Efficient Process Based on Malonamides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Mastretta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Poirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4349,659 +4349,659 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02443525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal–organic framework sorbents for the removal of perfluorinated compounds in an aqueous environment</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Madjid Idouhar</w:t>
+                <w:t xml:space="preserve">BTEX removal from aqueous solution with hydrophobic Zr metal organic frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Navarro Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8nj03312a⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 214, pp.17-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.02.097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01997759v1</w:t>
+                <w:t xml:space="preserve">cea-01997843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent status on MOF thin films on transparent conductive oxides substrates (ITO or FTO)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Efficient liquid-liquid extraction of NaCl governed by simultaneous cation and anion coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Smolyakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Parrès-Maynadié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Dautriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Pouessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Desalination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 432, pp.40-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.desal.2018.01.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C7NJ03171H⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-01997850v1</w:t>
+                <w:t xml:space="preserve">hal-01996089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient liquid-liquid extraction of NaCl governed by simultaneous cation and anion coordination</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent status on MOF thin films on transparent conductive oxides substrates (ITO or FTO)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Genesio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Desalination</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42 (4), pp.2351-2363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7NJ03171H⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.desal.2018.01.010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01996089v1</w:t>
+                <w:t xml:space="preserve">cea-01997850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution Mechanisms of LiNi1/3Mn1/3Co1/3O2 Positive Electrode Material from Lithium-Ion Batteries in Acid Solution</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal–organic framework sorbents for the removal of perfluorinated compounds in an aqueous environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Sini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madjid Idouhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (19), pp.16424-16435. </w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42 (22), pp.17889-17894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.8b01352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8nj03312a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02099884v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01997759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BTEX removal from aqueous solution with hydrophobic Zr metal organic frameworks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dissolution Mechanisms of LiNi1/3Mn1/3Co1/3O2 Positive Electrode Material from Lithium-Ion Batteries in Acid Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Joulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Laucournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Navarro Amador</w:t>
+                <w:t xml:space="preserve">Adrien Boulineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Cirre</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eric de Vito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 214, pp.17-22. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (19), pp.16424-16435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.02.097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.8b01352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01997843v1</w:t>
+                <w:t xml:space="preserve">hal-02099884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of size-controlled UO2 microspheres from the hydrothermal conversion of U(IV) aspartate</w:t>
               </w:r>
@@ -5013,51 +5013,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Trillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Maynadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Manaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hidalgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5470,1303 +5470,1303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02106351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perfluoroalkyl- vs alkyl substituted malonamides: Supramolecular effects and consequences for extraction of metals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Iron(II)-Benzene Phosphonate Coordination Polymers as an Efficient Active Material for Negative Electrode of Lithium-Ion Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Gutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Dul</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+                <w:t xml:space="preserve">David Peralta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2017.06.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 164 (12), pp.A2552-A2554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2.1231712jes⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01999352v1</w:t>
+                <w:t xml:space="preserve">cea-01997868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thorium aspartate tetrahydrate precursor to ThO 2 : Comparison of hydrothermal and thermal conversions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perfluoroalkyl- vs alkyl substituted malonamides: Supramolecular effects and consequences for extraction of metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Dul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Braibant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Clavier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R. Lauwerier</w:t>
+                <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2017.02.035⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 200, pp.59-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluchem.2017.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02045493v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron(II)-Benzene Phosphonate Coordination Polymers as an Efficient Active Material for Negative Electrode of Lithium-Ion Batteries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Gutel</w:t>
+                <w:t xml:space="preserve">Thorium aspartate tetrahydrate precursor to ThO 2 : Comparison of hydrothermal and thermal conversions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hidalgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Peralta</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michaël Carboni</w:t>
+                <w:t xml:space="preserve">R. Lauwerier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 164 (12), pp.A2552-A2554. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 487, pp.331-342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/2.1231712jes⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2017.02.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01997868v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02045493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorption and photodegradation under visible light irradiation of an organic pollutant by a heterogeneous UiO-67–Ru–Ti MOF obtained by post-synthetic exchange</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michaël Carboni</w:t>
+                <w:t xml:space="preserve">Impact of the Long-Range Electronic Effect of a Fluorous Ponytail on Metal Coordination during Solvent Extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Braibant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7, pp.195-200. </w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (24), pp.3583-3594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C6RA26552A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cphc.201701030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01997879v1</w:t>
+                <w:t xml:space="preserve">hal-01996887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Long-Range Electronic Effect of a Fluorous Ponytail on Metal Coordination during Solvent Extraction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+                <w:t xml:space="preserve">Sorption and photodegradation under visible light irradiation of an organic pollutant by a heterogeneous UiO-67–Ru–Ti MOF obtained by post-synthetic exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Navarro Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (24), pp.3583-3594. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.195-200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cphc.201701030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C6RA26552A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01996887v1</w:t>
+                <w:t xml:space="preserve">cea-01997879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution X-ray absorption spectroscopy as a probe of crystal-field and covalency effects in actinide compounds</w:t>
+                <w:t xml:space="preserve">Recovery of metals from simulant spent lithium-ion battery as organophosphonate coordination polymers in aqueous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergei Butorin</w:t>
+                <w:t xml:space="preserve">Emilie Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
+                <w:t xml:space="preserve">Marie-Laure Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Navarro Amador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Vegelius</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Meyer</w:t>
+                <w:t xml:space="preserve">François Hyvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Shuh</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Borrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 113 (29), pp.8093-8097. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 317, pp.617-621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1601741113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2016.06.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02114903v1</w:t>
+                <w:t xml:space="preserve">cea-01997886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of metals from simulant spent lithium-ion battery as organophosphonate coordination polymers in aqueous media</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal Recognition Driven by Weak Interactions: A Case Study in Solvent Extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2016.06.032⟩</w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (14), pp.2112-2117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.201600305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01997886v1</w:t>
+                <w:t xml:space="preserve">hal-01998444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ precipitation of Metal–Organic Frameworks from a simulant battery waste solution</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michaël Carboni</w:t>
+                <w:t xml:space="preserve">Influence of the solvent, structure and substituents of ruthenium(II) polypyridyl complexes on their electrochemical and photo-physical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Ruffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2015.12.129⟩</w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 440, pp.26-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2015.10.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01997891v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the solvent, structure and substituents of ruthenium(II) polypyridyl complexes on their electrochemical and photo-physical properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-resolution X-ray absorption spectroscopy as a probe of crystal-field and covalency effects in actinide compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Butorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Ruffray</w:t>
+                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Autillo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Maynadie</w:t>
+                <w:t xml:space="preserve">Johan Vegelius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shuh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2015.10.018⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (29), pp.8093-8097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1601741113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01998388v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02114903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal Recognition Driven by Weak Interactions: A Case Study in Solvent Extraction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+                <w:t xml:space="preserve">In-situ precipitation of Metal–Organic Frameworks from a simulant battery waste solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Navarro Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 167, pp.188-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2015.12.129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cphc.201600305⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01998444v1</w:t>
+                <w:t xml:space="preserve">cea-01997891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, electrochemical and spectroscopic properties of ruthenium( ii ) complexes containing 2,6-di(1H-imidazo[4,5-f][1,10]phenanthrolin-2-yl)aryl ligands</w:t>
               </w:r>
@@ -6882,51 +6882,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photosensitive titanium and zirconium Metal Organic Frameworks: Current research and future possibilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Navarro Amador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Carboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7145,51 +7145,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaborating ordered silicon carbide nanorods by preceramic polymer nanocasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Nardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cambedouzou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Ravaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8878,64 +8878,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le recyclage des batteries Li-ion de véhicules électriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Boulineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric de Vito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Laucournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9094,90 +9094,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiparametric study of the hydrothermal conversion of uranium(IV) oxalate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Manaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Maynadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9271,51 +9271,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Laucournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric de Vito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circular Economy of batteries Production and Reycling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Goteborg, Sweden</w:t>
@@ -9491,64 +9491,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Joulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Laucournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric de Vito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Boulineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J3P</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Nancy, France</w:t>
@@ -10121,51 +10121,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585184v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Billy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Chapuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Meyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02003961v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bauduin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357345v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garcia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaneux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wong Chi Man" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. E. Moreau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04930625v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J.M. Meyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie R&#233;aux-Durain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04930604v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scalisi Nathalie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lautru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delage Vincent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04930607v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120451v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Carboni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120442v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Braibant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120441v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675815v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jouli&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laucournet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120430v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bihel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Contino-Pepin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt M." TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120397v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jouli&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy E." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laucournet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04694766v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie R&#233;gnier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Hubau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Touz&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guignot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.311" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04681827v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuemin Deng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Xia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Campidelli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssusresmgt.4c00122" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04294989v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tennessee Riant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rebiscoul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maynadi&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NJ04302A" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04266234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moneuse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Lehn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302188" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03755908v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Khue Pham" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Sim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nripan Mathews" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.108346" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03671711v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Olivier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Maurice" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe P. Gabriel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.172" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374474v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lorignon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gossard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.10.093" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374498v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jegan Roy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saptak Rarotra" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vida Krikstolaityte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenny Wu Zhuoran" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Dja-Ia Cindy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202103346" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03365412v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayed-Ali Moussaoui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L&#233;lias" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2021.119293" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374451v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2021.129931" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03815242v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Durain" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26206234" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02999762v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lacanau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bonnete" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagner" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schmitt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202001155" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03003385v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa R&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maynadie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ01078B" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443518v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cognet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Condomines" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cambedouzou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivasan Madhavi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2019.121603" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491348v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Manaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Hunault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Zunino" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b03672" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443505v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Lagae-Capelle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13020441" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374483v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2020.127564" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03365417v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mastretta" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Contino-P&#233;pin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2019.105241" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607634v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Turri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine G&#233;rardin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapicque" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Saravia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/gps-2019-0016" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972326v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gutel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.10.082" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02385602v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Poirot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2019.1630073" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443598v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Sini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Idouhar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.04.113" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443525v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rinsant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Andreiadis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.06.090" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997759v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nj03312a" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997850v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Genesio" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ03171H" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01996089v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Smolyakov" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Parr&#232;s-Maynadi&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dautriche" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Pouessel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2018.01.010" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099884v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Boulineau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Vito" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b01352" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997843v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Navarro Amador" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cirre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.02.097" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007816v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Trillaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hidalgo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Meyer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CE01352G" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099893v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.12.036" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02113530v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Goudy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Genesio" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CC09941F" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02106351v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Billy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2017.02.010" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999352v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Dul" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2017.06.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045493v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lauwerier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.02.035" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997868v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Peralta" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.1231712jes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997879v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA26552A" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996887v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701030" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114903v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Butorin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vegelius" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1601741113" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997886v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Andre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hyvrard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Borrini" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.06.032" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997891v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2015.12.129" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998388v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Ruffray" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Autillo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2015.10.018" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998444v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201600305" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M8PFX4HR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998383v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Goudy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontecave" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NJ02280K" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997894v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2015.12.023" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P468XD6Q-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998964v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chatelain" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Ravaux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averseng" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vidaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-014-1231-5" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998956v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Nardin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA17376K" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000094v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Burt-Pichat" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Tack" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-015-8835-7" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101663v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nardin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gouze" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cambedouzou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wong Chi Man" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ta05996d" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01204901v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Barca" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Liira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Drissen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Comeau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2014.03.065" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02385603v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2014.908587" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747016v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Gassin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp302514k" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721672v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Makowski" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1nj20703b" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381926v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J.E. Moreau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2009.03.018" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NV92F90V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187004v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Conocar" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Broudic" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moreau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.04.013" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-20B75J0R-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00090180v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hilaire" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gutierez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denauwer" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wastin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011503v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouchard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simoni" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. den Auwer" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164065v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Broudic" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm000550w" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-GTQ04K12-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164023v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bourg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Conocar" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J.E. Moreau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wong-Chi-Man" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-628-CC1.6" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722118v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04741209v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinsant Damien" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andreiadis" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carboni" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700827v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722205v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338589v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rinsant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722261v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01555705v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Theisen" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rey" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Penisson" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wilk" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kokoric" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01555693v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theisen" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01555685v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Theisen" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rey" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Penisson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duhamet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dubois" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585184v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Billy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Chapuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Meyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02003961v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bauduin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357345v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garcia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guillaneux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wong Chi Man" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. E. Moreau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04930625v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J.M. Meyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie R&#233;aux-Durain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04930604v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scalisi Nathalie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lautru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delage Vincent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04930607v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120451v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Carboni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120442v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Braibant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120441v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675815v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jouli&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laucournet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120430v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bihel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Contino-Pepin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt M." TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120397v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jouli&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy E." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laucournet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04694766v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie R&#233;gnier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Hubau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Touz&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guignot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.311" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04681827v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuemin Deng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Xia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Campidelli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssusresmgt.4c00122" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04294989v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tennessee Riant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rebiscoul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maynadi&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NJ04302A" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04266234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moneuse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Lehn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302188" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03755908v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Khue Pham" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Sim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nripan Mathews" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.108346" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03671711v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Olivier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Maurice" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe P. Gabriel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.172" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374498v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jegan Roy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saptak Rarotra" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vida Krikstolaityte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenny Wu Zhuoran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Dja-Ia Cindy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202103346" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03365412v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayed-Ali Moussaoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L&#233;lias" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2021.119293" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374474v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lorignon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gossard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.10.093" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374451v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2021.129931" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03815242v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Durain" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26206234" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02999762v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lacanau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bonnete" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagner" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schmitt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202001155" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03003385v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa R&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maynadie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ01078B" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491348v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Manaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Hunault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Zunino" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b03672" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443505v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Lagae-Capelle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cognet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivasan Madhavi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13020441" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443518v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Condomines" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cambedouzou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2019.121603" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03365417v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mastretta" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Contino-P&#233;pin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2019.105241" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03374483v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2020.127564" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607634v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Turri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine G&#233;rardin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapicque" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Saravia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/gps-2019-0016" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972326v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gutel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.10.082" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02385602v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Poirot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2019.1630073" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443598v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Sini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Idouhar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.04.113" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02443525v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rinsant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Andreiadis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.06.090" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997843v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Navarro Amador" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cirre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.02.097" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01996089v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Smolyakov" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Parr&#232;s-Maynadi&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dautriche" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Pouessel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2018.01.010" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997850v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Genesio" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ03171H" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997759v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nj03312a" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099884v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Boulineau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Vito" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b01352" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007816v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Trillaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hidalgo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Meyer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CE01352G" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099893v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.12.036" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02113530v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Goudy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Genesio" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CC09941F" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02106351v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Billy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2017.02.010" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997868v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Peralta" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.1231712jes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999352v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Dul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2017.06.001" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045493v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lauwerier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.02.035" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996887v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701030" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997879v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA26552A" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997886v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Andre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hyvrard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Borrini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.06.032" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998444v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201600305" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M8PFX4HR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998388v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Ruffray" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Autillo" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2015.10.018" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114903v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Butorin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vegelius" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1601741113" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997891v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2015.12.129" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998383v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Goudy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontecave" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NJ02280K" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01997894v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2015.12.023" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P468XD6Q-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998964v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chatelain" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Ravaux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averseng" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vidaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-014-1231-5" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998956v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Nardin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA17376K" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000094v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Burt-Pichat" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Tack" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-015-8835-7" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101663v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nardin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gouze" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cambedouzou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wong Chi Man" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ta05996d" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01204901v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Barca" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Liira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Drissen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Comeau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2014.03.065" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02385603v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2014.908587" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747016v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Gassin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp302514k" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721672v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Makowski" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1nj20703b" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381926v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J.E. Moreau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2009.03.018" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NV92F90V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187004v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Conocar" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Broudic" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moreau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.04.013" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-20B75J0R-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00090180v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hilaire" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gutierez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denauwer" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wastin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011503v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouchard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simoni" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. den Auwer" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164065v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Broudic" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm000550w" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-GTQ04K12-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164023v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bourg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Conocar" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J.E. Moreau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wong-Chi-Man" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-628-CC1.6" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722118v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04741209v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinsant Damien" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andreiadis" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carboni" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700827v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722205v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338589v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rinsant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722261v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01555705v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Theisen" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rey" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Penisson" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wilk" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kokoric" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01555693v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theisen" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01555685v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Theisen" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rey" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Penisson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duhamet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dubois" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>