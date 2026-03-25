--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2963,291 +2963,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft genome sequence of plant growth-promoting bacillus altitudinis strain pae4</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">1-Aminocyclopropane-1-carboxylate deaminase producers associated to maize and other Poaceae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lara Bouffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Renoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MRA.00962-18⟩</w:t>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40168-018-0503-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02159605v1</w:t>
+                <w:t xml:space="preserve">hal-02148378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1-Aminocyclopropane-1-carboxylate deaminase producers associated to maize and other Poaceae species</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Draft genome sequence of plant growth-promoting bacillus altitudinis strain pae4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahed Abdel Ghaffar Abdel Aziz Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nabil Abdel Mageed Omar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada A. Abu El Heba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moenne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (1), </w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (13), pp.1-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40168-018-0503-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/MRA.00962-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02148378v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02159605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of currently marketed tampons and menstrual cups on Staphylococcus aureus growth and TSST-1 production in vitro</w:t>
               </w:r>
@@ -3361,810 +3361,810 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01911407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancestral Genome Estimation Reveals the History of Ecological Diversification in Agrobacterium</w:t>
+                <w:t xml:space="preserve">Let the core microbiota be functional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Lassalle</w:t>
+                <w:t xml:space="preserve">Philippe P. Lemanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Planel</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manuel Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moenne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evx255⟩</w:t>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (7), pp.583-595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2017.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01913841v1</w:t>
+                <w:t xml:space="preserve">hal-01608595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential contribution of plant-beneficial functions from Pseudomonas kilonensis F113 to root system architecture alterations in Arabidopsis thaliana and Zea mays</w:t>
+                <w:t xml:space="preserve">Draft Genome Sequence of Chryseobacterium sp. JV274 Isolated from Maize Rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Vacheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chapulliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/MPMI-07-17-0185-R⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (15), pp.e00122-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00122-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613633v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of 2,4-diacetylphloroglucinol biosynthetic genes among the pseudomonas spp. reveals unexpected polyphyletism</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Bruto</w:t>
+                <w:t xml:space="preserve">Phylogenetic diversity and antagonistic traits of root and rhizosphere pseudomonads of bean from Iran for controlling Rhizoctonia solani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vahid Keshavarz-Tohid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parissa Taheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Vacheron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yvan Moenne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01218⟩</w:t>
+              <w:t xml:space="preserve">Research in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 168 (8), pp.760-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resmic.2017.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608669v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenetic diversity and antagonistic traits of root and rhizosphere pseudomonads of bean from Iran for controlling Rhizoctonia solani</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jordan Vacheron</w:t>
+                <w:t xml:space="preserve">Ancestral Genome Estimation Reveals the History of Ecological Diversification in Agrobacterium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Lassalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Planel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Penel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chapulliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resmic.2017.08.002⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (12), pp.3413 - 3431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evx255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02487202v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Let the core microbiota be functional</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Differential contribution of plant-beneficial functions from Pseudomonas kilonensis F113 to root system architecture alterations in Arabidopsis thaliana and Zea mays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Vacheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Desbrosses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Renoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa-Maria Padilla-Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tplants.2017.04.008⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-07-17-0185-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608595v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence of Chryseobacterium sp. JV274 Isolated from Maize Rhizosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distribution of 2,4-diacetylphloroglucinol biosynthetic genes among the pseudomonas spp. reveals unexpected polyphyletism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bruto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Vacheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moenne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 5 (15), pp.e00122-17. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00122-17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02487196v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression on roots and contribution to maize phytostimulation of 1-aminocyclopropane-1-decarboxylate deaminase gene acdS in Pseudomonas fluorescens F113</w:t>
               </w:r>
@@ -4176,51 +4176,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Vacheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Combes-Meynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gouesnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4535,51 +4535,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological speciation in bacteria: reverse ecology approaches reveal the adaptive part of bacterial cladogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4786,51 +4786,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhizosphere microbial communities associated with Rhizoctonia damage at the field and disease patch scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Donn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4913,608 +4913,608 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01010607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single acquisition of protelomerase gave rise to speciation of a large and diverse clade within the Agrobacterium/Rhizobium supercluster characterized by the presence of a linear chromid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rhizosphere ecology and phytoprotection in soils naturally suppressive to Thielaviopsis black root rot of tobacco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martha H. Ramírez-Bahena</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geneviève Défago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ympev.2014.01.005⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.12459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01010660v1</w:t>
+                <w:t xml:space="preserve">hal-01010573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequent, independent transfers of a catabolic gene from bacteria to contrasted filamentous eukaryotes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
+                <w:t xml:space="preserve">Evaluation of rhizobacterial indicators of tobacco black root rot suppressiveness in farmers' fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Kyselková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Kopecký</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markéta Ságová-Marečková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Luis</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jacqueline Haurat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 281 (1789), pp.20140848. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2014.0848⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1758-2229.12131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02487460v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizosphere ecology and phytoprotection in soils naturally suppressive to Thielaviopsis black root rot of tobacco</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliana Almario</w:t>
+                <w:t xml:space="preserve">Frequent, independent transfers of a catabolic gene from bacteria to contrasted filamentous eukaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bruto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Luis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.12459⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 281 (1789), pp.20140848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2014.0848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01010573v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of rhizobacterial indicators of tobacco black root rot suppressiveness in farmers' fields</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Single acquisition of protelomerase gave rise to speciation of a large and diverse clade within the Agrobacterium/Rhizobium supercluster characterized by the presence of a linear chromid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Kopecký</w:t>
+                <w:t xml:space="preserve">Martha H. Ramírez-Bahena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markéta Ságová-Marečková</w:t>
+                <w:t xml:space="preserve">Ludovic Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Haurat</w:t>
+                <w:t xml:space="preserve">Benjamin Diel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chapulliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, </w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 73, pp.202-207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1758-2229.12131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2014.01.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01010640v1</w:t>
+                <w:t xml:space="preserve">hal-01010660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of genes contributing to plant-beneficial functions in plant growth-promoting rhizobacteria and related Proteobacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bruto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5844,567 +5844,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected phytostimulatory behavior for Escherichia coli and Agrobacterium tumefaciens model strains.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Life in an arsenic-containing gold mine: genome and physiology of the autotrophic arsenite-oxidizing bacterium rhizobium sp. NT-26.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+                <w:t xml:space="preserve">Jérémy Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René Bally</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Muller</w:t>
+                <w:t xml:space="preserve">Florence Arsène-Ploetze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Brochier-Armanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Cleiss-Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/MPMI-12-12-0298-R⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5 (5), pp.934-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evt061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965830v1</w:t>
+                <w:t xml:space="preserve">hal-00972245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life in an arsenic-containing gold mine: genome and physiology of the autotrophic arsenite-oxidizing bacterium rhizobium sp. NT-26.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating the species and strain diversity of agrobacteria by MLSA: toward a phylogenetically relevant redefinition of the genus Agrobacterium.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Brochier-Armanet</w:t>
+                <w:t xml:space="preserve">X. Nesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Cleiss-Arnold</w:t>
+                <w:t xml:space="preserve">D. Costechareyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. H. R. Bahena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Nesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Frontiers in Plant-Microbe Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00972245v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the species and strain diversity of agrobacteria by MLSA: toward a phylogenetically relevant redefinition of the genus Agrobacterium.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. H. R. Bahena</w:t>
+                <w:t xml:space="preserve">Effect of Clay Mineralogy on Iron Bioavailability and Rhizosphere Transcription of 2,4-Diacetylphloroglucinol Biosynthetic Genes in Biocontrol Pseudomonas protegens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant-Microbe Interaction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 26 (5), pp.566-574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-11-12-0274-R⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02522212v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Clay Mineralogy on Iron Bioavailability and Rhizosphere Transcription of 2,4-Diacetylphloroglucinol Biosynthetic Genes in Biocontrol Pseudomonas protegens</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
+                <w:t xml:space="preserve">Unexpected phytostimulatory behavior for Escherichia coli and Agrobacterium tumefaciens model strains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bruto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 26 (5), pp.566-574. </w:t>
+              <w:t xml:space="preserve">, 2013, 26 (5), pp.495-502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/MPMI-11-12-0274-R⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-12-12-0298-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02522202v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the relationship between geologic origin of soil, rhizobacterial community composition and soil receptivity to tobacco black root rot in Savoie region (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Kyselková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6500,303 +6500,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified Nomenclature for Genes Involved in Prokaryotic Aerobic Arsenite Oxidation</w:t>
+                <w:t xml:space="preserve">Rapid and simultaneous detection of linear chromosome and large plasmids in Proteobacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Lett</w:t>
+                <w:t xml:space="preserve">Martha Helena Ramírez-Bahena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Nesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joanne Santinid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.06391-11⟩</w:t>
+              <w:t xml:space="preserve">Journal of Basic Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (52), pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jobm.201100278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00722718v1</w:t>
+                <w:t xml:space="preserve">halsde-00723073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid and simultaneous detection of linear chromosome and large plasmids in Proteobacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unified Nomenclature for Genes Involved in Prokaryotic Aerobic Arsenite Oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Lett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lièvremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martha Helena Ramírez-Bahena</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Muller</w:t>
+                <w:t xml:space="preserve">Simon Silver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Santinid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Basic Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jobm.201100278⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.207-208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.06391-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00723073v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00722718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of the relation between 2,4-diacetylphloroglucinol-producing Pseudomonas and Thielaviopsis basicola populations by real-time PCR in tobacco black root-rot suppressive and conducive soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7014,77 +7014,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic Species Are Ecological Species as Revealed by Comparative Genomics in Agrobacterium tumefaciens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7294,51 +7294,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure, function, and evolution of the Thiomonas spp. genome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Arsène-Ploetze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Koechler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7747,51 +7747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Heinrich-Salmeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lièvremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jauzein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7881,51 +7881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Médigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Koechler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">​mohamed Barakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8730,51 +8730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel A.E. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veneta Groudeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Lett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 237 (2), pp.249-253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8860,51 +8860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frauke Baymann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lièvremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 20 (5), pp.686-93. </w:t>
@@ -8955,90 +8955,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsenite oxidase aox genes from a metal-resistant beta-proteobacterium.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lièvremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diliana Dancheva Simeonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Lett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 185 (1), pp.135-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9367,51 +9367,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontal Acquisition of Prokaryotic Genes for Eukaryote Functioning and Niche Adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bruto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9818,51 +9818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions of plant-beneficial rhizosphere bacteria according to cereal genotype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moenne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9969,77 +9969,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Plant-Bacteria Interactions Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Aussois, France</w:t>
@@ -10068,51 +10068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation between landscape distribution of disease-suppressive soils, iron bioavailability for biocontrol Pseudomonas on roots, and rhizosphere expression of genes for 2,4-diacetylphloroglucinol synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10170,273 +10170,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Significance of the evolution of Zea mays and other Poaceae for rhizobacterial community composition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extensive interkingdom horizontal transfers of 1-aminocyclopropane-1-carboxylate deaminase genes between bacteria and filamentous microeukaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bruto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Evolutionary Biology Meeting</w:t>
+              <w:t xml:space="preserve">16. Evolutionary Biology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02544401v1</w:t>
+                <w:t xml:space="preserve">hal-02545169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensive interkingdom horizontal transfers of 1-aminocyclopropane-1-carboxylate deaminase genes between bacteria and filamentous microeukaryotes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
+                <w:t xml:space="preserve">Significance of the evolution of Zea mays and other Poaceae for rhizobacterial community composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lara Bouffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gouesnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Moënne-Loccoz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Evolutionary Biology Meeting</w:t>
+              <w:t xml:space="preserve">16th Evolutionary Biology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02545169v1</w:t>
+                <w:t xml:space="preserve">hal-02544401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire évolutive des céréales et composition de la communauté bactérienne rhizosphérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bruto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent-Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10500,51 +10500,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude génomique des déterminants codant les propriétés phytobénéfiques des Protéobactéries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bruto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10608,51 +10608,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of clay mineralogy on the plant-protecting activity of Pseudomonas in the rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Almario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prigent Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11079,64 +11079,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Shams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally Burr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Helena Ramírez-Bahena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Colloque National d'Ecologie Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Montpellier, France</w:t>
@@ -11178,77 +11178,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an ecological concept for bacterial species in Agrobacterium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Shams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Helena Ramírez-Bahena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11290,90 +11290,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de fonctions « spécifiques d'espèce » impliquées dans l'individualisation en écovar de l’espèce G8 du complexe Agrobacterium tumefaciens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Costechareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chapulliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Lavire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11505,51 +11505,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4FD62EBA"/>
+    <w:nsid w:val="B0EA0582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11736,51 +11736,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-muller" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6619-4691" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/090311310" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-6827-2008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493195v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Cheminat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Waeckerle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Alioua" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cognat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Erhardt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-025-04493-4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05113322v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Vazeux-Blumental" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mathieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Trabac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Palaffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lagard&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.70049" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654265v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Harmsen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Vesga" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Glauser" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kl&#246;tzli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Heiman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-024-01841-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654296v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Todorovi&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danis Abrouk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fierling" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kyselkov&#225;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lara Bouffaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105506" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04658828v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gruet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas B&#246;rner" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mo&#235;nne-Loccoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109392" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Alaoui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gerin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent-Combaret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14698" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317066v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14508" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Raic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Jovi&#269;i&#263;-Petrovi&#263;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1228749" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244433v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholomew Saanu Adeleke" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olubukola Oluranti Babalola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovac030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244409v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lavire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2023.126425" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03763575v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Renoud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Vacheron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent Combaret" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legendre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.760512" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533870v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Oudot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2021.104363" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579580v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Wisniewski-Dy&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020325" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03514878v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.782135" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03300724v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Manriquez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.619122" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989503v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chiaruzzi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Barbry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Muggeo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tristan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Jacquemond" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01249-20" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000801v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rieusset" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13598" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814687v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gery Lamblin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57947-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547931v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dubost" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa062" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392254v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Keshavarz-Tohid" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parissa Taheri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2019.04.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28116-3" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159605v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahed Abdel Ghaffar Abdel Aziz Ibrahim" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nabil Abdel Mageed Omar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada A. Abu El Heba" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Moenne-Loccoz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00962-18" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148378v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0503-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911407v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Nonfoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Badiou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Baude" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00351-18" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913841v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lassalle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Penel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx255" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613633v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Desbrosses" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa-Maria Padilla-Aguilar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Walker" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-07-17-0185-R" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608669v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Almario" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bruto" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01218" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487202v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2017.08.002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608595v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lemanceau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2017.04.008" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487196v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00122-17" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02466011v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Combes-Meynet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gouesnard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2907-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02466010v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Renoud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21690" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02466008v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Gon&#231;alves-Martins" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01212" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547960v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nesme" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2015.06.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605055v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Youenou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Favre-Bonte" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Bodilis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brothier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evv161" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010607v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Donn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadakattu V.S.R. Gupta" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2014.02.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2C201C7Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010660v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha H. Ram&#237;rez-Bahena" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vial" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Diel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2014.01.005" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9WM31Z6-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487460v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Luis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2014.0848" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010573v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve D&#233;fago" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12459" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q57TKJ0N-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010640v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kopeck&#253;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Haurat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12131" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W5NXVH15-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487456v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06261" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010591v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Poirier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12442" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M3D5159L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522224v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desbrosses" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie.-Lara Bouffaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Touraine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00356" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965830v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bally" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-12-12-0298-R" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00972245v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Andres" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ars&#232;ne-Ploetze" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Cleiss-Arnold" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evt061" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522212v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Nesme" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Costechareyre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. R. Bahena" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nesme" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522202v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-12-0274-R" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522203v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kopeck&#253;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-013-1677-1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/793A38D633DDBB86D7CB5778F6EA279D26CB37A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00722718v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lett" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Li&#232;vremont" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Silver" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Santinid" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06391-11" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723073v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Helena Ram&#237;rez-Bahena" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jobm.201100278" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZNG7GSM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02532808v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2012.09.003" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K4VCFCJ8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00722561v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gouesnard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Grundmann" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05359.x" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1QXTGHQH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723400v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Campillo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Costechareyre" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evr070" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874738v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couillerot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Ez&#233;kiel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Caballero-Mellado" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2010.09.003" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MXTJ32LW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463879v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Koechler" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marchal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chandler" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000859" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602032v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lieutaud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van Lis" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duval" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Capowiez" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.113761" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281294v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Lett" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ratouchniak" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bonnefoy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01447.x" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0RJSWX1M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370780v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Qu&#233;m&#233;neur" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Heinrich-Salmeron" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jauzein" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02851-07" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340034v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030053" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245669v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Iwai" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minsoo Kim" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Yoshikawa" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Ashida" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michinaga Ogawa" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2007.06.043" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113703v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diliana D Simeonova" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Riegel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.64308-0" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370783v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carapito" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2005.11.004" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6TRJW96-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106769v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Metzger" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Petey" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique J-M Vidon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.02.036" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WNVXVBD1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250284v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diliana Simeonova" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalina Micheva" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A.E. Muller" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Lett" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.20530" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DKKFNXLT-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247135v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veneta Groudeva" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2004.tb09703.x" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113712v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lebrun" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Brugna" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Baymann" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msg071" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113723v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diliana Dancheva Simeonova" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hubert" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457880v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/chapter/10.1007/978-3-319-06542-7_19" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06542-7_19" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479158v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02563676v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Luis" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hoff" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-38212-3_11" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38212-3_11" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02566900v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Shams" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/biochemical-testing/rapid-and-efficient-methods-to-isolate-type-strains-and-determine-species-of-agrobacterium-spp-in-pu" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/36068" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937622v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Valente" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gruet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mini" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338153v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547657v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545176v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02544401v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545169v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02544381v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545219v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547978v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02544356v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellvert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545550v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545584v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545628v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Campillo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Burr" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545712v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shams" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545733v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lavire" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-muller" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6619-4691" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/090311310" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-6827-2008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493195v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Cheminat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Waeckerle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Alioua" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cognat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Erhardt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-025-04493-4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05113322v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Vazeux-Blumental" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mathieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Trabac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Palaffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lagard&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.70049" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654265v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Harmsen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Vesga" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Glauser" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kl&#246;tzli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Heiman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-024-01841-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654296v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Todorovi&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danis Abrouk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fierling" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kyselkov&#225;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lara Bouffaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105506" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04658828v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gruet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas B&#246;rner" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mo&#235;nne-Loccoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109392" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Alaoui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gerin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent-Combaret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14698" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317066v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14508" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Raic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Jovi&#269;i&#263;-Petrovi&#263;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1228749" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244433v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholomew Saanu Adeleke" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olubukola Oluranti Babalola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovac030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244409v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lavire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2023.126425" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03763575v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Renoud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Vacheron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent Combaret" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legendre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.760512" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533870v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Oudot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2021.104363" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579580v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Wisniewski-Dy&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020325" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03514878v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.782135" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03300724v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Manriquez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.619122" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989503v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chiaruzzi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Barbry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Muggeo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tristan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Jacquemond" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01249-20" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000801v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rieusset" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13598" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814687v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gery Lamblin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57947-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547931v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dubost" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa062" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392254v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Keshavarz-Tohid" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parissa Taheri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2019.04.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28116-3" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148378v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0503-7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159605v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahed Abdel Ghaffar Abdel Aziz Ibrahim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nabil Abdel Mageed Omar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada A. Abu El Heba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Moenne-Loccoz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00962-18" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911407v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Nonfoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Badiou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Baude" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00351-18" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608595v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lemanceau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2017.04.008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487196v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00122-17" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487202v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2017.08.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913841v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lassalle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Penel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx255" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613633v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Desbrosses" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa-Maria Padilla-Aguilar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Walker" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-07-17-0185-R" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608669v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Almario" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bruto" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01218" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02466011v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Combes-Meynet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gouesnard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2907-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02466010v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Renoud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21690" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02466008v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Gon&#231;alves-Martins" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01212" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547960v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nesme" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2015.06.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605055v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Youenou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Favre-Bonte" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Bodilis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brothier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evv161" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010607v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Donn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadakattu V.S.R. Gupta" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2014.02.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2C201C7Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010573v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve D&#233;fago" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12459" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q57TKJ0N-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010640v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kopeck&#253;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Haurat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12131" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W5NXVH15-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487460v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Luis" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2014.0848" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010660v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha H. Ram&#237;rez-Bahena" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vial" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Diel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2014.01.005" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9WM31Z6-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487456v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06261" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010591v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Poirier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12442" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M3D5159L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522224v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desbrosses" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie.-Lara Bouffaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Touraine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00356" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00972245v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Andres" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ars&#232;ne-Ploetze" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Cleiss-Arnold" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evt061" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522212v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Nesme" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Costechareyre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. R. Bahena" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nesme" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522202v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-12-0274-R" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965830v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bally" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-12-12-0298-R" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02522203v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kopeck&#253;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S&#225;gov&#225;-Mare&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-013-1677-1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/793A38D633DDBB86D7CB5778F6EA279D26CB37A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723073v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Helena Ram&#237;rez-Bahena" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jobm.201100278" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZNG7GSM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00722718v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lett" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Li&#232;vremont" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Silver" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Santinid" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06391-11" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02532808v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2012.09.003" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K4VCFCJ8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00722561v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gouesnard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Grundmann" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05359.x" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1QXTGHQH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723400v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Campillo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Costechareyre" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evr070" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874738v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couillerot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Ez&#233;kiel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Caballero-Mellado" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2010.09.003" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MXTJ32LW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463879v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Koechler" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marchal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chandler" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000859" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602032v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lieutaud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van Lis" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duval" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Capowiez" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.113761" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281294v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Lett" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ratouchniak" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bonnefoy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01447.x" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0RJSWX1M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370780v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Qu&#233;m&#233;neur" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Heinrich-Salmeron" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jauzein" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02851-07" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340034v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030053" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245669v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Iwai" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minsoo Kim" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Yoshikawa" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Ashida" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michinaga Ogawa" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2007.06.043" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113703v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diliana D Simeonova" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Riegel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.64308-0" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370783v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carapito" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2005.11.004" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6TRJW96-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106769v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Metzger" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Petey" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique J-M Vidon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.02.036" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WNVXVBD1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250284v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diliana Simeonova" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalina Micheva" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A.E. Muller" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Lett" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.20530" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DKKFNXLT-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247135v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veneta Groudeva" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2004.tb09703.x" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113712v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lebrun" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Brugna" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Baymann" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msg071" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113723v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diliana Dancheva Simeonova" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hubert" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457880v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/chapter/10.1007/978-3-319-06542-7_19" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06542-7_19" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479158v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02563676v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Luis" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hoff" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-38212-3_11" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38212-3_11" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02566900v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Shams" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/biochemical-testing/rapid-and-efficient-methods-to-isolate-type-strains-and-determine-species-of-agrobacterium-spp-in-pu" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/36068" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937622v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Valente" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gruet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mini" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338153v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547657v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545176v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545169v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02544401v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02544381v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545219v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547978v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02544356v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellvert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545550v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545584v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545628v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Campillo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Burr" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545712v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shams" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545733v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lavire" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>