--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -570,875 +570,875 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why is income volatility associated with poor health? Longitudinal evidence from the UK and France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Causal beliefs about social determinants of depression, poverty, and mortality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma K Bridger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Maltby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eiko I Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSM - Population Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32, pp.101869. </w:t>
+              <w:t xml:space="preserve">Analyses of Social Issues and Public Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (2), pp.e70018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ssmph.2025.101869⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/asap.70018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05309609v1</w:t>
+                <w:t xml:space="preserve">hal-05176848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the relationship between income and both mental and physical health among adults in the UK: Analysis of 12 waves (2009–2022) of Understanding Society</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Why is income volatility associated with poor health? Longitudinal evidence from the UK and France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nettle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Howard Robert Reed</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Nettle</w:t>
+                <w:t xml:space="preserve">Kate E Pickett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiorella Parra-Mujica</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Graham Stark</w:t>
+                <w:t xml:space="preserve">Matthew T Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Wilkinson</w:t>
+                <w:t xml:space="preserve">Elliott A Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (3), pp.e0316792. </w:t>
+              <w:t xml:space="preserve">SSM - Population Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32, pp.101869. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0316792⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ssmph.2025.101869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04982428v1</w:t>
+                <w:t xml:space="preserve">hal-05309609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the association between household food insecurity and diet quality: The role of psychological distress, food choice motives and meal patterning</w:t>
+                <w:t xml:space="preserve">Examining the relationship between income and both mental and physical health among adults in the UK: Analysis of 12 waves (2009–2022) of Understanding Society</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Evans</w:t>
+                <w:t xml:space="preserve">Howard Robert Reed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Christiansen</w:t>
+                <w:t xml:space="preserve">Fiorella Parra-Mujica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham Stark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melissa Bateson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gregory S Keenan</w:t>
+                <w:t xml:space="preserve">Richard Wilkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2025.108007⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (3), pp.e0316792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0316792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05049180v1</w:t>
+                <w:t xml:space="preserve">hal-04982428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poverty is associated with both risk avoidance and risk taking: empirical evidence for the desperation threshold model from the UK and France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding the association between household food insecurity and diet quality: The role of psychological distress, food choice motives and meal patterning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît de Courson</w:t>
+                <w:t xml:space="preserve">Paul Christiansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willem E Frankenhuis</w:t>
+                <w:t xml:space="preserve">Melissa Bateson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory S Keenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2071⟩</w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 212, pp.108007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2025.108007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04946267v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05049180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harmless bodily pleasures are moralized because they are perceived as reducing self-control and cooperativeness</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Does food insecurity cause anxiety and depression? Evidence from the changing cost of living study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Bateson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott A Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew T Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate E Pickett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 262, pp.106154. </w:t>
+              <w:t xml:space="preserve">PLOS Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (7), pp.e0000320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cognition.2025.106154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pmen.0000320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05057556v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does food insecurity cause anxiety and depression? Evidence from the changing cost of living study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Harmless bodily pleasures are moralized because they are perceived as reducing self-control and cooperativeness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Fitouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nettle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Mental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pmen.0000320⟩</w:t>
+              <w:t xml:space="preserve">Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 262, pp.106154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cognition.2025.106154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05176835v1</w:t>
+                <w:t xml:space="preserve">hal-05057556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causal beliefs about social determinants of depression, poverty, and mortality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Poverty is associated with both risk avoidance and risk taking: empirical evidence for the desperation threshold model from the UK and France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Maltby</w:t>
+                <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eiko I Fried</w:t>
+                <w:t xml:space="preserve">Willem E Frankenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyses of Social Issues and Public Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (2), pp.e70018. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 292 (2040), </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/asap.70018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176848v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Do People Want From a Welfare System? Conjoint Survey Evidence From UK Adults</w:t>
               </w:r>
@@ -1463,51 +1463,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Chrisp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliot A Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew T Johnson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poverty and Public Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 17 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1593,51 +1593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver M Shannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Bateson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Appetite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 204, pp.107732. </w:t>
@@ -2030,103 +2030,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating the effects of Basic Income schemes on mental and physical health among adults aged 18 and above in the UK: A microsimulation study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard Robert Reed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott Aidan Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham Stark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nettle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate E Pickett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLOS Mental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 1 (7), pp.e0000206. </w:t>
@@ -2320,77 +2320,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliott A Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew T Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Policy and Administration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
@@ -2428,51 +2428,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why are socioeconomic health inequalities unacceptable? Studying the influence of explanatory framings on cognitive appraisals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma K Bridger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Tufte‐hewett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2539,365 +2539,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living in a City Where Automated Taxis are Operating and Using Them: Does This Affect Consumers’ Preferences?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabetta Cherchi</w:t>
+                <w:t xml:space="preserve">Can the ‘downward spiral’ of material conditions, mental health and faith in government be stopped? Evidence from surveys in ‘red wall’ constituencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew T Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott Aidan Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard Reed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/03611981231155181⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Politics and International Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.136914812211468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/13691481221146886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04811890v1</w:t>
+                <w:t xml:space="preserve">hal-04311312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can the ‘downward spiral’ of material conditions, mental health and faith in government be stopped? Evidence from surveys in ‘red wall’ constituencies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Howard Reed</w:t>
+                <w:t xml:space="preserve">No effect of hunger on attentional capture by food cues: Two replication studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Courtney Neal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian V Pepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Politics and International Relations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/13691481221146886⟩</w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 191, pp.107065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2023.107065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311312v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No effect of hunger on attentional capture by food cues: Two replication studies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Allen</w:t>
+                <w:t xml:space="preserve">Living in a City Where Automated Taxis are Operating and Using Them: Does This Affect Consumers’ Preferences?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Cherchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 191, pp.107065. </w:t>
+              <w:t xml:space="preserve">Transportation Research Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2677 (7), pp.627 - 638. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2023.107065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/03611981231155181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287617v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Desperation and inequality increase stealing: evidence from experimental microsocieties</w:t>
               </w:r>
@@ -2909,51 +2909,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Setayesh Radkani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleanor Holton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Saxe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3026,51 +3026,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biology, Society, or Choice: How Do Non-Experts Interpret Explanations of Behaviour?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willem E Frankenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthik Panchanathan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3117,51 +3117,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What role do young people believe Universal Basic Income can play in supporting their mental health?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliott A Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Webster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,51 +3385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formalizing theories of child development: Introduction to the special section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willem E Frankenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denny Borsboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3528,51 +3528,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliott Aidan Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Hardill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew T Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3619,64 +3619,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why is violence high and persistent in deprived communities? A formal model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willem E Frankenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4152,51 +4152,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why do inequality and deprivation produce high crime and low trust?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4243,51 +4243,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smoking does not accelerate leucocyte telomere attrition: a meta-analysis of 18 longitudinal cohorts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Bateson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abraham Aviv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4842,51 +4842,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why does poverty increase time discounting? A mathematical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willem Frankenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5106,64 +5106,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explaining the paradoxical effects of poverty on risk taking: The Desperation Threshold Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît de Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willem E Frankenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Nettle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5284,51 +5284,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="202C1632"/>
+    <w:nsid w:val="EF1607E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5515,51 +5515,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428595v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ciranka" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Chevallier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nettle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106409" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305899v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Eriksson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pontus Strimling" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Vartanova" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Simpson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Persson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-025-00324-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05225753v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Stark" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot A Johnson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Reed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Thomas Johnson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34196/ijm.00323" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05309609v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate E Pickett" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew T Johnson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott A Johnson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmph.2025.101869" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982428v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Robert Reed" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Parra-Mujica" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wilkinson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0316792" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05049180v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Evans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Christiansen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bateson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory S Keenan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2025.108007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946267v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Courson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem E Frankenhuis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2071" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05057556v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Fitouchi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106154" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176835v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmen.0000320" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176848v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma K Bridger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Maltby" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiko I Fried" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/asap.70018" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104005v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Chrisp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pop4.70018" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814887v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Neal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian V Pepper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver M Shannon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Allen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2024.107732" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05057545v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Johnson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafar Ahmed" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sureshkumar Kamalakannan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10767-025-09516-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465924v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beuchot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-025-00366-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811886v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Boon-Falleur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Andr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baumard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506241289461" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04847581v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Aidan Johnson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmen.0000206" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814881v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40750-024-00247-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814869v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/spol.13065" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811902v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Tufte&#8208;hewett" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Comerford" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/asap.12415" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811890v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Cherchi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03611981231155181" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311312v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13691481221146886" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2023.107065" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209729v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setayesh Radkani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Holton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Saxe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.221385" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209700v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Panchanathan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/opmi_a_00098" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811905v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Webster" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Morrison" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riley Thorold" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mathers" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13676261.2023.2256236" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287627v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Ross" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hooper" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Smith" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Jaeggi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alden Smith" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2220124120" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287629v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denny Borsboom" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn I Roisman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.14020" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287638v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Hardill" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/17442648y2023d000000005" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04313369v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis van Gelder" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.2095" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311305v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom Scott-Phillips" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13162" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311287v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Thomas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Woo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Spelke" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abh1054" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948585v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas E Dickins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03623319.2022.2117888" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811870v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Johnson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41293-022-00220-z" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811776v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-80897-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02519190v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Aviv" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Bendix" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Benetos" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoav Ben-Shlomo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.190420" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554525v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2008.10.033" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452653v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B. Grace" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard V. Cornell" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gu&#233;gan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0000929" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323997v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33358-3_2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05249293v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05487808v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Frankenhuis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05483993v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Wolff" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudine Carbuccia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Makine" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176907v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heintz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05418452v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428595v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ciranka" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Chevallier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nettle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106409" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305899v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Eriksson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pontus Strimling" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Vartanova" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Simpson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Persson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-025-00324-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05225753v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Stark" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot A Johnson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Reed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Thomas Johnson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34196/ijm.00323" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176848v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma K Bridger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Maltby" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiko I Fried" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/asap.70018" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05309609v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate E Pickett" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew T Johnson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott A Johnson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmph.2025.101869" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982428v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Robert Reed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Parra-Mujica" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wilkinson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0316792" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05049180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Evans" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Christiansen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bateson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory S Keenan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2025.108007" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176835v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmen.0000320" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05057556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Fitouchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106154" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946267v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Courson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem E Frankenhuis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2071" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104005v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Chrisp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pop4.70018" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814887v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Neal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian V Pepper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver M Shannon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Allen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2024.107732" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05057545v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Johnson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafar Ahmed" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sureshkumar Kamalakannan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10767-025-09516-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465924v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beuchot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-025-00366-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811886v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Boon-Falleur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Andr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baumard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506241289461" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04847581v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Aidan Johnson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmen.0000206" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814881v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40750-024-00247-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814869v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/spol.13065" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811902v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Tufte&#8208;hewett" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Comerford" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/asap.12415" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311312v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13691481221146886" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287617v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2023.107065" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811890v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Cherchi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03611981231155181" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209729v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setayesh Radkani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Holton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Saxe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.221385" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209700v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Panchanathan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/opmi_a_00098" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811905v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Webster" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Morrison" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riley Thorold" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mathers" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13676261.2023.2256236" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287627v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Ross" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hooper" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Smith" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Jaeggi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alden Smith" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2220124120" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287629v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denny Borsboom" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn I Roisman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.14020" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04287638v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Hardill" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/17442648y2023d000000005" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04313369v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis van Gelder" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.2095" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311305v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom Scott-Phillips" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13162" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311287v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Thomas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Woo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Spelke" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abh1054" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948585v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas E Dickins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03623319.2022.2117888" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811870v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Johnson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41293-022-00220-z" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811776v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-80897-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02519190v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Aviv" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Bendix" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Benetos" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoav Ben-Shlomo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.190420" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554525v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2008.10.033" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452653v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B. Grace" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard V. Cornell" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gu&#233;gan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0000929" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323997v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33358-3_2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05249293v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05487808v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Frankenhuis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05483993v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Wolff" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudine Carbuccia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Makine" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176907v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heintz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05418452v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>