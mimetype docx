--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Daniel PAVON </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur d'études (IGE), Aix-Marseille Université</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">daniel-pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-8126-8280</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturaliste</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste en flore vasculaire : Méditerranée occidentale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Compétences en mollusques continentaux, isopodes terrestres, orthoptères,  divers arthropodes, poissons marins côtiers, etc. : connaissances régionales (Provence)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flore vasculaire : travaux centrés sur la taxonomie, la chorologie et la conservation, avec un intérêt particulier pour :– la flore régionale et notamment du département des Bouches-du-Rhône– la flore des petites îles de Méditerranée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Invertébrés : travaux personnels centrés sur la malacofaune et les isopodes terrestres de Provence (connaissance, chorologie, conservation, etc.)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How transhumance and pastoral commons shape plant community structure and composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Eugenia Ramos-Font</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Belén Robles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vidaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rangeland Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 98, pp.269-282. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rama.2024.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WOODIV v2, more occurrences, functional traits, and a time-calibrated phylogeny for Euro-Mediterranean trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Cartereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geordie Biffoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Baumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianluigi Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenka Brousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.1756. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-025-06050-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05398860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la présence d’Armadillidium album Dollfus, 1887 (Isopoda, Armadillidiidae) le long du littoral méditerranéen de France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Savon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cuypers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Jouvenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets Natures </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, pp.101-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05475594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground‐Dwelling Spider Community Responses to Forest Management in a Mediterranean Oak Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ménival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Santonja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mazzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Spataro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenka Brousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (7), pp.e71670. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.71670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude diachronique de l’impact des Goélands leucophées (Larus michahellis Naumann, 1840) sur le sol et la flore des îles de Marseille : quels constats après la diminution de leurs effectifs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Mutillod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Baumberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Prudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (2), pp.15-30. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5852/naturae2025a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance de la flore vasculaire de l'île de Port-Cros (Var, S.E. France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38, pp.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microrefugia and microclimate: Unraveling decoupling potential and resistance to heatwaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Finocchiaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Diadema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 924, pp.171696. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy ionic pollution disrupts assemblages of algae, macroinvertebrates and riparian vegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Fanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Franquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 331, pp.121791. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between microclimate and microrefugia: A bottom‐up approach reveals strong climatic and biological offsets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Finocchiaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Diadema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (4), pp.1024-1036. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.16526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armadillidium esterelanum Dollfus, 1887 et Stenophiloscia glarearum Verhoeff, 1908 dans le département des Bouches-du-Rhône (Crustacea, Isopoda, Armadillidiidae et Halophilosciidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Séchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 72, pp.117-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03480262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagea granatellii (Parl.) Parl. (Liliaceae) dans les Bouches-du-Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 72, pp.89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03480252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WOODIV, a database of occurrences, functional traits, and phylogenetic data for all Euro-Mediterranean trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Cilleros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Cheikh Albassatneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (89), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-021-00873-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species–area relationship and small‐island effect of vascular plant diversity in a young volcanic archipelago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Chiarucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Guarino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvatore Pasta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso La Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Lo Cascio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 48 (11), pp.2919-2931. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jbi.14253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Native plant community recovery after Carpobrotus (iceplant) removal on an island – results of a 10‐year project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Braschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot‐lescure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon C M Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vidaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24, pp.e12524. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/avsc.12524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complément à la connaissance de la flore vasculaire de l'île Gargalu (Réserve naturelle de Scàndula, Corse occidentale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Botanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94, pp.11-27. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jobot.2021.2324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key issues in North-western Mediterranean dry grassland restoration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aure Durbecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Arruda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vidaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restoration Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.37. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rec.13258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise à jour de la liste des plantes vasculaires du département des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 71, pp.151-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Mediterranean trees well known? “Juniperus turbinata” (Cupressaceae), a common but misunderstood taxon / Les arbres de Méditerranée sont-ils bien connus ? « Juniperus turbinata » (Cupressaceae), un taxon commun mais incompris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologia mediterranea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (2), pp.77-104. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecmed.2020.2110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond taxonomic diversity: Revealing spatial mismatches in phylogenetic and functional diversity facets in Mediterranean tree communities in southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggeliki Doxa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Devictor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Baumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 474, pp.118318. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foreco.2020.118318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is a tree in the Mediterranean Basin hotspot? A critical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Nikolic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayotis Dimopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), pp.17. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40663-019-0170-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance du genre Fumaria L. dans le département des Bouches–du–Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70, pp.57-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétablissement des communautés végétales après éradication des griffes de sorcière (Carpobrotus sp.) dans le cadre du programme de restauration écologique de l'île de Bagaud (Parc national de Port-Cros, France) : résultats 5 ans après éradication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Braschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technè</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32, pp.123-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la presencia de Fumaria bicolor (Papaveraceae) en la Península Ibérica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Noble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Sáez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Montiberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72, pp.3-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la presencia de Orobanche pubescens d’Urv. (Orobanchaceae) en la Península Ibérica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Montiberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68, pp.48-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astragalus echinatus Murray dans le département des Bouches-du-Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 67, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compléments d’inventaires floristiques des îles et îlots satellites du Parc national de Port-Cros (Porquerolles, Port-Cros et Giens, commune d’Hyères) et de l’île du Grand Rouveau (commune de Six-Fours) (Var, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Noble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30, pp.261-268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03532491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la presencia de Fumaria melillaica Pugsley (Papaveraceae) en Murcia (España)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lidén</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Montiberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 64, pp.80-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">200. SOBRE LA DISTRIBUCIÓN DE FUMARIA MUNBYIBOISS. & REUT. Y SU PRESENCIA Y CONSERVACIÓN EN ANDALUCÍA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lahora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Mota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Botanica Malacitana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulla presenza di Ophioglossum lusitanicum L. sull’isola di Vulcano e aggiunte alla flora vascolare delle Isole Eolie (Sicilia nord-orientale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lo Ciasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pasta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturalista Siciliano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40, pp.27-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03532913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la distribución de Fumaria munbyi Boiss. & Reut. y su presencia y conservación en Andalucía. On the distribution of Fumaria munbyi Boiss. & Reut. and its presence and conservation in Andalusia (Spain).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agustín Lahora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Mota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Botanica Malacitana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41, pp.299-306. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24310/abm.v41i0.2476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance et à la conservation des orobanches du département des Bouches–du–Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66, pp.57-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résilience de la flore indigène après éradication des griffes de sorcière (Carpobrotus sp.) sur une île méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Espèces invasives, 70 (Sup. 12), pp.80-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01452459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résilience de la flore indigène après éradication des griffes de sorcière (Carpobrotus sp.) sur une île méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sup12, pp.80-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orobanche staehelinae (Orobanchaceae), a new species from southeast France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Tison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 207 (1), pp.93--105. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.207.1.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations malacologiques sur l'île de la Galite (Tunisie septentrionale).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intidhar Abbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Folia Conchyliologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26, pp.9-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fausse-veloutée des chênes-lièges Urticicola suberinus (Bérenguier, 1882) (Mollusca, Gastropoda, Hygromiidae) sur l'île de Bagaud, archipel des îles d'Hyères, Parc national de Port-Cros (Var, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Passetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26, pp.269-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espèces nouvelles pour la Tunisie observées sur les petites îles de la côte septentrionale (archipels de la Galite et de Zembra, îlots de Bizerte).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Mediterranea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21, pp.273-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une observation de la pseudolimace hongroise, Tandonia budapestensis (Hazay, 1881) (Gastropoda terrestria nuda), dans le département des Alpes-Maritimes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 61, pp.67-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise à jour de la liste des mollusques continentaux du département des Bouches–du–Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 60, pp.35-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allium chamaemoly L. dans le département des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 57, pp.33-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et révision de la fiche-espèce 1453 des cahiers d'habitats Natura 2000 : &amp;quot;Gouffeia arenarioides DC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Auda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Botanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 36, pp.39-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur Granaria stabilei ancey i ( Fagot, 1881)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MalaCo : Le journal de malacologie continentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liste commentée des mollusques continentaux du département des Bouches–du–Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56, pp.35-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedum litoreum Guss. en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde des Plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 487 ((titre séparé du numéro 487)), pp.12-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur le genre Limonium Miller dans le département des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56, pp.135-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la flore des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Baret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lijnen-Canonici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde des Plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 480, pp.13-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence résiduelle en situation urbaine de Teucrium pseudochamaepitys L. (Lamiaceae), plante protégée et menacée en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean d'Aquino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 53, pp.73-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liste des plantes vasculaires du site classé des Calanques (Marseille, Cassis, Bouches-du-Rhône).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Destefano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 52, pp.139-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediterranean streams vulnerability, functions and services for the cities: The case of a hyper-salinized stream in Marseilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Franquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Fanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIL2022: International Society of Limnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Limnology, Aug 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic insights into the microbial diversity of bauxite residues in the mining basin of Provence and the Marseille agglomeration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques "Bauxite Résidues"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typification of names and their taxonomic assignment within the Brachypodium distachyon complex (Poaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bianchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Croze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Brachypodium Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Huesca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation par métabarcoding de la diversité microbienne de sols enrichis en boues rouges du Bassin Minier de Provence et de l'agglomération marseillaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Burot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Gardanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil, plant and red mud: Case study of two deposits in Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Burot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bauxite residue deposits of the mining basin of Provence: characterization and impacts on the physico-chemical and biological qualities of soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ambrosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th symposium LabEx DRIIHM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude écosystémique d’un dépôt de résidus de bauxite en Provence : le cas du crassier du Griffon, Vitrolles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Burot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’OHM-BMP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bouc-Bel-Air, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation et originalité des terrils des Molx dans la flore de Basse Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Baumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée « Terrils du Bassin Minier de Provence »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How ionic pollution affect algae, macroinvertebrates and riparian vegetation in an urban freshwater stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Fanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Franquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème JILO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Corte (Corse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rehabilitation of a Mediterranean coal mining heap using the legume shrubs Spartium junceum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Folzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Verlande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vassalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, SFE 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Marseille, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The terrestrial red mud deposits in Provence : Ongoing researches in soil science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hennebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, SFÉcologie 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Marseille, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of ground cover on &amp;lt;em&amp;gt;Pseudomonas syringae&amp;lt;/em&amp;gt; communities in kiwifruit orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Borschinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Chandeysson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International symposium on phyllosphere microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Ascona, Switzerland. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudorella sulcata (Draparnaud 1801) (Gastropoda – Pomatiidae) Synthèse des données existantes, observations et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA CONSERVATION DES MOLLUSQUES CONTINENTAUX EN FRANCE : DE L’ARRETE DE 1992 FIXANT LA LISTE DES ESPECES PROTEGEES A LA MISE EN OEUVRE DES PREMIERS DOCUMENTS D’OBJECTIFS NATURA 2000 : QUEL BILAN ? QUELLES PERSPECTIVES ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Moulis (Ariège), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore des Bouches-du-Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Naturalia Publications, 351 p., 2020, 979-10-94583-39-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La flore remarquable des Bouches-du-Rhône. Plantes, milieux naturels et paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biotope éditions, 464 p., 2018, 2366622104, 9782366622102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crustacés isopodes terrestres (cloportes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La faune des Bouches-du-Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biotope éditions, p. 354-357, 2019, 236662221X, 9782366622218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les îles et les archipels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La flore remarquable des Bouches-du-Rhône. Plantes, milieux naturels, paysages. Biotope, Mèze</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-179, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02018235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId203"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Daniel PAVON </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur d'études (IGE), Aix-Marseille Université</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">daniel-pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-8126-8280</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturaliste</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste en flore vasculaire : Méditerranée occidentale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Compétences en mollusques continentaux, isopodes terrestres, orthoptères,  divers arthropodes, poissons marins côtiers, etc. : connaissances régionales (Provence)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flore vasculaire : travaux centrés sur la taxonomie, la chorologie et la conservation, avec un intérêt particulier pour :– la flore régionale et notamment du département des Bouches-du-Rhône– la flore des petites îles de Méditerranée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Invertébrés : travaux personnels centrés sur la malacofaune et les isopodes terrestres de Provence (connaissance, chorologie, conservation, etc.)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground‐Dwelling Spider Community Responses to Forest Management in a Mediterranean Oak Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ménival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Santonja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mazzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Spataro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenka Brousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (7), pp.e71670. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.71670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la présence d’Armadillidium album Dollfus, 1887 (Isopoda, Armadillidiidae) le long du littoral méditerranéen de France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Savon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cuypers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Jouvenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets Natures </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, pp.101-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05475594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude diachronique de l’impact des Goélands leucophées (Larus michahellis Naumann, 1840) sur le sol et la flore des îles de Marseille : quels constats après la diminution de leurs effectifs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Mutillod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Baumberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Prudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (2), pp.15-30. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5852/naturae2025a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WOODIV v2, more occurrences, functional traits, and a time-calibrated phylogeny for Euro-Mediterranean trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Cartereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geordie Biffoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Baumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianluigi Bacchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenka Brousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.1756. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-025-06050-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05398860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How transhumance and pastoral commons shape plant community structure and composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Eugenia Ramos-Font</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Belén Robles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vidaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rangeland Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 98, pp.269-282. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rama.2024.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance de la flore vasculaire de l'île de Port-Cros (Var, S.E. France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38, pp.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microrefugia and microclimate: Unraveling decoupling potential and resistance to heatwaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Finocchiaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Diadema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 924, pp.171696. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy ionic pollution disrupts assemblages of algae, macroinvertebrates and riparian vegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Fanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Franquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 331, pp.121791. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between microclimate and microrefugia: A bottom‐up approach reveals strong climatic and biological offsets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Finocchiaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Diadema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (4), pp.1024-1036. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.16526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WOODIV, a database of occurrences, functional traits, and phylogenetic data for all Euro-Mediterranean trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Cilleros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Cheikh Albassatneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (89), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-021-00873-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagea granatellii (Parl.) Parl. (Liliaceae) dans les Bouches-du-Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 72, pp.89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03480252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complément à la connaissance de la flore vasculaire de l'île Gargalu (Réserve naturelle de Scàndula, Corse occidentale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Botanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94, pp.11-27. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jobot.2021.2324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Native plant community recovery after Carpobrotus (iceplant) removal on an island – results of a 10‐year project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Braschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot‐lescure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon C M Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vidaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24, pp.e12524. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/avsc.12524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species–area relationship and small‐island effect of vascular plant diversity in a young volcanic archipelago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Chiarucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Guarino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvatore Pasta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso La Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Lo Cascio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 48 (11), pp.2919-2931. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jbi.14253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key issues in North-western Mediterranean dry grassland restoration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aure Durbecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Arruda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vidaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restoration Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.37. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rec.13258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armadillidium esterelanum Dollfus, 1887 et Stenophiloscia glarearum Verhoeff, 1908 dans le département des Bouches-du-Rhône (Crustacea, Isopoda, Armadillidiidae et Halophilosciidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Séchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 72, pp.117-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03480262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Mediterranean trees well known? “Juniperus turbinata” (Cupressaceae), a common but misunderstood taxon / Les arbres de Méditerranée sont-ils bien connus ? « Juniperus turbinata » (Cupressaceae), un taxon commun mais incompris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologia mediterranea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (2), pp.77-104. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecmed.2020.2110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise à jour de la liste des plantes vasculaires du département des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 71, pp.151-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond taxonomic diversity: Revealing spatial mismatches in phylogenetic and functional diversity facets in Mediterranean tree communities in southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggeliki Doxa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Devictor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Baumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 474, pp.118318. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foreco.2020.118318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance du genre Fumaria L. dans le département des Bouches–du–Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70, pp.57-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is a tree in the Mediterranean Basin hotspot? A critical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Nikolic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayotis Dimopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), pp.17. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40663-019-0170-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétablissement des communautés végétales après éradication des griffes de sorcière (Carpobrotus sp.) dans le cadre du programme de restauration écologique de l'île de Bagaud (Parc national de Port-Cros, France) : résultats 5 ans après éradication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Braschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technè</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32, pp.123-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la presencia de Fumaria bicolor (Papaveraceae) en la Península Ibérica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Noble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Sáez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Montiberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72, pp.3-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la presencia de Orobanche pubescens d’Urv. (Orobanchaceae) en la Península Ibérica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Montiberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68, pp.48-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulla presenza di Ophioglossum lusitanicum L. sull’isola di Vulcano e aggiunte alla flora vascolare delle Isole Eolie (Sicilia nord-orientale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lo Ciasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pasta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturalista Siciliano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40, pp.27-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03532913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">200. SOBRE LA DISTRIBUCIÓN DE FUMARIA MUNBYIBOISS. & REUT. Y SU PRESENCIA Y CONSERVACIÓN EN ANDALUCÍA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lahora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Mota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Botanica Malacitana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la presencia de Fumaria melillaica Pugsley (Papaveraceae) en Murcia (España)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lidén</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Montiberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 64, pp.80-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sobre la distribución de Fumaria munbyi Boiss. & Reut. y su presencia y conservación en Andalucía. On the distribution of Fumaria munbyi Boiss. & Reut. and its presence and conservation in Andalusia (Spain).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agustín Lahora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Mota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Botanica Malacitana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41, pp.299-306. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24310/abm.v41i0.2476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astragalus echinatus Murray dans le département des Bouches-du-Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 67, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compléments d’inventaires floristiques des îles et îlots satellites du Parc national de Port-Cros (Porquerolles, Port-Cros et Giens, commune d’Hyères) et de l’île du Grand Rouveau (commune de Six-Fours) (Var, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Noble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30, pp.261-268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03532491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résilience de la flore indigène après éradication des griffes de sorcière (Carpobrotus sp.) sur une île méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sup12, pp.80-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orobanche staehelinae (Orobanchaceae), a new species from southeast France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Tison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 207 (1), pp.93--105. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.207.1.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résilience de la flore indigène après éradication des griffes de sorcière (Carpobrotus sp.) sur une île méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Aboucaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Espèces invasives, 70 (Sup. 12), pp.80-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01452459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance et à la conservation des orobanches du département des Bouches–du–Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66, pp.57-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations malacologiques sur l'île de la Galite (Tunisie septentrionale).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intidhar Abbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Folia Conchyliologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26, pp.9-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fausse-veloutée des chênes-lièges Urticicola suberinus (Bérenguier, 1882) (Mollusca, Gastropoda, Hygromiidae) sur l'île de Bagaud, archipel des îles d'Hyères, Parc national de Port-Cros (Var, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Passetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26, pp.269-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espèces nouvelles pour la Tunisie observées sur les petites îles de la côte septentrionale (archipels de la Galite et de Zembra, îlots de Bizerte).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flora Mediterranea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21, pp.273-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une observation de la pseudolimace hongroise, Tandonia budapestensis (Hazay, 1881) (Gastropoda terrestria nuda), dans le département des Alpes-Maritimes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 61, pp.67-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise à jour de la liste des mollusques continentaux du département des Bouches–du–Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 60, pp.35-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allium chamaemoly L. dans le département des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 57, pp.33-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et révision de la fiche-espèce 1453 des cahiers d'habitats Natura 2000 : &amp;quot;Gouffeia arenarioides DC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Auda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Botanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 36, pp.39-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liste commentée des mollusques continentaux du département des Bouches–du–Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56, pp.35-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur Granaria stabilei ancey i ( Fagot, 1881)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MalaCo : Le journal de malacologie continentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedum litoreum Guss. en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde des Plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 487 ((titre séparé du numéro 487)), pp.12-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur le genre Limonium Miller dans le département des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56, pp.135-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la flore des Bouches-du-Rhône.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Baret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Lijnen-Canonici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde des Plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 480, pp.13-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence résiduelle en situation urbaine de Teucrium pseudochamaepitys L. (Lamiaceae), plante protégée et menacée en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean d'Aquino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 53, pp.73-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liste des plantes vasculaires du site classé des Calanques (Marseille, Cassis, Bouches-du-Rhône).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Destefano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Saatkamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Linnéenne de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 52, pp.139-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediterranean streams vulnerability, functions and services for the cities: The case of a hyper-salinized stream in Marseilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Franquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Fanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIL2022: International Society of Limnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Limnology, Aug 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic insights into the microbial diversity of bauxite residues in the mining basin of Provence and the Marseille agglomeration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques "Bauxite Résidues"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typification of names and their taxonomic assignment within the Brachypodium distachyon complex (Poaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bianchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Croze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Brachypodium Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Huesca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil, plant and red mud: Case study of two deposits in Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Burot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation par métabarcoding de la diversité microbienne de sols enrichis en boues rouges du Bassin Minier de Provence et de l'agglomération marseillaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Burot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Gardanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bauxite residue deposits of the mining basin of Provence: characterization and impacts on the physico-chemical and biological qualities of soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ambrosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th symposium LabEx DRIIHM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude écosystémique d’un dépôt de résidus de bauxite en Provence : le cas du crassier du Griffon, Vitrolles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Viard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Burot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’OHM-BMP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bouc-Bel-Air, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation et originalité des terrils des Molx dans la flore de Basse Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Baumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée « Terrils du Bassin Minier de Provence »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How ionic pollution affect algae, macroinvertebrates and riparian vegetation in an urban freshwater stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Fanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Franquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Affre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème JILO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Corte (Corse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rehabilitation of a Mediterranean coal mining heap using the legume shrubs Spartium junceum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Folzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Verlande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vassalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, SFE 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Marseille, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The terrestrial red mud deposits in Provence : Ongoing researches in soil science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Luglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hennebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, SFÉcologie 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Marseille, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of ground cover on &amp;lt;em&amp;gt;Pseudomonas syringae&amp;lt;/em&amp;gt; communities in kiwifruit orchards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Borschinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Chandeysson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International symposium on phyllosphere microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Ascona, Switzerland. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudorella sulcata (Draparnaud 1801) (Gastropoda – Pomatiidae) Synthèse des données existantes, observations et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA CONSERVATION DES MOLLUSQUES CONTINENTAUX EN FRANCE : DE L’ARRETE DE 1992 FIXANT LA LISTE DES ESPECES PROTEGEES A LA MISE EN OEUVRE DES PREMIERS DOCUMENTS D’OBJECTIFS NATURA 2000 : QUEL BILAN ? QUELLES PERSPECTIVES ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Moulis (Ariège), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore des Bouches-du-Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Naturalia Publications, 351 p., 2020, 979-10-94583-39-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La flore remarquable des Bouches-du-Rhône. Plantes, milieux naturels et paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Pires</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biotope éditions, 464 p., 2018, 2366622104, 9782366622102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crustacés isopodes terrestres (cloportes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La faune des Bouches-du-Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biotope éditions, p. 354-357, 2019, 236662221X, 9782366622218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les îles et les archipels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Pavon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Médail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La flore remarquable des Bouches-du-Rhône. Plantes, milieux naturels, paysages. Biotope, Mèze</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-179, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02018235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId203"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D55017E"/>
+    <w:nsid w:val="F34D635B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-pavon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-8126-8280" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825858v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Parra" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia Ramos-Font" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bel&#233;n Robles" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vidaller" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rama.2024.10.002" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398860v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Cartereau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geordie Biffoni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Bacchetta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Brousset" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-06050-0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475594v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pavon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cuypers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouvenez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck No&#235;l" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05390649v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;nival" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santonja" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mazzia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Spataro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71670" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958018v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mutillod" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Baumberger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Saatkamp" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2025a2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886645v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04508908v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Finocchiaro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Diadema" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171696" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326883v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Fanton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bertrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121791" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990360v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16526" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03480262v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S&#233;chet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. No&#235;l" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03480252v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tison" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03180026v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cilleros" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Cheikh Albassatneh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arroyo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00873-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03339356v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Chiarucci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Guarino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pasta" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso La Rosa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Lo Cascio" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14253" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02927845v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Braschi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chenot&#8208;lescure" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C M Hess" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12524" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03153412v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jobot.2021.2324" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913080v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Durbecq" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Arruda" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rec.13258" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03533206v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Pires" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03221115v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol V&#233;la" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecmed.2020.2110" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02883773v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggeliki Doxa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devictor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118318" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02078441v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Nikolic" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Dimopoulos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40663-019-0170-6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03533114v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pires" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01890146v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Aboucaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chenot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03471210v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Noble" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; S&#225;ez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03470507v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473862v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abadie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Georges" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Michaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532491v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aboucaya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Krebs" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473762v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lid&#233;n" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473766v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahora" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Mota" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532913v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lo Ciasco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pasta" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Lahora" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Mota" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24310/abm.v41i0.2476" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404511v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452459v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Krebs" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie All&#232;gre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533300v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445193v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Michaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tison" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.207.1.4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886436v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intidhar Abbes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886415v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Passetti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886603v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886390v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886378v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bertrand" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886553v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886569v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Auda" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886294v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886315v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886544v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886524v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886506v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lijnen-Canonici" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886476v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean d'Aquino" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886459v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Giraud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Destefano" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555670v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627031v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foulon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Luglia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Verdier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourrier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Keller" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02874835v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bianchin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croze" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624291v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Viard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Burot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04615185v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766513v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766471v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627136v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Pouget" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roig" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555614v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787616v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Folzer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Salducci" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maigan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verlande" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vassalo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01451222v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hennebert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743486v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Borschinger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lacroix" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Chandeysson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guilbaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Parisi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404480v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404506v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404500v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404503v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02018235v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-pavon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-8126-8280" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05390649v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;nival" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santonja" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mazzia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Spataro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Brousset" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71670" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475594v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pavon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cuypers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouvenez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck No&#235;l" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958018v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mutillod" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Baumberger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Saatkamp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vidal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2025a2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398860v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Cartereau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geordie Biffoni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Bacchetta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-06050-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825858v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Parra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia Ramos-Font" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bel&#233;n Robles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vidaller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rama.2024.10.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886645v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04508908v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Finocchiaro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Diadema" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171696" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326883v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Fanton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bertrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121791" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990360v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16526" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03180026v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cilleros" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Cheikh Albassatneh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arroyo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00873-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03480252v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tison" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03153412v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jobot.2021.2324" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02927845v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Braschi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chenot&#8208;lescure" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C M Hess" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12524" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03339356v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Chiarucci" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Guarino" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pasta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso La Rosa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Lo Cascio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14253" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913080v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Durbecq" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Arruda" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rec.13258" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03480262v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S&#233;chet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. No&#235;l" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03221115v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol V&#233;la" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecmed.2020.2110" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03533206v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Pires" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02883773v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggeliki Doxa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devictor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118318" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03533114v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02078441v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Nikolic" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Dimopoulos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40663-019-0170-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01890146v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Aboucaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chenot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03471210v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Noble" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; S&#225;ez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03470507v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532913v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lo Ciasco" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pasta" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473766v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahora" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Mota" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473762v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lid&#233;n" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467224v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Lahora" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Mota" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24310/abm.v41i0.2476" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473862v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abadie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Georges" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Michaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532491v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aboucaya" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Krebs" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533300v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Krebs" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie All&#232;gre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445193v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Michaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tison" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.207.1.4" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404511v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886436v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intidhar Abbes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886415v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Passetti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886603v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886390v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886378v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bertrand" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886553v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886569v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Auda" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886315v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886294v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886544v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886524v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886506v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lijnen-Canonici" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886476v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean d'Aquino" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886459v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Giraud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Destefano" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555670v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627031v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foulon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Luglia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Verdier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourrier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Keller" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02874835v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bianchin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croze" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04615185v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Viard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Burot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624291v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766513v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766471v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627136v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Pouget" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roig" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555614v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787616v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Folzer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Salducci" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maigan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verlande" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vassalo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01451222v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hennebert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743486v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Borschinger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lacroix" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Chandeysson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guilbaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Parisi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404480v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404506v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404500v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404503v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02018235v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>