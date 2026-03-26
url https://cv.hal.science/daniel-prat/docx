--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1077,51 +1077,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1659,665 +1659,557 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00153264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloroplast and mitochondrial molecular tests identify European x Japanese larch hybrids.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Acheré</w:t>
+                <w:t xml:space="preserve">Localisation of genomic regions controlling microdensitometric parameters of wood characteristics in hybrid larches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Arcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Faivre Rampant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc E. Pâques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Prat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 108, pp.1643-1649</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 59, pp.607-615</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00153229v1</w:t>
+                <w:t xml:space="preserve">halsde-00153168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation of genomic regions controlling microdensitometric parameters of wood characteristics in hybrid larches.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luc E. Pâques</w:t>
+                <w:t xml:space="preserve">Genetic variability of a scattered temperate forest tree: Sorbus torminalis L. (Crantz).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Demesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Le Guerroué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Lucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 59, pp.607-615</w:t>
+              <w:t xml:space="preserve">, 2000, 57, pp.63-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00153168v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00153217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability of a scattered temperate forest tree: Sorbus torminalis L. (Crantz).</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Application of AFLP, RAPD and ISSR markers to genetic mapping of European and Japanese larch.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Arcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Anselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Faivre Rampant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc E. Pâques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 57, pp.63-71</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 100, pp.299-307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00153217v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00153256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of AFLP, RAPD and ISSR markers to genetic mapping of European and Japanese larch.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variabilité génétique de l'Alisier torminal et du genre Sorbus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 45 (3), pp.216-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/26417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00153256v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03443971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité génétique de l'Alisier torminal et du genre Sorbus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Teissier Du Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Prat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue forestière française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1993, 45 (3), pp.216-228. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4267/2042/26417⟩</w:t>
+              <w:t xml:space="preserve">, 1986, 38 (Spécial), pp.168-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/25715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2327,51 +2219,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of hybrids between Larix Decidua and L. Kaempferi by molecular markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Acheré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2423,113 +2315,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Luc E. Pâques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRA. 2002, pp.99-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymorphisme de l'ADN chez les ligneux (Condensation des présentations faites lors de la réunion du 16 janvier 1990 à Orléans)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Prat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRA. 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2539,105 +2431,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HDR Titres et travaux. Publications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Prat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vegetal Biology. Ecole Nationale du Génie Rural des Eaux et Forêts, 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02851790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId73"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2784,51 +2676,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Briolay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845333v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845380v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845246v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823660v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Acher&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Benoit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc E. P&#226;ques" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04663607v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kannenberg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G." TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669742v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arcade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Anselin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faivre Rampant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Lesage" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669738v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Millier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666203v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Arcade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre Rampant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frigerio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845505v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Civeyrel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Till-Bottraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Feldmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond L Tremblay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00837939v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Millet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tran" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Vien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran Thi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11056-012-9344-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-34S0ZHVT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227589v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonneton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bange" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reymond" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vialette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153264v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Philippe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153229v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Acher&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153168v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153217v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Demesure" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Le Guerrou&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153256v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443971v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Daniel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26417" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424706v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Teissier Du Cros" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/25715" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668813v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677323v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851790v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Briolay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845333v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845380v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845246v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823660v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Acher&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Benoit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc E. P&#226;ques" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04663607v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kannenberg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G." TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669742v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arcade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Anselin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faivre Rampant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Lesage" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669738v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Millier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666203v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Arcade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodenes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre Rampant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frigerio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845505v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Civeyrel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Till-Bottraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Feldmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond L Tremblay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00837939v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Millet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tran" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Vien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran Thi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11056-012-9344-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-34S0ZHVT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227589v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonneton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bange" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Reymond" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vialette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153264v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Philippe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153168v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153217v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Demesure" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Le Guerrou&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Petit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00153256v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443971v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Daniel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26417" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424706v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Teissier Du Cros" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/25715" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668813v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677323v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851790v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>