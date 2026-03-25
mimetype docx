--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1299,274 +1299,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03499985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l’engagement pour limiter la valorisation des fumeurs chez les adolescents</w:t>
+                <w:t xml:space="preserve">“Free” Not to Engage: Neoliberal Ideology and Collective Action. The Case of the Yellow Vest Movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Nativel</w:t>
+                <w:t xml:space="preserve">Lola Girerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Clerico</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Guilbert</w:t>
+                <w:t xml:space="preserve">Frédérique Anne Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Codou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bonnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prps.2019.01.003⟩</w:t>
+              <w:t xml:space="preserve">International Review of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (1), pp.7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/irsp.363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04441457v1</w:t>
+                <w:t xml:space="preserve">hal-02970848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Free” Not to Engage: Neoliberal Ideology and Collective Action. The Case of the Yellow Vest Movement</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Anne Ray</w:t>
+                <w:t xml:space="preserve">Utilisation de l’engagement pour limiter la valorisation des fumeurs chez les adolescents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nativel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Clerico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Bonnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review of Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 33 (1), pp.7. </w:t>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (1), pp.55-67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5334/irsp.363⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.prps.2019.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02970848v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le stress au travail : du paradigme des risques psychosociaux à celui de la qualité de vie au travail</w:t>
               </w:r>
@@ -2158,51 +2158,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Faites ce que je dis, pas ce que je fais » : synthèse et perspectives du paradigme de l’hypocrisie induite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Liegeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Codou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Rubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2288,51 +2288,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Milhabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Codou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2507,51 +2507,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03067804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justifier nos transgressions pour réduire notre hypocrisie ? Hypocrisie induite et identification des transgressions</w:t>
+                <w:t xml:space="preserve">Justifier nos transgression pour réduire notre hypocrisie ? Hypocrisie induite et identification des transgressions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
@@ -2573,93 +2573,93 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Milhabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 26 (4), pp.49-78</w:t>
+              <w:t xml:space="preserve">, 2013, 4, pp.49-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063374v1</w:t>
+                <w:t xml:space="preserve">hal-01622706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justifier nos transgression pour réduire notre hypocrisie ? Hypocrisie induite et identification des transgressions.</w:t>
+                <w:t xml:space="preserve">Justifier nos transgressions pour réduire notre hypocrisie ? Hypocrisie induite et identification des transgressions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
@@ -2681,112 +2681,112 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Milhabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 4, pp.49-78</w:t>
+              <w:t xml:space="preserve">, 2013, 26 (4), pp.49-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01622706v1</w:t>
+                <w:t xml:space="preserve">hal-03063374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeurs de Schwartz et perception d'entitativité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Codou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2932,51 +2932,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ideological priming and normative dimensions of individualism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Codou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3057,51 +3057,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’Idéologie à la Perception Sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Codou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Schadron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4947,419 +4947,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un renouveau paradigmatique</w:t>
+                <w:t xml:space="preserve">Les paradigmes émergents : l’hypocrisie, la dissonance vicariante et les prophéties auto-réalisatrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Rubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Armand Colin. </w:t>
+              <w:t xml:space="preserve">Valérie Fointiat; Fabien Girandola; Patrick Gosling. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La dissonance cognitive. Quand les actes changent les idées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, , 2013, 978-2200278601</w:t>
+              <w:t xml:space="preserve">La dissonance cognitive : quand les actes changent les idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.33-64, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01623010v1</w:t>
+                <w:t xml:space="preserve">hal-03057561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un renouveau paradigmatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Rubens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Valérie Fointiat; Fabien Girandola ; Patrick Gosling. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La dissonance cognitive: Quand les actes changent les idées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Armand Collin, 2013, Collection U - Psychologie, 978-2-200-29025-2</w:t>
+              <w:t xml:space="preserve">La dissonance cognitive. Quand les actes changent les idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2013, 978-2200278601</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01449805v1</w:t>
+                <w:t xml:space="preserve">hal-01623010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 3 - L’état de dissonance : un état motivationnel et aversif</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un renouveau paradigmatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Valérie Fointiat; Fabien Girandola; Patrick Gosling. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fointiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rubens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Valérie Fointiat; Fabien Girandola ; Patrick Gosling. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La dissonance cognitive : quand les actes changent les idées</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La dissonance cognitive: Quand les actes changent les idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Collin, 2013, Collection U - Psychologie, 978-2-200-29025-2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03057563v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01449805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paradigmes émergents : l’hypocrisie, la dissonance vicariante et les prophéties auto-réalisatrices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapitre 3 - L’état de dissonance : un état motivationnel et aversif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amélie Martinie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Priolo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valérie Fointiat; Fabien Girandola; Patrick Gosling. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La dissonance cognitive : quand les actes changent les idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Armand Colin, pp.33-64, 2013</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Armand Colin, pp.65-86, 2013, Collection U, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arco.gosli.2013.01.0065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03057561v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId147"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5514,51 +5514,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bellocchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Priolo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonifacci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-9817.70007" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443137v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vaidis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Sleegers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian van Leeuwen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Demarree" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn S&#230;trevik" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231213375" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771441v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem W A Sleegers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Ross" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth G Demarree" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilja van Beest" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459241268197" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210145v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauduy Maxime" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Margas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506231188164" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04160334v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milhabet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Bertolino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Juille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Jullien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23743603.2023.2214964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880483v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.989599" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441397v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vayre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samatan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2022.02.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441404v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1773" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441411v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Auzoult" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Blanchet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guilbert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12646-020-00570-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499985v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascual" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Salanova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouhassine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Denis-R&#233;mis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Priolo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100654" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441457v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nativel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Clerico" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2019.01.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Girerd" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Anne Ray" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Codou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bonnot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.363" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063476v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sauvezon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ferrieux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2018.11.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02475342v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pelt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane St. Bauzel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rubens" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Voisin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0146167219841621" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461036v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Carrein" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Monfray" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joec.12075" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140241v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Krzeminski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02134748.2018.1541536" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352052v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Li&#233;geois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Codou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.12.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063372v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Liegeois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04296032v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fointiat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lebarbenchon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2016.06.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067804v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gouvernet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Combaluzier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Viaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.09.013" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063374v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Saint-Bauzel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01622706v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01783918v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morchain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376769v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01782572v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Camus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Schadron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000043" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045637v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997052v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998117v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Affranti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04498305v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262568v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02887980v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Akinyemi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girandola" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075200v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Charman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073398v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075199v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montalan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073399v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073397v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Anier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269832v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Codou Olivier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269828v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04498338v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262492v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771454v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C. Vaidis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04296016v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01623010v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449805v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rubens" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057563v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Martinie" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.gosli.2013.01.0065" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057561v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bellocchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Priolo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonifacci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-9817.70007" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443137v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vaidis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Sleegers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian van Leeuwen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Demarree" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn S&#230;trevik" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231213375" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771441v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem W A Sleegers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Ross" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth G Demarree" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilja van Beest" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459241268197" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210145v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauduy Maxime" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Margas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506231188164" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04160334v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milhabet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Bertolino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Juille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Jullien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23743603.2023.2214964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880483v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.989599" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441397v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vayre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samatan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2022.02.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441404v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1773" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441411v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Auzoult" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Blanchet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guilbert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12646-020-00570-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499985v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascual" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Salanova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouhassine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Denis-R&#233;mis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Priolo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100654" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970848v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Girerd" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Anne Ray" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Codou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bonnot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.363" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441457v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nativel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Clerico" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2019.01.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063476v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sauvezon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ferrieux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2018.11.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02475342v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pelt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane St. Bauzel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rubens" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Voisin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0146167219841621" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461036v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Carrein" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Monfray" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joec.12075" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140241v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Krzeminski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02134748.2018.1541536" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352052v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Li&#233;geois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Codou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.12.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063372v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Liegeois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04296032v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fointiat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lebarbenchon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2016.06.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067804v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gouvernet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Combaluzier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Viaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.09.013" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01622706v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Saint-Bauzel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063374v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01783918v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morchain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376769v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01782572v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Camus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Schadron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000043" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045637v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997052v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998117v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Affranti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04498305v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262568v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02887980v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Akinyemi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girandola" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075200v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Charman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073398v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075199v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montalan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073399v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073397v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Anier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269832v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Codou Olivier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269828v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04498338v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262492v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771454v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C. Vaidis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04296016v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057561v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01623010v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449805v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rubens" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057563v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Martinie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.gosli.2013.01.0065" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>