--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -378,200 +378,200 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Militantes y combatientes. América Latina y las circulaciones periféricas, 1939-1991</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">D’une commémoration à l’autre. La Bataille d’Ayacucho dans la mémoire et les relations colombo-péruviennes, 1824-1974</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Pita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diana Alejandra Mendez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signos históricos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12yuf⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778972v1</w:t>
+                <w:t xml:space="preserve">hal-04859509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’une commémoration à l’autre. La Bataille d’Ayacucho dans la mémoire et les relations colombo-péruviennes, 1824-1974</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roger Pita</w:t>
+                <w:t xml:space="preserve">Militantes y combatientes. América Latina y las circulaciones periféricas, 1939-1991</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Alejandra Mendez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Signos históricos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Vol XXVI (51), pp.8-15</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04859509v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les médecins chinois aux pieds nus. Circulation transnationale et appropriation locale d’une pratique médicale en Colombie, 1968-1985</w:t>
               </w:r>
@@ -966,178 +966,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comunidades políticas y reconocimiento internacional</w:t>
+                <w:t xml:space="preserve">Stefan Rinke, Conquistadoren und Azteken. Cortés und die Eroberung Mexikos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conceptos Historicos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nuevomundo.94053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317203v1</w:t>
+                <w:t xml:space="preserve">hal-04950670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Rinke, Conquistadoren und Azteken. Cortés und die Eroberung Mexikos</w:t>
+                <w:t xml:space="preserve">Comunidades políticas y reconocimiento internacional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conceptos Historicos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Año 8 (14, julio-diciembre), http://revistasacademicas.unsam.edu.ar/index.php/conhist</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nuevomundo.94053⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04950670v1</w:t>
+                <w:t xml:space="preserve">hal-04317203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thinking about circulations &amp; understanding threats. The Americas and the World, 1929-2001</w:t>
               </w:r>
@@ -1891,174 +1891,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03622578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations diplomatiques colombo-brésiliennes, 1821-1831</w:t>
+                <w:t xml:space="preserve">Forces navales, recrutement d'étrangers et formation de la nation en Colombie, 1825-1830.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Institut Pierre Renouvin</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Historique des Armées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Les chefs de guerre, 277, pp.93-102</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03622585v1</w:t>
+                <w:t xml:space="preserve">hal-03622602v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forces navales, recrutement d'étrangers et formation de la nation en Colombie, 1825-1830.</w:t>
+                <w:t xml:space="preserve">Relations diplomatiques colombo-brésiliennes, 1821-1831</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Historique des Armées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de l'Institut Pierre Renouvin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Meilleurs mémoires, 39, pp.141-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bipr.039.0141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03622602v2</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2212,552 +2212,552 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04469918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portugal, Brasil y las repúblicas hispanoamericanas.</w:t>
+                <w:t xml:space="preserve">Una diplomacia cultural transpacífica.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ILCEA4; Université Grenoble Alpes; Universidad tecnológica de Pereira; Universita desliz Studi di Salerno. </w:t>
+              <w:t xml:space="preserve">Instituto Mora. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Una modernidad política iberoamericana. Siglo XIX. Formación, relaciones internacionales y representaciones de la nación.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marcial Pons, 2023</w:t>
+              <w:t xml:space="preserve">Miradas globales desde América latina. Estudios históricos más allá de lo nacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CONICET, 2023, 978-607-8793-79-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03951500v1</w:t>
+                <w:t xml:space="preserve">hal-04205638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNA MODERNIDAD IBEROAMERICANA: CONCEPTOS, PROBLEMAS Y DEBATES</w:t>
+                <w:t xml:space="preserve">Portugal, Brasil y las repúblicas hispanoamericanas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">ILCEA4; Université Grenoble Alpes; Universidad tecnológica de Pereira; Università degli Studi di Salerno. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ILCEA4; Université Grenoble Alpes; Universidad tecnológica de Pereira; Universita desliz Studi di Salerno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Una modernidad política iberoamericana. Siglo XIX. Formación, relaciones internacionales y representaciones de la nación.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Marcial Pons, 2023, 978-84-1381-479-79788413814797</w:t>
+              <w:t xml:space="preserve">, Marcial Pons, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03951481v1</w:t>
+                <w:t xml:space="preserve">hal-03951500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Una diplomacia cultural transpacífica.</w:t>
+                <w:t xml:space="preserve">UNA MODERNIDAD IBEROAMERICANA: CONCEPTOS, PROBLEMAS Y DEBATES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Instituto Mora. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Géal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ILCEA4; Université Grenoble Alpes; Universidad tecnológica de Pereira; Università degli Studi di Salerno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Miradas globales desde América latina. Estudios históricos más allá de lo nacional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CONICET, 2023, 978-607-8793-79-2</w:t>
+              <w:t xml:space="preserve">Una modernidad política iberoamericana. Siglo XIX. Formación, relaciones internacionales y representaciones de la nación.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marcial Pons, 2023, 978-84-1381-479-79788413814797</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205638v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducción</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Pierre Géal, Sebastián Martínez, Graziano Palamara, Daniel Rojas. </w:t>
+                <w:t xml:space="preserve">The Recognition of Latin-American Independences A Major Transformation in the History of the Law of Nations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Warren Pezé; Daniel E. Rojas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Una modernidad política iberoamericana. Siglo XIX. Formación, relaciones internacionales y representaciones de la nación</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marcial Pons, pp.11-24, 2022, Historia Contemporánea de América, 978-84-1381-479-7</w:t>
+              <w:t xml:space="preserve">International Recognition. A Historical and Political Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohr Siebeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.137-156, 2022, 9783161610141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03961566v1</w:t>
+                <w:t xml:space="preserve">hal-03622494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International Recognition. A Historical and Political Perspective.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warren Pezé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Recognition. A Historical and Political Perspective.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohr Siebeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-25, 2022, 9783161610141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03622475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Recognition of Latin-American Independences A Major Transformation in the History of the Law of Nations</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Warren Pezé; Daniel E. Rojas. </w:t>
+                <w:t xml:space="preserve">Introducción</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Géal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martínez Sebastián</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palamara Graziano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Emilio Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Géal, Sebastián Martínez, Graziano Palamara, Daniel Rojas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Recognition. A Historical and Political Perspective</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.137-156, 2022, 9783161610141</w:t>
+              <w:t xml:space="preserve">Una modernidad política iberoamericana. Siglo XIX. Formación, relaciones internacionales y representaciones de la nación</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marcial Pons, pp.11-24, 2022, Historia Contemporánea de América, 978-84-1381-479-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03622494v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gobiernos de facto y doctrina del reconocimiento internacional. La contribución latinoamericana.</w:t>
               </w:r>
@@ -3898,51 +3898,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FFE2B5A9"/>
+    <w:nsid w:val="0CBD9AB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4129,51 +4129,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-rojas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4714-6803" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975669v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Emilio Rojas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04135342v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Pez&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rojas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/978-3-16-161065-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04778972v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Alejandra Mendez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04859509v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pita" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yuf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04778987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hnx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789420v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Onuki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amancio De Oliveira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vrj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04198616v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950675v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.91700" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950673v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.92269" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04317203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950670v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.94053" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835322v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E. Rojas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Capela" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.90035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03830318v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Rojas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622739v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622507v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21830/19006586.794" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22517/25392662.22571" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622552v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622560v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622613v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7440/colombiaint87.2016.10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622578v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ri.162.0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622585v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bipr.039.0141" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622602v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05066982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04469918v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03951500v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03951481v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;al" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04205638v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961566v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;nez Sebasti&#225;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palamara Graziano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622475v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mohrsiebeck.com/buch/international-recognition-9783161610141?no_cache=1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622494v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949914v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622518v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949951v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975649v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622609v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hever.it/index.php/i-nostri-libri/cnr/carlo-botta/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622571v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lit-verlag.de/isbn/978-3-643-50050-2?c=0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283094v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622778v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel D&#237;az Tatis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622760v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda Fuentes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622645v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622632v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622695v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/orda.2717" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622682v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622652v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-rojas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4714-6803" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975669v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Emilio Rojas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04135342v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Pez&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rojas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/978-3-16-161065-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04859509v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pita" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yuf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04778972v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Alejandra Mendez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04778987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hnx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789420v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Onuki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amancio De Oliveira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vrj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04198616v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950675v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.91700" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950673v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.92269" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.94053" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04317203v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835322v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E. Rojas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Capela" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.90035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03830318v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Rojas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622739v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622507v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21830/19006586.794" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22517/25392662.22571" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622552v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622560v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622613v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7440/colombiaint87.2016.10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622578v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ri.162.0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622602v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622585v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bipr.039.0141" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05066982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04469918v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04205638v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03951500v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03951481v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;al" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622494v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mohrsiebeck.com/buch/international-recognition-9783161610141?no_cache=1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622475v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961566v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;nez Sebasti&#225;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palamara Graziano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949914v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622518v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949951v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975649v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622609v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hever.it/index.php/i-nostri-libri/cnr/carlo-botta/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622571v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lit-verlag.de/isbn/978-3-643-50050-2?c=0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283094v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622778v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel D&#237;az Tatis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622760v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda Fuentes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622645v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622632v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622695v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/orda.2717" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622682v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03622652v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>