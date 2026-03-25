--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -324,412 +324,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomarqueurs sanguins de l’atrophie musculaire : une opportunité de diagnostic</w:t>
+                <w:t xml:space="preserve">Structure predictions of MuRF 1‐ UBE2 complexes identify amino acid residues governing interaction selectivity for each MuRF 1‐ E2 pair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Aniort</w:t>
+                <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Delabrise</w:t>
+                <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
+                <w:t xml:space="preserve">Maëlys Macheton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lefai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cnd.2025.02.003⟩</w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 292 (10), pp.2559-2577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.70017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05397622v1</w:t>
+                <w:t xml:space="preserve">hal-04993910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-cachectic changes in amino acid homeostasis precede activation of eIF2α signaling in the liver at the onset of C26 cancer-induced cachexia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biomarqueurs sanguins de l’atrophie musculaire : une opportunité de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Parry</w:t>
+                <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Vituret</w:t>
+                <w:t xml:space="preserve">Coralie Delabrise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Jousse</w:t>
+                <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Leremboure</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (3), pp.112030. </w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 60 (4), pp.251-258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2025.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987695v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure predictions of MuRF 1‐ UBE2 complexes identify amino acid residues governing interaction selectivity for each MuRF 1‐ E2 pair</w:t>
+                <w:t xml:space="preserve">Pre-cachectic changes in amino acid homeostasis precede activation of eIF2α signaling in the liver at the onset of C26 cancer-induced cachexia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Claustre</w:t>
+                <w:t xml:space="preserve">Ghita Chaouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélodie Malige</w:t>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlys Macheton</w:t>
+                <w:t xml:space="preserve">Cyrielle Vituret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Combaret</w:t>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Lefai</w:t>
+                <w:t xml:space="preserve">Martin Leremboure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 292 (10), pp.2559-2577. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (3), pp.112030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/febs.70017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04993910v1</w:t>
+                <w:t xml:space="preserve">hal-04987695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tripartite Split‐GFP for High Throughput Screening of Small Molecules: A Powerful Strategy for Targeting Transient/Labile Interactors like E2‐E3 Ubiquitination Enzymes</w:t>
               </w:r>
@@ -741,72 +741,72 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cabantous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 25 (6), </w:t>
+              <w:t xml:space="preserve">, 2024, 25 (6), pp.e202300723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cbic.202300723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -858,64 +858,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arno Germond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Omega</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9 (45), pp.45610-45623. </w:t>
@@ -992,51 +992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghita Chaouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi M. Djelloul-Mazouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1126,64 +1126,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (7), pp.3713. </w:t>
@@ -1221,51 +1221,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic pathways controlled by E3 ligases: an opportunity for therapeutic targeting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 215 (1-2), pp.45-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1324,64 +1324,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UBE2L3, a Partner of MuRF1/TRIM63, Is Involved in the Degradation of Myofibrillar Actin and Myosin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Armani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1497,51 +1497,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Verney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (8), pp.4205. </w:t>
@@ -1739,77 +1739,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Cussonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 26 (2), pp.407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1860,51 +1860,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MuRF1/TRIM63, Master regulator of muscle mass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2085,51 +2085,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle wasting in patients with end‐stage renal disease or early‐stage lung cancer: common mechanisms at work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Stella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2245,64 +2245,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2353,51 +2353,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skeletal muscle atrogenes: from rodent models to human pathologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2595,51 +2595,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UBE2E1 Is Preferentially Expressed in the Cytoplasm of Slow-Twitch Fibers and Protects Skeletal Muscles from Exacerbated Atrophy upon Dexamethasone Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Armani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2729,51 +2729,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UBE2E1 Is Preferentially Expressed in the Cytoplasm of Slow-Twitch Fibers and Protects Skeletal Muscles from Exacerbated Atrophy upon Dexamethasone Treatment (vol 7, 214, 2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Armani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2844,429 +2844,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upregulation of MuRF1 and MAFbx participates to muscle wasting upon gentamicin-induced acute kidney injury</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">UBE2D2 is not involved in MuRF1-dependent muscle wasting during hindlimb suspension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Koulmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bechet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Serrurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 79, pp.505-516. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.04.006⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 79, pp.488-493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512019v1</w:t>
+                <w:t xml:space="preserve">hal-01512230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UBE2D2 is not involved in MuRF1-dependent muscle wasting during hindlimb suspension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Docosahexaenoic acid-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Deval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bernard Serrurier</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.06.019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (5), pp.587-603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.12103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512230v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docosahexaenoic acid-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+                <w:t xml:space="preserve">Upregulation of MuRF1 and MAFbx participates to muscle wasting upon gentamicin-induced acute kidney injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (5), pp.587-603. </w:t>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 79, pp.505-516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcsm.12103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512083v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UBE2B is implicated in myofibrillar protein loss in catabolic C2C12 myotubes</w:t>
               </w:r>
@@ -3278,77 +3278,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roza Leulmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7 (3), pp.377-87. </w:t>
@@ -3425,64 +3425,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Gerontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 76, pp.80-88. </w:t>
@@ -3704,51 +3704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, n.p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4182,295 +4182,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apoptosis in capillary endothelial cells in ageing skeletal muscle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proteomics of muscle chronological ageing in post-menopausal women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gueugneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huijuan Wang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
+                <w:t xml:space="preserve">Ophélie Gourbeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/acel.12169⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.1165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-1165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636978v1</w:t>
+                <w:t xml:space="preserve">hal-04217877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomics of muscle chronological ageing in post-menopausal women</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apoptosis in capillary endothelial cells in ageing skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huijuan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Listrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Gourbeyre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lydie Combaret</w:t>
+                <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 15 (1), pp.1165. </w:t>
+              <w:t xml:space="preserve">Aging Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13 (2), pp.254-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-1165⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/acel.12169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217877v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics of muscle chronological ageing in post-menopausal women</w:t>
               </w:r>
@@ -4508,78 +4508,78 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophelie Gourbeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 15 (1165), pp.1165. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2164-15-1165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01543975v1</w:t>
@@ -4629,51 +4629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roza Leulmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Burlet-Schiltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4730,454 +4730,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02502779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The missing link: Mul1 signals mitophagy and muscle wasting</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The worsening of tibialis anterior muscle atrophy during recovery post-immobilization correlates with enhanced connective tissue area, proteolysis, and apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Slimani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Micol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmet.2012.10.013⟩</w:t>
+              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 303 (11), pp.E1335 - E1347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpendo.00379.2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651335v1</w:t>
+                <w:t xml:space="preserve">hal-02651117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curcumin treatment prevents increased proteasome and apoptosome activities in rat skeletal muscle after immobilization and improves subsequent recovery</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The missing link: Mul1 signals mitophagy and muscle wasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (5), pp.551-552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmet.2012.10.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2010.11.021⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02649473v1</w:t>
+                <w:t xml:space="preserve">hal-02651335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The worsening of tibialis anterior muscle atrophy during recovery post-immobilization correlates with enhanced connective tissue area, proteolysis, and apoptosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Curcumin treatment prevents increased proteasome and apoptosome activities in rat skeletal muscle after immobilization and improves subsequent recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Vazeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier D. Micol</w:t>
+                <w:t xml:space="preserve">Hugues Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Amat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Meunier</w:t>
+                <w:t xml:space="preserve">Roland R. Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (3), pp.245-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2010.11.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpendo.00379.2012⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651117v1</w:t>
+                <w:t xml:space="preserve">hal-02649473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle actin is polyubiquitinylated in vitro and in vivo and targeted for breakdown by the E3 ligase MuRF1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5241,77 +5241,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voies protéolytiques du muscle : oeuvres solistes ou ensemble orchestré ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Béchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5362,90 +5362,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysosomal and proteasome-dependent proteolysis are differentially regulated by insulin and/or amino acids following feeding in young, mature and old rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Prod'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle M. Balage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5508,90 +5508,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skeletal muscle proteolysis in aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5698,51 +5698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 295 (5), pp.E1181-E1190. </w:t>
@@ -5793,90 +5793,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method of purification of proteasome substrates reveals polyubiquitination of 20 S proteasome subunits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Wing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 282 (8), pp.5302-5309. </w:t>
@@ -5953,51 +5953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Coxam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cubizolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6054,320 +6054,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysosomal proteolysis in skeletal muscle</w:t>
+                <w:t xml:space="preserve">Regulation of skeletal muscle proteolysis by amino acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Tassa</w:t>
+                <w:t xml:space="preserve">A. Tassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Renal Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (1), pp.18-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02681176v1</w:t>
+                <w:t xml:space="preserve">hal-02679883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of skeletal muscle proteolysis by amino acids</w:t>
+                <w:t xml:space="preserve">Lysosomal proteolysis in skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Tassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Renal Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 37 (10), pp.2098-2114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocel.2005.02.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679883v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A leucine-supplemented diet restores the defective postprandial inhibition of proteasome-dependent proteolysis in aged rat skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6375,51 +6375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 569 (2), pp.489 - 499. </w:t>
@@ -6509,51 +6509,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Codran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Essays in Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 41, pp.173-186</w:t>
@@ -6608,64 +6608,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Supportive Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 3 (3), pp.221-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6684,329 +6684,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glucocorticoids regulate mRNA levels for subunits of the 19 S regulatory complex of the 26 S proteasome in fast-twitch skeletal muscles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">The role of ubiquitin–proteasome-dependent proteolysis in the remodelling of skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+                <w:t xml:space="preserve">Susan Samuels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 63 (2), pp.357 - 361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/PAR2004358⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02672610v1</w:t>
+                <w:t xml:space="preserve">hal-01919672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of ubiquitin–proteasome-dependent proteolysis in the remodelling of skeletal muscle</w:t>
+                <w:t xml:space="preserve">Glucocorticoids regulate mRNA levels for subunits of the 19 S regulatory complex of the 26 S proteasome in fast-twitch skeletal muscles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bechet</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dardevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 378 (1), pp.239-246</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919672v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of ubiquitin-proteasome-dependent proteolysis in the remodelling of skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7068,898 +7068,898 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02671878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Down-regulation of genes in the lysosomal and ubiquitin-proteasome proteolytic pathways in calpain-3-deficient muscle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Regulation of proteolysis during reloading of the unweighted soleus muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Richard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C.Y. Guezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 35 (5), pp.676-684</w:t>
+              <w:t xml:space="preserve">, 2003, 35 (5), pp.665-675</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02669272v1</w:t>
+                <w:t xml:space="preserve">hal-02671948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ubiquitin-proteasome-dependent muscle proteolysis respond slowly to insulin release and refeeding in starved rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Down-regulation of genes in the lysosomal and ubiquitin-proteasome proteolytic pathways in calpain-3-deficient muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.J. Kee</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marlène Dalle</w:t>
+                <w:t xml:space="preserve">I. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 546 (3), pp.765-776</w:t>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35 (5), pp.676-684</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02673571v1</w:t>
+                <w:t xml:space="preserve">hal-02669272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of proteolysis during reloading of the unweighted soleus muscle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ubiquitin-proteasome-dependent muscle proteolysis respond slowly to insulin release and refeeding in starved rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J. Kee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tilignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Souweine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.Y. Guezennec</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marlène Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 35 (5), pp.665-675</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 546 (3), pp.765-776</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02671948v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ubiquitin-proteasome-dependent proteolytic pathway in muscle wasting : From molecular biology to therapeutic strategies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Chemotherapy inhibits skeletal muscle ubiquitin-proteasome-dependent proteolysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Tilignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivista Italiana di Nutrizione Parenterale ed Enterale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 20 (1), pp.1-6</w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, pp.2771-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02674050v1</w:t>
+                <w:t xml:space="preserve">hal-01919675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemotherapy inhibits skeletal muscle ubiquitin-proteasome-dependent proteolysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">The ubiquitin-proteasome-dependent proteolytic pathway in muscle wasting : From molecular biology to therapeutic strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 62, pp.2771-2777</w:t>
+              <w:t xml:space="preserve">Rivista Italiana di Nutrizione Parenterale ed Enterale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 20 (1), pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02672437v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torbafylline (HWA 448) inhibits enhanced skeletal muscle ubiquitin-proteasome-dependent proteolysis in cancer and septic rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Chemotherapy inhibits skeletal muscle ubiquitin-proteasome-dependent proteolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tilignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 361, pp.185-192</w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 62, pp.2771-2777</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673384v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemotherapy inhibits skeletal muscle ubiquitin-proteasome-dependent proteolysis.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Tilignac</w:t>
+                <w:t xml:space="preserve">Torbafylline (HWA 448) inhibits enhanced skeletal muscle ubiquitin-proteasome-dependent proteolysis in cancer and septic rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tilignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Temparis</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">L. Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, pp.2771-7</w:t>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 361, pp.185-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919675v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional and hormonal control of protein breakdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8010,77 +8010,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of proteolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Clinical Nutrition and Metabolic Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 4, pp.45-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8144,51 +8144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mn Pouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Clinical Nutrition and Metabolic Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, pp.45-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8239,64 +8239,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Balage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Grizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8351,51 +8351,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping subunit contacts in the regulatory complex of the 26 S proteasome. S2 and S5 form a tetramer with ATPase subunits S4 and S7</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Gorbea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rechsteiner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8442,77 +8442,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manipulation of the ubiquitin-proteasome pathway in cathexia : pentoxifylline suppresses the activation of 20S and 26S proteasomes in muscles from tumor-bearing rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8576,77 +8576,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of the ubiquitin-proteasome proteolytic pathway in cancer cachexia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tilignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 26, pp.77-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8684,51 +8684,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assembly of the regulatory complex of the 26S proteasome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorbea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rechsteiner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8760,333 +8760,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02688752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of protein synthesis and of ubiquitin-proteasome proteolysis in murine skeletal muscle following chemotherapy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+                <w:t xml:space="preserve">Ubiquitin-proteasome-dependent proteolysis in skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.C. Madelmont</w:t>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Kee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 17 (suppl-1), pp.40</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 38 (2), pp.153-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688487v1</w:t>
+                <w:t xml:space="preserve">hal-00900148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ubiquitin-proteasome-dependent proteolysis in skeletal muscle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lydie Combaret</w:t>
+                <w:t xml:space="preserve">Inhibition of protein synthesis and of ubiquitin-proteasome proteolysis in murine skeletal muscle following chemotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tilignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Kee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Larbaud</w:t>
+                <w:t xml:space="preserve">J.C. Madelmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 38 (2), pp.153-165</w:t>
+              <w:t xml:space="preserve">Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 17 (suppl-1), pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00900148v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pentoxifylline prevents the muscle wasting of tumour-bearing rats by suppressing the activation of 20S and 26S proteasomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9137,90 +9137,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ubiquitin-proteasome-dependent proteolysis in skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 38, pp.153-165. </w:t>
@@ -9258,77 +9258,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glucocorticoids do not regulate the expression of proteolytic genes in skeletal muscle from cushing's syndrome patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Tauveron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9405,77 +9405,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of subunits of the 19S complex and of the PA28 activator in rat skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9538,77 +9538,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No alteration in gene expression of components of the ubiquitin-proteasome proteolytic pathway in dystrophin-deficient muscles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.E. Samuels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9663,64 +9663,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high protein diet does not improve protein synthesis in the nonweight-bearing rat tibialis anterior muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.Y. Guezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Patureau-Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9814,77 +9814,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Debras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.E. Samuels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 271 (34), pp.E505-E512</w:t>
@@ -9939,51 +9939,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Breuillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10041,355 +10041,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04158511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glutamine synthetase induction by glucocorticoids is preserved in skeletal muscle of aged rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coordinate activation of lysosomal, Ca2+-activated and ATP-ubiquitin-dependent proteinases in the unweighted rat soleus muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Meynial-Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michelle Mignon</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Miri</w:t>
+                <w:t xml:space="preserve">Marc Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Imbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+                <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 316, pp.65-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/bj3160065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688320v1</w:t>
+                <w:t xml:space="preserve">hal-02698902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinate activation of lysosomal, Ca2+-activated and ATP-ubiquitin-dependent proteinases in the unweighted rat soleus muscle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Glutamine synthetase induction by glucocorticoids is preserved in skeletal muscle of aged rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Meynial-Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Miri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 271, pp.E1061-E1066</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02698902v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle wasting in a rat model of long-lasting sepsis results from the activation of lysosomal, Ca2+-activated, and ubiquitin -proteasome proteolytic pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10470,64 +10470,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Beaufrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Boirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 93 (7), pp.2714-2718. </w:t>
@@ -10565,77 +10565,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence d'hyperexpression des systèmes protéolytiques musculaires lors du syndrome du cushing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Tauveron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10716,51 +10716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10824,51 +10824,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of ATP-ubiquitin-dependent proteolysis in muscle wasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10936,77 +10936,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased ATP-ubiquitin-dependent proteolysis in skeletal muscles proximal to the tumor of Yoshida-sarcoma-bearing rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Asensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11061,77 +11061,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased ATP-ubiquitin-dependent proteolysis in skeletal muscles of tumor-bearing rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Asensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11186,103 +11186,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation probable de la proteolyse lysosomale, Ca2+-dépendante et ATP-ubiquitine-dépendante dans le muscle extensor digitorum longus du rat soumis à l'apesanteur simulée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 8 (4), pp.43</w:t>
@@ -11311,64 +11311,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteolytic pathways involved in muscular dystrophy in mdx, dy/dy and mdf mice: a preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11449,90 +11449,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of ATP-ubiquitin-dependent proteolysis in muscle wasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Larbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 34 (6), pp.583-597</w:t>
@@ -11587,51 +11587,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Asensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11680,346 +11680,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00899722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinate activation of lysosomal, Ca2+-and ATP-ubiquitin-dependent proteolytic pathways in the soleus muscle in hind-limb suspended rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of Ca2+- and ATP-ubiquintin-dependent proteases in increased skeletal muscle proteolysis in septic rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patrick Cottin</w:t>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Breuillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 34, pp.640</w:t>
+              <w:t xml:space="preserve">, 1994, 34 (6), pp.639-640</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02707124v1</w:t>
+                <w:t xml:space="preserve">hal-00899724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of Ca2+- and ATP-ubiquintin-dependent proteases in increased skeletal muscle proteolysis in septic rats</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Coordinate activation of lysosomal, Ca2+-and ATP-ubiquitin-dependent proteolytic pathways in the soleus muscle in hind-limb suspended rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D Breuillé</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Obled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ferrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 34 (6), pp.639-640</w:t>
+              <w:t xml:space="preserve">, 1994, 34, pp.640</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00899724v1</w:t>
+                <w:t xml:space="preserve">hal-02707124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation du métabolisme protéique musculaire lors d'un sepsis prolongé: rôle prépondérant de la protéolyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12061,77 +12061,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of Ca2+- and ATP-ubiquitin-dependent proteases in increased skeletal muscle proteolysis in septic rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12182,51 +12182,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordinate activation of lysosomal, Ca2+and ATP-ubiquitin-dependent proteolytic pathways in the soleus muscle in hind-limb suspended rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12307,51 +12307,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of protein intake on protein synthesis and fiber distribution in the unweighted soleus muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Bigard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12359,51 +12359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Desplanches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.Y. Guezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 75 (3), pp.1226-1232</w:t>
@@ -12477,77 +12477,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure predictions of MuRF1-UBE2 complexes identify amino acid residues governing interaction selectivity for each MuRF1-E2 pair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlys Macheton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12589,103 +12589,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human blood biomarkers of skeletal muscle atrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Delabrise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aniort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Aniort</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Société Française de Myologie 21ème Édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Myologie, Nov 2024, Clermont - Ferrand, France</w:t>
@@ -12753,64 +12753,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arno Germond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third annual meeting of the ProteoCure COST Action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Warsaw (POLAND), Poland</w:t>
@@ -12839,51 +12839,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing strategies to limit MuRF1/TRIM63-mediated muscle protein loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12934,51 +12934,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of TRIM63/MuRF1-­E2 interactions for limiting muscle protein loss due to chronic diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A training network in drug discovery targeting TRIM ubiquitin ligases in disease - TRIM‐NET CLOSURE MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, TRIM-NET (Germana Meroni, Lu Xiong, Inês Fernandes Lages, UNITS Trieste), Jun 2023, Trieste, IT, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13003,51 +13003,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of muscle atrophy: from UPS implication in rodent models to human biomarkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13124,51 +13124,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRIM-NET Training network in drug discovery targeting - TRIM Ubiquitin ligases in disease - Third Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, TRIM-NET (Pascual Sanz - Lorena Kumarasinghe), Jun 2022, Valence (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13219,51 +13219,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des jeunes chercheurs en Biologie de la région Auvergne-Rhône-Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des jeunes chercheurs de l’Institut NeuroMyoGène (YRIN) et du CRCL (CLYRA), Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13314,51 +13314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting H2020 MSCA-ITN TRIM-NETWORK</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, G. Meroni (UNITS), Jul 2021, Trieste (Italy), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13383,51 +13383,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of skeletal muscle atrophy: from rodent models to human pathologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRIM-NET Second Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, TRIM-NET (Christine Blattner, - Eleonora Pauletto - KIT, Karlsruhe), Sep 2021, Bad Herrenalb, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13465,64 +13465,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UBE2L3, A PARTNER OF MURF1/TRIM63, IS INVOLVED IN THE DEGRADATION OF MYOFIBRILLAR ACTIN AND MYOSIN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Armani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13577,51 +13577,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle des voies métaboliques par les enzymes E3 ligases : une opportunité de ciblage thérapeutique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la Société de Biologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société de Biologie, Dec 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13646,51 +13646,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing new strategies to limit TRIM63/MuRF1-mediated muscle protein loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13741,51 +13741,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle Wasting in Patients with Early-Stage Lung Cancer: Identification of an Atrophying Programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum de la Recherche en Cancérologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cancéropôle Lyon Auvergne Rhône-Alpes (CLARA). FRA., Apr 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13810,51 +13810,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing new strategies to limit TRIM63/MuRF1-mediated muscle protein loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">kick-off meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Trieste, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14043,51 +14043,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cabantous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bouchenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14129,51 +14129,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the UPS proteolytic pathway during muscle atrophy: from animal models to human diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Club neuro-musculaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14192,359 +14192,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01508164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des enzymes E2 interagissant avec l’ubiquitine ligase MuRF1 au cours d’une atrophie musculaire</w:t>
+                <w:t xml:space="preserve">E2-Ub-conjugating enzymes in skeletal muscle atrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lydie Combaret</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club Neuromusculaire Auvergne/Rhône-Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">9. Journée Scientifique du CRNH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche en Nutrition Humaine (CRNH). Clermont-Ferrand, FRA., Nov 2016, Clermont-Ferrand, France. 27 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738495v1</w:t>
+                <w:t xml:space="preserve">hal-02739578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E2-Ub-conjugating enzymes in skeletal muscle atrophy</w:t>
+                <w:t xml:space="preserve">Recherche des enzymes E2 interagissant avec l’ubiquitine ligase MuRF1 au cours d’une atrophie musculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Deval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julien Aniort</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Hauvette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Journée Scientifique du CRNH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre de Recherche en Nutrition Humaine (CRNH). Clermont-Ferrand, FRA., Nov 2016, Clermont-Ferrand, France. 27 p</w:t>
+              <w:t xml:space="preserve">Club Neuromusculaire Auvergne/Rhône-Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739578v1</w:t>
+                <w:t xml:space="preserve">hal-02738495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DHA-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Conference on Cachexia, Sarcopenia and Muscle Wasting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society on Sarcopenia, Cachexia and Wasting Disorders (SCWD). USA., Dec 2015, Paris, France. n.p</w:t>
@@ -14612,64 +14612,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Assises Inter-Régionales de Nutrition et Métabolisme, Rhône-alpes-Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Unité de Nutrition Humaine (1019).; Laboratoire de recherche en Cardiovasculaire, Métabolisme, Diabétologie et Nutrition (CarMeN). Lyon, FRA.; Université Joseph Fourier (Grenoble 1) (UJF). Grenoble, FRA.; Centre de Recherche en Nutrition Humaine (CRNH). FRA.; Centre de Recherche en Nutrition Humaine (CRNH). FRA., Nov 2015, Saint Galmier, France</w:t>
@@ -14737,51 +14737,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Walrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14871,51 +14871,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Proteostasis Meeting 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Valence, France</w:t>
@@ -14957,90 +14957,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent progress in elucidating signalling proteolytic pathways in muscle wasting: Potential clinical implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings and abstracts from the International Symposium on Amino Acid and Protein Metabolism in Health and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, NA, France. </w:t>
@@ -15084,307 +15084,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00966602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The manipulation of the intestinal lysosomal pathway strongly affects muscle mass and recovery in wasting diseases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Targets of the proteasome in atrophying skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lapaquette</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. colloque "Protéolyse Cellulaire" de la Société Française de Biochimie et Biologie Moléculaire (SFBBM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Biochimie et Biologie Moléculaire (SFBBM). FRA., Nov 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">6. colloque Protéolyse Cellulaire de la Société Française de Biochimie et Biologie Moléculaire (SFBBM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748306v1</w:t>
+                <w:t xml:space="preserve">hal-02744694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targets of the proteasome in atrophying skeletal muscle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">The manipulation of the intestinal lysosomal pathway strongly affects muscle mass and recovery in wasting diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Attaix</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Codran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Deval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Vazeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lapaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. colloque Protéolyse Cellulaire de la Société Française de Biochimie et Biologie Moléculaire (SFBBM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">6. colloque "Protéolyse Cellulaire" de la Société Française de Biochimie et Biologie Moléculaire (SFBBM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Biochimie et Biologie Moléculaire (SFBBM). FRA., Nov 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744694v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt de l'utilisation de modèles expérimentaux de cachexie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15465,77 +15465,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in mRNA expression of extracellular matrix molecules Sparc and Tenascin-C, and in integrin scaffold proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15603,51 +15603,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude protéomique du vieillissement musculaire chez la femme post-ménopausée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15853,64 +15853,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ubiquitin-proteasome-dependent muscle proteolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15948,103 +15948,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of protein synthesis and of ubiquitin-proteasome proteolysis in murine skeletal muscle following chemotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tilignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Madelmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Congress of the European Society of Parenteral and Enteral Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1998, Nice, France</w:t>
@@ -16067,303 +16067,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02841468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pentoxifylline prevents the muscle wasting of tumour-bearing rats by suppressing the activation of 20S and 26S proteasomes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
+                <w:t xml:space="preserve">Inhibition de la protéosynthèse et de la protéolyse ubiquitine-protéasome dépendante dans le muscle de souris après un traitement chimiothérapique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tilignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Madelmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Congress of the European Society of Parenteral and Enteral Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1998, Nice, France</w:t>
+              <w:t xml:space="preserve">Forum des jeunes chercheurs de la Société Française de Biochimie et Biologie Moléculaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1998, Laval, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02838635v1</w:t>
+                <w:t xml:space="preserve">hal-02771004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition de la protéosynthèse et de la protéolyse ubiquitine-protéasome dépendante dans le muscle de souris après un traitement chimiothérapique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
+                <w:t xml:space="preserve">Pentoxifylline prevents the muscle wasting of tumour-bearing rats by suppressing the activation of 20S and 26S proteasomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des jeunes chercheurs de la Société Française de Biochimie et Biologie Moléculaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 1998, Laval, Canada</w:t>
+              <w:t xml:space="preserve">20. Congress of the European Society of Parenteral and Enteral Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771004v1</w:t>
+                <w:t xml:space="preserve">hal-02838635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRNA levels for ATPases and non-ATPases subunits of the 19 S complex and subunits of the 11 S regulator paralleled rates of proteolysis in the unweighted soleus muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16427,64 +16427,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Debras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Grizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16677,64 +16677,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Debras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Grizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16789,90 +16789,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes cellulaires de la protéolyse musculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Séminaire de néphrologie Merck</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1995, Noisy-le-Grand, France</w:t>
@@ -16901,77 +16901,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective activation of the Ca2+ dependent proteolytic pathway in mdx mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Boespflug-Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17035,90 +17035,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the ATP-ubiquitin-dependent proteolytic pathway in muscle wasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Combare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced workshop on Proteasomes and Related Complexes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1995, Clermont Ferrand, France</w:t>
@@ -17147,77 +17147,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence d'hyperexpression des systèmes protéolytiques musculaires lors du syndrome de Cushing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Tauveron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17272,77 +17272,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence d'hyperexpression des systèmes protéolytiques musculaires lors du syndrome du cushing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Tauveron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17397,103 +17397,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probable enhanced lysosomal, CA2+ and ATP-ubiquitin-dependent proteolysis in the extensor digitorum longus muscle of hindlimb suspended rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced workshop on proteasomes and related complexes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1995, Clermont-Ferrand, France. 1 p</w:t>
@@ -17516,730 +17516,730 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02852452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of Ca2+- and ATP-ubiquitin-dependent proteases in increased skeletal muscle proteolysis in septic rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Voisin</w:t>
+                <w:t xml:space="preserve">Regulation of ATP-ubiquitin-dependent proteolysis in muscle wasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Animal and Human Nutrition</w:t>
+              <w:t xml:space="preserve">Symposium on animal and human nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1994, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02843209v1</w:t>
+                <w:t xml:space="preserve">hal-02849193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased ATP-ubiquitin-dependent proteolysis in skeletal muscles proximal to the tumor of Yoshida-sarcoma-bearing rats</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Muscle wasting in head trauma patients results from a coordinate activation of lysosomal, CA2+- and ATP-ubiquitin-dependent proteolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Vincent-Mansoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Beaufrère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ralliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Boirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on animal and human nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 1994, Tours, France</w:t>
+              <w:t xml:space="preserve">10. International protein catabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1994, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02848036v1</w:t>
+                <w:t xml:space="preserve">hal-02774987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased expression of ubiquitin, 14 kDa ubiquitin carrier protein and proteasome subunits in the soleus muscle during simulated weightlessness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of Ca2+- and ATP-ubiquitin-dependent proteases in increased skeletal muscle proteolysis in septic rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Obled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European science foundation study workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 1994, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">Symposium on Animal and Human Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1994, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02775376v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02843209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of ATP-ubiquitin-dependent proteolysis in muscle wasting</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Increased ATP-ubiquitin-dependent proteolysis in skeletal muscles proximal to the tumor of Yoshida-sarcoma-bearing rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Asensi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Larbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lydie Combaret</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on animal and human nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1994, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02849193v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02848036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle wasting in head trauma patients results from a coordinate activation of lysosomal, CA2+- and ATP-ubiquitin-dependent proteolysis</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Increased expression of ubiquitin, 14 kDa ubiquitin carrier protein and proteasome subunits in the soleus muscle during simulated weightlessness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Obled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ferrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International protein catabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1994, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">European science foundation study workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1994, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02774987v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02775376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of ubiquitin-proteasome proteolytic pathway in muscle wasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Temparis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Taillandier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Curriculum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1994, Clermont-Ferrand, France</w:t>
@@ -18268,103 +18268,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation probable de la proteolyse lysosomale, Ca2+-dépendante et ATP-ubiquitine-dépendante dans le muscle extensor digitorum longus du rat soumis à l'apesanteur simulée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Symposium de la Société Francophone de Nutrition Entérale et Parentérale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1994, Clermont-Ferrand, France</w:t>
@@ -18419,51 +18419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18514,103 +18514,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced lysosomal, CQA2+- and ATP-ubiquitin-dependent proteolysis in the soleus muscle of hindlimb suspended rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1994, Tokyo, Japan</w:t>
@@ -18639,103 +18639,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordinate activation of lysosomal, Ca2+-and ATP-ubiquitin-dependent proteolytic pathways in the soleus muscle in hind-limb suspended rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on animal and human nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, Tours, France</w:t>
@@ -18764,90 +18764,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation du métabolisme protéique musculaire lors d'un sepsis prolongé: rôle prépondérant de la protéolyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Obled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18921,51 +18921,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ubiquitinating enzymes as potential therapeutic targets to prevent muscle atrophy: the case of MuRF1/ TRIM63</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19046,103 +19046,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure predictions of MuRF1-UBE2 complexes identify amino acid residues governing interaction selectivity for each MuRF1-E2 pair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlys Macheton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Proteasome &amp; Autophagy Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Clermont - Ferrand, France</w:t>
@@ -19184,64 +19184,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UBE2L3, a Partner of MuRF1/TRIM63, Is Involved in the Degradation of Myofibrillar Actin and Myosin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Armani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19296,51 +19296,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ubiquitinating enzymes as potential therapeutic targets to prevent muscle atrophy – The case of MuRF1/ TRIM63</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19434,64 +19434,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MuRF1/TRIM63 - UBE2s: A Synergy in Muscle Atrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Malige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Armani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19671,51 +19671,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic reprogramming involving a shift from TGF- β to BMP signaling for muscle mass maintenance in hibernating brown bear</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Cussonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19809,51 +19809,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing new strategies to limit TRIM63/MuRF-1-mediated muscle protein loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulce Peris-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19943,51 +19943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Workshop - Proteostasis: From organelles to organisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Ericeira, Portugal. , 2019</w:t>
@@ -20010,277 +20010,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02396255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing of altered mitochondria and induction of autophagy did not follow the same pattern in immobilized tibialis anterior and gastrocnemius rat muscles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J Calonne</w:t>
+                <w:t xml:space="preserve">A muscle-specific MURF1-E2 network requires stabilization of MURF1-E2 complexes by Telethonin, a newly identified substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cabantous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dominique Dardevet</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bouchenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Proteasome &amp; Autophagy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Clermont-Ferrand, France. 90 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01786041v1</w:t>
+                <w:t xml:space="preserve">hal-01786035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A muscle-specific MURF1-E2 network requires stabilization of MURF1-E2 complexes by Telethonin, a newly identified substrate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Cabantous</w:t>
+                <w:t xml:space="preserve">Addressing of altered mitochondria and induction of autophagy did not follow the same pattern in immobilized tibialis anterior and gastrocnemius rat muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Calonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bouchenot</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vazeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Proteasome &amp; Autophagy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Clermont-Ferrand, France. 90 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01786035v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01786041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parkin-Dependent Pathway is differentially regulated in immobilized rat Gastronemius and Tibialis anterior muscles</w:t>
               </w:r>
@@ -20516,90 +20516,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle wasting in hemodialysis and lung cancer patients is mediated through down and up-regulation of several proteins common to both diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Béchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20641,90 +20641,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle wasting in patients with end-stage renal disease or early-stage lung cancer: Common mechanisms at work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Béchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21141,51 +21141,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle wasting in hemodialysis and lung cancer patients is mediated through down and upregulation of several proteins common to both diseases, including actors of the proteasome and the autophagy proteolytic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Poyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21193,51 +21193,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International SCWD conference on Cachexia,Sarcopenia and Muscle Wasting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Rome, Italy. 2017</w:t>
@@ -21318,51 +21318,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Proteasomes &amp; Autophagy Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France. 320 p., 2016, 7th Proteasomes &amp; Autophagy Workshop</w:t>
@@ -21430,64 +21430,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Conference on Cachexia, Sarcopenia and Muscle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Berlin, Germany. John Willey &amp; Sons LtD, Journal of Cachexia, Sarcopenia and Muscle, 7 (5), 36 p., 2016, Journal of Cachexia, Sarcopenia and Muscle. </w:t>
@@ -21525,51 +21525,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of myofibrillar proteolysis in skeletal muscle: role of E2 enzymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21663,90 +21663,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DHA-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Proteasomes &amp; Autophagy Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France. 320 p., 2016, 7th Proteasomes &amp; Autophagy Workshop</w:t>
@@ -21775,103 +21775,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upregulation of MuRF1 and MAFbx participates to muscle wasting upon gentamicin-induced Acute Renal Failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Proteasomes &amp; Autophagy Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France. 320 p., 2016, 7th Proteasomes &amp; Autophagy Workshop</w:t>
@@ -21913,90 +21913,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DHA-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Clermont-Ferrand, France. n.p., 2015, 8ème Journée Scientifique du CRNH Auvergne</w:t>
@@ -22064,51 +22064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roza Leulmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22189,51 +22189,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22327,51 +22327,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Proteostasis Meeting 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Valencia, Spain. 2014</w:t>
@@ -22439,51 +22439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Vazeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22577,51 +22577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO workshop, Advances in protein–protein interaction analysis and modulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Hyères, France. , 2014, Advances in protein–protein interaction analysis and modulation</w:t>
@@ -22689,132 +22689,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Vazeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Cachexia Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. Journée scientifique du CNRH Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Clermont - Ferrand, France. , 2013, 6.ème Journée scientifique du CNRH Auvergne</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746934v1</w:t>
+                <w:t xml:space="preserve">hal-02746529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regeneration of the rat tibialis anterior muscle is impaired despite induction of the SPARC-b-catenin pathway during post-immobilization recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22823,150 +22814,159 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Vazeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journée scientifique du CNRH Auvergne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7. Cachexia Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Kobe, Japan. Springer-Verlag, Journal of Cachexia, Sarcopenia and Muscle, 4 (4), 49 p., 2013, Abstracts of the 7th Cachexia Conference. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13539-013-0123-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746529v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apoptosis in capillary endothelial cells in ageing skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huijuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23069,64 +23069,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibialis anterior atrophy after immobilization correlates with changes in extracellular matrix molecules Sparc and Tenascin-C, and in integrin scaffold proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23207,51 +23207,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Gourbeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23319,90 +23319,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des conjugués ubiquitinés dans le muscle squelettique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique du CNRH d'Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2004, Theix, France. 1 p., 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23427,77 +23427,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torbafylline reduces cancer-induced muscle wasting by suppressing enhanced ubiquitin-proteasome-dependent proteolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ralliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -23535,77 +23535,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased expression of ubiquitin, 14-kDa E2 and proteasme subunits in skeletal muscle from septic rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23686,64 +23686,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Meynial-Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Miri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23785,77 +23785,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteolytic pathways involved in muscular dystrophy in mdx, dy/dy and mdf mice: a preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Meynial-Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23923,64 +23923,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation of the ATP-Ubiquitin-dependent proteolytic pathway in skeletal muscles proximal to the tumor of Yoshida sarcoma bearing rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Temparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Asensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24067,51 +24067,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle Atrophy: From Bench to Bedside</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 24 (8), pp.7551, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
@@ -24190,64 +24190,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms and regulation in protein degradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">9 p., 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24310,51 +24310,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteasomes and Ubiquitin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Respiratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Elsevier, pp.728-732, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
@@ -24388,90 +24388,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular Mechanisms of Protein Degradation Among Tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -24544,51 +24544,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The critical role of the ubiquitin-proteasome pathway in muscle wasting in comparison to lysosomal and Ca2+-dependent systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intracellular protein degradation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 27, JAI Press Inc., 1998, Advances in Molecular and Cell Biology, 2-7623-0387-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24645,77 +24645,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods and kits for diagnosing muscle atrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aniort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP21306403.3. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24778,77 +24778,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'actine, principale protéine contractile du muscle squelettique, est ciblée et dégradée par le système protéolytique ubiquitine-protéasome dépendant, dans des cellules et chez l'Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-E Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -24922,51 +24922,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs sanguins de l'atrophie musculaire au cours de cancers de l'appareil digestif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE Clermont-Auvergne-Rhône-Alpes. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
@@ -25020,51 +25020,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation du metabolisme proteique musculaire chez le rat soumis a l'apesanteur simulee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Centre d'Etudes et de Recherches de Medecine Aerospatiale, Laboratoire de Physiologie Metabolique; Université Blaise Pascal (Clermont Ferrand 2), 1993. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -25181,51 +25181,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="19F97097"/>
+    <w:nsid w:val="D1AD8C7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -25412,51 +25412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-taillandier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4520-0551" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168591448" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422823v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fournet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Blot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Peris-Moreno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Reboud-Ravaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2025.102974" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397622v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aniort" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Delabrise" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Heng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taillandier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.02.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Chaouki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Parry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vituret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leremboure" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112030" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993910v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Claustre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Macheton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lefai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70017" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651502v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabantous" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202300723" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04766081v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mosoni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Germond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c08501&amp;amp;ref=pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cussonneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deval" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010621" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776164v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073713" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04023722v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2021006" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-L86T3P6P-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03435380v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Armani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081974" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238377v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verney" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084205" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Loizon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081873" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182261v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26020407" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952557v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186663" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935975v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Calonne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bechet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21103691" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167448v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Poyet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12376" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02520159v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2019.0458" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192519v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.07.014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730002v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hauvette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12249" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958290v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7110214" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622197v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7120242" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512019v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bechet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.04.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512230v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Koulmann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Serrurier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.06.019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512083v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12103" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633728v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Leulmi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12060" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297805v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.013" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6PNHNZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837643v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Mazelin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Panthu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Nicot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Belotti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tintignac" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2016.04.011" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16FZ2824-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639857v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Attaix" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2015.00059" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812812v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu086" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135060v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mazelin Bowyer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Nicot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delaune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ging Zhang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1878-6480(15)30168-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901485v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Slimani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12011" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636978v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijuan Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.12169" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217877v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1165" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543975v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Gourbeyre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02502779v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Burlet-Schiltz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2013.05.031" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKXCBX5J-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651335v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2012.10.013" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649473v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Magne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland R. Labas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2010.11.021" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-76M852W7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651117v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Delcros" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00379.2012" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420104v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ventadour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-180968" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318545v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667009v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Prod'Homme" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Balage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2008.05.017" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6CKT4V4J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661511v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MCO.0b013e32831b9c31" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Codran" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averous" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90532.2008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662552v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Wing" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M610005200" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661666v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pinel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Coxam" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mignon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cubizolles" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2006.05.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDXPX8PJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681176v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Tassa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2005.02.029" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJP8V56F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679883v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tassa" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rieu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pouch" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2005.098004" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682734v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675020v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672610v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ralliere" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919672v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Samuels" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/PAR2004358" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671878v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Pouch" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Samuels" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669272v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Richard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673571v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Kee" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tilignac" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Souweine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dalle" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671948v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Guezennec" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674050v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672437v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Temparis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673384v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Voisin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919675v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tilignac" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Temparis" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673084v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670553v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919692v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Attaix" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Combaret" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Pouch" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673081v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Larbaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Balage" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Grizard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696275v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gorbea" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rechsteiner" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.275.2.875" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690051v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tanaka" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695730v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688752v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gorbea" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rechsteiner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688487v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Madelmont" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900148v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Aurousseau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Kee" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686875v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695994v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kee" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:19980202" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699079v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Tauveron" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boiteux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.82.9.3161" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693917v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1006806103675" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4NKN3PHH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688302v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boespflug-Tanguy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696224v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patureau-Mirand" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bigard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686475v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Debras" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158511v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Voisin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Breuill&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pouyet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Taillandier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI118586" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688320v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Meynial-Denis" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miri" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Imbert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698902v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferrara" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cottin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3160065" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693012v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pouyet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Obled" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981148v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mansoor" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaufrere" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.93.7.2714" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706847v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tauveron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boiteux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699933v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sornet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899681v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Temparis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Larbaud" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Aurousseau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704834v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Asensi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Obled" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706971v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713859v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899720v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Meynial-Denis" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704315v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899722v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Asensi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707124v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899724v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705602v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703855v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899725v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Obled" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D B&#233;chet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ferrara" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714593v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desplanches" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422839v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fafournoux" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992128v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04712592v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176606v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176619v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03858980v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176583v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176010v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176018v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176208v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175991v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176202v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176029v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291475v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074736v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154651v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952775v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouchenot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508164v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738495v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739578v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271963v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237886v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065491v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraudet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Walrand" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123313v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966602v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.numecd.2012.08.008" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CWDFR3X9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748306v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lapaquette" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744694v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749131v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804834v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744948v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bijislma" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756982v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzane Samuels" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Roux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759000v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841468v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838635v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771004v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837584v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841728v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840133v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mansoor" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cayol" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gachon" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Railli&#232;re" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778857v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778757v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778288v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775257v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Combare" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775255v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852175v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852452v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843209v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848036v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775376v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849193v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774987v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vincent-Mansoor" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775691v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852826v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772685v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776070v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852357v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848273v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737480v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737498v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832239v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04016713v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176528v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209822v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Arnemo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209939v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176196v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396255v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786041v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Calonne" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vazeille" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786035v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882343v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730000v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786039v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882339v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882344v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882340v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606000v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736164v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594814v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decourt" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Millet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606323v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12164" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305349v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305344v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305346v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267086v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739637v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739139v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740196v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741741v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742389v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746934v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13539-013-0123-9" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746529v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543483v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/journal/13539/5/1/page/1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13539-014-0129-y" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746794v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812813v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825340v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837944v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851278v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778463v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aurousseau" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775696v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849766v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178463v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24087551" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834977v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397498v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801238-3.11603-4" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581594v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/book/9780128021675" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-802167-5.00003-7" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834612v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179364v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318523v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Heng" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184271v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02850008v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-taillandier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4520-0551" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168591448" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422823v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fournet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Blot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Peris-Moreno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Reboud-Ravaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2025.102974" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993910v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Claustre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Macheton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lefai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70017" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397622v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aniort" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Delabrise" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Heng" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taillandier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.02.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987695v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Chaouki" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Parry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vituret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leremboure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651502v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabantous" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202300723" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04766081v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mosoni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Germond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c08501&amp;amp;ref=pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cussonneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deval" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010621" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776164v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073713" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04023722v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2021006" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-L86T3P6P-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03435380v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Armani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081974" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238377v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verney" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084205" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Loizon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081873" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182261v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26020407" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952557v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186663" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935975v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Calonne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bechet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21103691" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167448v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Poyet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12376" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02520159v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2019.0458" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192519v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.07.014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730002v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hauvette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12249" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958290v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7110214" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622197v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7120242" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512230v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Koulmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Serrurier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.06.019" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bechet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12103" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512019v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.04.006" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633728v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Leulmi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12060" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297805v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.013" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6PNHNZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837643v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Mazelin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Panthu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Nicot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Belotti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tintignac" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2016.04.011" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16FZ2824-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639857v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Attaix" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2015.00059" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812812v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu086" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135060v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mazelin Bowyer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Nicot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delaune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ging Zhang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1878-6480(15)30168-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901485v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Slimani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12011" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217877v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1165" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636978v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijuan Wang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.12169" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543975v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Gourbeyre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02502779v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Burlet-Schiltz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2013.05.031" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKXCBX5J-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651117v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Delcros" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00379.2012" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651335v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2012.10.013" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649473v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Magne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland R. Labas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2010.11.021" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-76M852W7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420104v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ventadour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-180968" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318545v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667009v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Prod'Homme" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Balage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2008.05.017" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6CKT4V4J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661511v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MCO.0b013e32831b9c31" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Codran" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averous" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90532.2008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662552v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Wing" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M610005200" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661666v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pinel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Coxam" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mignon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cubizolles" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2006.05.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDXPX8PJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679883v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tassa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681176v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Tassa" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2005.02.029" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJP8V56F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rieu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pouch" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2005.098004" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682734v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675020v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919672v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Samuels" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/PAR2004358" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672610v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ralliere" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671878v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Pouch" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Samuels" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671948v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Guezennec" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669272v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Richard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673571v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Kee" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tilignac" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Souweine" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dalle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919675v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tilignac" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Temparis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674050v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672437v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Temparis" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673384v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Voisin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673084v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670553v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919692v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Attaix" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Combaret" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Pouch" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673081v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Larbaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Balage" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Grizard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696275v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gorbea" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rechsteiner" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.275.2.875" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690051v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tanaka" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695730v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688752v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gorbea" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rechsteiner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900148v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Aurousseau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Kee" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688487v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Madelmont" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686875v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695994v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kee" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:19980202" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699079v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Tauveron" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boiteux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.82.9.3161" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693917v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1006806103675" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4NKN3PHH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688302v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boespflug-Tanguy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696224v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patureau-Mirand" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bigard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686475v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Debras" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158511v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Voisin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Breuill&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pouyet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Taillandier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI118586" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698902v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Meynial-Denis" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferrara" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cottin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3160065" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688320v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miri" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Imbert" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693012v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pouyet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Obled" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981148v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mansoor" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaufrere" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.93.7.2714" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706847v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tauveron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boiteux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699933v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sornet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899681v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Temparis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Larbaud" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Aurousseau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704834v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Asensi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Obled" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706971v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713859v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899720v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Meynial-Denis" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704315v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899722v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Asensi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899724v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707124v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705602v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703855v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899725v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Obled" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D B&#233;chet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ferrara" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714593v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desplanches" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422839v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fafournoux" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992128v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04712592v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176606v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176619v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03858980v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176583v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176010v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176018v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176208v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175991v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176202v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176029v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291475v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074736v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154651v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952775v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouchenot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508164v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739578v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738495v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271963v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237886v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065491v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraudet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Walrand" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123313v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966602v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.numecd.2012.08.008" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CWDFR3X9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744694v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748306v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lapaquette" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749131v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804834v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744948v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bijislma" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756982v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzane Samuels" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Roux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759000v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841468v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771004v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838635v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837584v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841728v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840133v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mansoor" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cayol" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gachon" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Railli&#232;re" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778857v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778757v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778288v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775257v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Combare" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775255v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852175v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852452v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849193v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774987v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vincent-Mansoor" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843209v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848036v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775376v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775691v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852826v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772685v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776070v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852357v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848273v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737480v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737498v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832239v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04016713v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176528v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209822v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Arnemo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209939v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176196v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396255v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786035v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786041v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Calonne" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vazeille" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882343v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730000v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786039v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882339v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882344v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882340v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606000v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736164v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594814v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decourt" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Millet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606323v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12164" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305349v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305344v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305346v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267086v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739637v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739139v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740196v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741741v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742389v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746529v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746934v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13539-013-0123-9" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543483v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/journal/13539/5/1/page/1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13539-014-0129-y" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746794v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812813v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825340v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837944v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851278v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778463v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Aurousseau" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775696v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849766v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178463v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24087551" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834977v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397498v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801238-3.11603-4" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581594v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/book/9780128021675" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-802167-5.00003-7" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834612v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179364v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318523v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Heng" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184271v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02850008v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>