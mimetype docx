--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -196,165 +196,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’Office de secours et de travaux des Nations Unies pour les réfugiés de Palestine dans le Proche-Orient (UNRWA) – Institution temporaire d’une cause suspendue »</w:t>
+                <w:t xml:space="preserve">« Le Comité de la sécurité alimentaire mondiale – théâtre de l’épanouissement inachevé du 'modèle des parties prenantes’ dans les organisations internationales »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ventura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire français de droit international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, LXX (2024), pp. 47-66</w:t>
+              <w:t xml:space="preserve">, 2025, LXIX (2023), pp. 410-423</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05423193v1</w:t>
+                <w:t xml:space="preserve">hal-04963823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le Comité de la sécurité alimentaire mondiale – théâtre de l’épanouissement inachevé du 'modèle des parties prenantes’ dans les organisations internationales »</w:t>
+                <w:t xml:space="preserve">« L’Office de secours et de travaux des Nations Unies pour les réfugiés de Palestine dans le Proche-Orient (UNRWA) – Institution temporaire d’une cause suspendue »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ventura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire français de droit international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, LXIX (2023), pp. 410-423</w:t>
+              <w:t xml:space="preserve">, 2025, LXX (2024), pp. 47-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04963823v1</w:t>
+                <w:t xml:space="preserve">hal-05423193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La réaffectation des avoirs russes au service de la reconstruction et de la réparation de l’Ukraine : reflet des mutations des réactions internationales à l’illicite »</w:t>
               </w:r>
@@ -679,165 +679,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03556391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Coronavirus et ‘suivi de localisation’ : le Comité européen de la protection des données en première ligne », Note relative à la déclaration du 19 mars 2020 du CEPD sur le traitement des données personnelles dans le contexte de l’épidémie de COVID-19, Dalloz actualité, droit européen, édition du 10 avril 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« L’acquisition de données de communications électroniques par les autorités de renseignement à l’épreuve de la directive « e-Privacy » 2002/58/CE – La CJUE face aux résistances étatiques et à la Cour EDH à l’heure des affaires Privacy International, La Quadrature du Net e.a., et Ordre des barreaux francophones et germanophones e.a. », Revue des Droits et Libertés Fondamentaux, 2020, chron. n° 22</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ventura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03556807v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03556868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Inviolabilité des élus européens : le Tribunal de l’Union européenne confirme l’impuissance du Parlement - Note sous ordonnance de référé du 3 mars 2020 du vice-Président du Tribunal de l’Union européenne (T-24/20 R) »</w:t>
               </w:r>
@@ -3224,51 +3224,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="549B99DD"/>
+    <w:nsid w:val="4C7D2DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3455,51 +3455,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-ventura" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9061-8132" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/225143119" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423193v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ventura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963823v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721786v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838317v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762916v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174197v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556391v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556807v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556868v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556876v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556814v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556803v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556812v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556962v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Chercheneff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161162v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556976v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627760v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774547v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556987v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174222v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174216v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556998v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613284v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627766v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556825v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03173503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556950v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556952v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean d'Aspremont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973022v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556407v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Peyronnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04079520v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248210v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426035v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613281v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613282v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613283v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03173474v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621589v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/daniel-ventura" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9061-8132" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/225143119" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963823v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ventura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423193v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721786v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838317v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762916v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174197v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556391v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556868v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556807v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556876v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556814v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556803v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556812v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556962v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Chercheneff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161162v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556976v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627760v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774547v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556987v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174222v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174216v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556998v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613284v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627766v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556825v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03173503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556950v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556952v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean d'Aspremont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973022v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556407v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Peyronnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04079520v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248210v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426035v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613281v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613282v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613283v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03173474v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621589v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>