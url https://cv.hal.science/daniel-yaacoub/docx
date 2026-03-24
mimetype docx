--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -500,77 +500,993 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04066139v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solar Hydrogen Production by Artificial Photosynthesis in Photoreactor for Sustainable Mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solar PACES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52825/solarpaces.v1i.653⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiphysics and multiscale modeling of a photovoltaic panel using Monte Carlo methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2023, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo-génération, transfert et conversion d'énergie électronique en espaces de chemins pour le design inverse de procédés solaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quatrièmes Journées Annuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherche CNRS TAMARYS, Jun 2022, Villeurbanne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knowledge models of photobioreactors and their paths integral formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Gilles Dussap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MELiSSA Conference : Current and Future Ways to Closed Life Support Systems, ESA Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingénierie de la production d'hydrogène solaire par photosynthèse artificielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gloaguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire (JNES 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiphysics and multiscale modeling of a photovoltaic panel using Monte Carlo methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation électrique d’une cellule photovoltaïque et interprétation physique renouvelée à l’aide d’espaces de chemins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération de Recherche sur l’Energie Solaire, Jun 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Drift in Feynman-Kac Theory: Preserving Early Probabilistic Insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Yaacoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -592,103 +1508,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821624v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advection, diffusion and linear transport in a single path-sampling Monte-Carlo algorithm : getting insensitive to geometrical refinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Ibarrart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -740,973 +1656,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Eibner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818899v2</w:t>
-              </w:r>
-[...914 lines deleted...]
-                <w:t xml:space="preserve">hal-03941149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1861,51 +1861,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05265682v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Ibarrart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330604" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04066139v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tregan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Amestoy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques B&#233;zian" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283681" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821624v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818899v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845121v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Foin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gros" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.653" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423952v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744477v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744479v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845156v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Gilles Dussap" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845469v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gloaguen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941149v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05265682v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Ibarrart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330604" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04066139v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tregan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Amestoy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques B&#233;zian" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283681" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845121v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Foin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gros" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.653" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423952v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744479v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845156v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Gilles Dussap" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gloaguen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941149v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744477v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821624v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818899v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>