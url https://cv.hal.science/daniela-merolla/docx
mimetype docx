--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.49019607843px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Daniela MEROLLA </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des Universités, Littérature et art berbères, Institut National des Langues et Civilisations Orientales INALCO,Directrice du LACNAD, l'unité de recherche Langues et Cultures de l'Afrique du Nord  et Daispora LACNAD, Paris</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniela Merolla est professeur de littérature et art berbères à l’INALCO et auteur de très nombreuses publications sur les genres oraux, écrits et multimédia berbères au Maghreb et dans la diaspora amazighe en Europe.L’approche théorique et méthodologique de sarecherche est interdisciplinaire, au croisement entre les études de littérature comparée et l'anthropologie. Cette double formation est complémentaire de sa spécialisation en littérature amazighe / berbère et de ses enquêtes de terrain dans les Aurès et en Kabylie(Algérie), dans le Rif et le Sous (Maroc), ainsi qu’en milieu migrant en France et aux Pays-Bas.Daniela Merolla a également travaillé sur « l’espace littéraire amazigh / berbère » dans le cadre des études littéraires africaines au Département des langues et des cultures africaines, Université deLeyde, Pays-Bas, où elle a lancé la série digitale* Verba Africana* sur la documentation et la recherche audiovisuelles des littératures orales africaines.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page personnelle INALCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Parmi ses publications on peut mentionner :2006. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l’art de la narration tamazight/ berbère. Deux cents ans de collecte et derecherche dans les études littéraire berbères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Peeters, Paris/Louvain2017. Merolla, D., and Turin, M. (sous la dir.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Searching for Sharing: Heritage and Multimediain Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Open Book Publishers, CambridgeU.K. 2017. Open Source </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.openbookpublishers.com/product/590/ul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;gt;2019. Schipper, M., Merolla, D., & Brinkman,I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrikaanse letterkunde : tradities, genres,auteurs en ontwikkelingen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. [LittératuresAfricaines. Traditions, genres, auteurs etdéveloppements]. Amsterdam: AmsterdamUniversity Press.2019. Merolla, D., Naït Zerad, K. etA. Ameziane (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cinémas berbères. De la méconnaissance aux festivals internationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> . Paris: Karthala.2020. Brinkman, I. et D. Merolla (GuestEditors). Special Issue « Space, time, andculture on African/diaspora websites ». </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> , 32:1.2024. Ameziane A. et D. Merolla (sous la dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh et les autres médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Paris : l’Harmattan.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: &amp;quot;Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 62 (3), 2025, Mbuyu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05391214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Dir.) Afrika Focus. Special Issue. Memory and Remembrance in Africa and the Diaspora - Mémoire et souvenir en Afrique et dans la diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrika Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Volume 32 (1), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(dir.). Nordic Journal of African Studies. Special Issue pp. 167-384</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25 (3&amp;4), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Amazigh Literary Space’: Intersection and Hybridity across Languages and Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Amazigh Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3 (3), pp.1-39. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5642/jas.RMJJ2121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In and out Amazigh-language texts: the creative continuum of Amazigh literary space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amar Ameziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the African Literature Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (1), pp.68-86. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21674736.2025.2464413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis—Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 62 (3), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17159/tl.v62i3.24567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05401231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouloud Mammeri, Poèmes kabyles anciens , 1980</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (2), pp.345-352. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/731862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amazigh/Berber Literary and Historical Studies: Approaching Colonial Humanities from the Perspective of Critical Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.221-236. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/713265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Colonial Humanities and Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michiel Leezenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Sear</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Turin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.199-208. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/713263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amazigh/Berber Literary and Historical Studies: Approaching Colonial Humanities from the Perspective of Critical Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.221 - 236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space, time, and culture on African/diaspora websites: a tangled web we weave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brinkman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Space, Time and Culture on African/Diaspora Websites, 32 (1), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13696815.2019.1657003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CULTURAL HERITAGE, ARTISTIC INNOVATION, AND ACTIVISM ON AMAZIGH BERBER WEBSITES (Pre-publication) (publication: volume 32:1, 42-59)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà des ‘deux Afriques’ au nord et au sud du Sahara : les études littéraires berbères dans le cadre des études africaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et documents berbères </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 38, [2017], pp.71-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh entre le film &amp;quot;grand écran&amp;quot; et &amp;quot;Amazighwood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues O'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3,, pp.46-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: African Oral Literature and Education. Interactions and Intersections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3-4), pp.167-174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Littérature africaine orale et écrite : multilinguisme et créativité)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vooys. Tijdschrift voor letteren</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 34, pp.64-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature orale et nouveaux médias : l’exemple de &amp;quot;Verba Africana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.61-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Orality and Technauriture of African Literatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tydsckrif vir Letterkunde </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51 (1), pp.80-88. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/tvl.v51i1.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music on Dutch Moroccan websites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Performing Islam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (2), pp.291 - 315</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lunga ombra dell’orientalismo tra studi africani e studi berberi in Italia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incontri: rivista europea di studi italiani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (1), pp.68-82. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18352/incontri.9145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La narration dans l’espace littéraire berbère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.5236 - 5251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il un système littéraire berbère ? Des genres oraux à l’espace Internet : le champ de la recherche aujourd’hui.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Études Berbères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1, http://reb.centrederechercheberbere.fr/existe-t-il-un-systeme-litteraire-berbere-des-genres-oraux-a-lespace-internet-le-champ-de-la-recherche-aujourdhui.html?revue=1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berberse Lente in theater en literatuur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passionate Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13 (2), pp.23-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENDER AND COMMUNITY IN THE ORAL AND IN THE WRITTEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Uomo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, IX (1/2), pp.149-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on parler d'un espace littéraire kabyle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et documents berbères </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 13, pp.5-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conte kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, XIV, pp.2084-2088</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh et les autres médias.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amar Ameziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE CINÉMA AMAZIGH/BERBÈRE ET LES AUTRES MÉDIAS (sous la dir. de A.Ameziane et D.Merolla)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameziane Amar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024, 978-2-336-40792-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE CINÉMA AMAZIGH/BERBÈRE. Le sens de la mise en scène comme espace de communication (sous la dir. de D. Merolla)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-14-034972-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES ÉTUDES BERBÈRES À L'ÈRE DE L'INSTITUTIONNALISATION DE TAMAZIYT Mélanges en l'honneur de Salem Chaker et Abdellah Bounfour (sous la dir. de D. Merolla, D. Caubet, K. Naït Zerad, Ph. Cassuto)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zerad Kamal Naït</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassuto Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2021, 978-2-343-21839-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrikaanse letterkunde : tradities, genres, auteurs en ontwikkelingen [Littératures Africaines. Traditions, genres, auteurs et développements]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineke Schipper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brinkman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cinémas berbères. De la méconnaissance aux festivals internationaux (sous la dir. de D.Merolla, K.Nait Zerad et A.Ameziane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Nait Zerad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amar Ameziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9782811125769</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for Sharing: Heritage and Multimedia in Africa (edited volume)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Turin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Open Book Publishers, 7, 2017, World Oral Literature Series, 9781783743186. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/OBP.0111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier: Orality and Technauriture of African Literatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniela Merolla. , 51 (1), pp.79 - 174, 2014, Tydsckrif vir Letterkunde (S.A.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Dir.). Multimedia Research and Documentation of Oral Genres in Africa - The Step Forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Nait Zerad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jansen Jan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rüdiger Köppe Verlag. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orality and New dimensions of Orality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mena B. Lafkioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications Langues O’, 2008, 9782858311750</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contes berbères Chaouis de l'Aurès.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mena B. Lafkioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rüdiger Köppe Verlag, 2002, ISBN 978-3-89645-382-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh sur l'Internet : les enjeux de la distribution, de la reproduction et de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Hasnaouy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Ameziane A. et D. Merolla (dir.). Le cinéma amazigh et les autres médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp. 121-160, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le français de “l’espace littéraire amazigh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interférences linguistiques et culturelles françaises en Afrique, Studi Africanistici. Quaderni di Studi berberi e libico-berberi, sous la dir. de A.M. Di Tolla, F. Aiello, M.Centrella, S. Pinto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UniorPress</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-72, 2023, Studi Africanistici. Quaderni di Studi berberi e libico-berberi, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6093/978-88-6719-292-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La subversion et la négociation des modèles ethnographiques dans l’écriture littéraire de Belaïd Aït Ali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études Berbères à l'Ère de l'Institutionnalisation de Tamaziyt, sous la dir. de Merolla, D., Caubet. D., Naït Zerad K. et Ph.Cassuto, pp. 503-528.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2021, 978-2-343-21839-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La subversion et la négociation des modèles ethnographiques dans l’écriture littéraire de Belaïd Aït Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études Berbères à l'Ère de l'Institutionnalisation de Tamaziyt. Merolla, D., Caubet. D., Naït Zerad K. et Ph.Cassuto (dir.). Paris : L’Harmattan, pp. 503-528.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-343-21839-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharing Memories of Global Encounters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Africa in Europe and Europe in Africa. Yolanda Aicela-Cabré (dir.). New York: Peter Lang : 19-38.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African Verbal Arts Online: Intermediality and 'Technauriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oral Literary Performance in Africa. Beyond Text. Edited by Nduka Otiono and Chiji Akọma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, 9780367482145. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003111887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African Verbal Arts Online: Intermediality and 'Technauriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Oral Literary Performance in Africa. Beyond Text. Otiono N. et C. Akọma (dir.). Londres et New York:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.27 - 47, 2021, ISBN 9780367482145. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429354229-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amazigh/Berber Literature and “Literary Space”. A contested minority situation in (North) African literatures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ojaide T. et J. Ashuntantang (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of Minority Discourses in African Literature.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Londres et New York : Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.27 - 47, 2020, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429354229-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on parler de cinéma amazigh ? Les films 'grand écran' et 'Amazighwood'. Comparaisons avec le cinéma africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Les cinémas berbères. De la méconnaissance aux festivals internationaux .Merolla, D., Naït Zerad, K. et A. Ameziane (dir.),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp. 13-74, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma amazigh (berbère).Spatialisation de la ville et du monde rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Les cinémas berbères. De la méconnaissance aux festivals internationaux. Merolla, D., Naït Zerad, K. et A. Ameziane (dir.). Paris: Karthala</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-168, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond ‘two Africas’ in African and Berber literary studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ASCL, Leiden University. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In The Face of Africa. Essays in honour of Ton Dietz. Wouter van Beek, Jos Damen, Dick Foeken (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.215-235, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rif : littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, XLI, pp.6956-6972, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sentiment d’être chez soi' sur les sites amazighs et le 'printemps arabe : déconstructions et renégociations sur le Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbasset Dahraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les revendications amazighes dans la tourmente des « printemps arabes » : Trajectoires historiques et évolutions récentes des mouvements identitaires en Afrique du Nord.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohand Tilmatine et Thierry Desrues (sous la dir.). Rabat : Centre Jacques-Berque, pp.289-322, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berber/Amazigh Tales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Folktales and Fairy Tales. Traditions and Texts from around the World. Anne E. Duggan et Donald Haase (dir.), with the collaboration of Helen J. Callow [grand public].</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.122, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conte témoin de Miloud Taifi : allégorie, histoire et oralité dans “l’espace littéraire berbère / amazigh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publication de la Faculté des Lettres Saïs-Fès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Etudes et recherches en linguistique et littérature amazighes, la mesure du sens et le sens de la mesure. Actes du colloque international organisé en hommage au professeur Miloud Taïfi. HachemJarmouni et Samira Moukrim (dir.).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.247-255, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conte témoin de Miloud Taifi : allégorie, histoire, et oralité dans « l’espace littéraire berbère / amazigh »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachem JARMOUNI et Samira MOUKRIM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et recherches en linguistique et littérature amazighes, la mesure du sens et le sens de la mesure. Actes du colloque international organisé en hommage au professeur Miloud Taïfi </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Série N°43, Publication de la Faculté des Lettres Saïs-Fès, pp. 247-255., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African Verbal Arts on theInternet: Somalia Holland Online and Sankofa.nl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Africa World Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In At the Crossroads: Readings of the Postcolonial &amp; the Global in African Literature &amp;Art. G.Negash, A. Frohne and S.Zadi (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-178, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researchers as Griots?: Reflections on Multimedia Fieldwork in West Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Ameka,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Dorvlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oral Literature in the Digital Age Archiving Orality and Connecting with Communities </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Book Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-90, 2013, 9781909254312</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouary Malek : écrivain kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dahbia Abrous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, XXXVI, pp.5958-5965, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Stories, Global Discussions : websites, politics and identity in African contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brinkman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siri Lamoureaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirjam de Bruijn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Popular Media, Democracy and Citizenship in Africa. Herman Wasserman (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.236 - 252, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féminité, masculinité, et communauté kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">sous la dir. de Charles BONN, Najib REDOUANE et Yvette BENAYOUN-SZMIDT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algérie : nouvelles écritures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Harmattan, pp.119-131, 2002, 9789042007727</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féminité, masculinité et communauté kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BONN Charles, REDOUANE Najib &amp; BENAYOUN-SZMIDT Yvette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algérie: nouvelles écritures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 119-130, 1998, 2-7475-1736-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La littérature et les arts berbères, entretien avec Daniela Merolla (Inalco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kexin Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation et invisibilité documentaire des Amazighes du Maroc (1969-2019) – ruralité, oralité, réseaux sociaux &amp;lt;/br&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pierre-Bouthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Vigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unité Tice-Dsirn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Herve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hogbetsotso : celebration and songs of the Ewe migration story. Interview with Dr. Datey-Kumodzie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Ameka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Dorvlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verba Africana series online. https://verbafricana.org/hogbetsotso/</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Research and Documentation of African Oral Genres: Reflections on Partnership [Presentation file].</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Oral Literature Project Workshop 2010 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mark Turin, Dec 2010, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId123"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.49019607843px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Daniela MEROLLA </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des Universités, Littérature et art berbères, Institut National des Langues et Civilisations Orientales INALCO,Directrice du LACNAD, l'unité de recherche Langues et Cultures de l'Afrique du Nord  et Daispora LACNAD, Paris</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniela Merolla est professeur de littérature et art berbères à l’INALCO et auteur de très nombreuses publications sur les genres oraux, écrits et multimédia berbères au Maghreb et dans la diaspora amazighe en Europe.L’approche théorique et méthodologique de sarecherche est interdisciplinaire, au croisement entre les études de littérature comparée et l'anthropologie. Cette double formation est complémentaire de sa spécialisation en littérature amazighe / berbère et de ses enquêtes de terrain dans les Aurès et en Kabylie(Algérie), dans le Rif et le Sous (Maroc), ainsi qu’en milieu migrant en France et aux Pays-Bas.Daniela Merolla a également travaillé sur « l’espace littéraire amazigh / berbère » dans le cadre des études littéraires africaines au Département des langues et des cultures africaines, Université deLeyde, Pays-Bas, où elle a lancé la série digitale* Verba Africana* sur la documentation et la recherche audiovisuelles des littératures orales africaines.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page personnelle INALCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Parmi ses publications on peut mentionner :2006. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l’art de la narration tamazight/ berbère. Deux cents ans de collecte et derecherche dans les études littéraire berbères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Peeters, Paris/Louvain2017. Merolla, D., and Turin, M. (sous la dir.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Searching for Sharing: Heritage and Multimediain Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Open Book Publishers, CambridgeU.K. 2017. Open Source </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.openbookpublishers.com/product/590/ul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;gt;2019. Schipper, M., Merolla, D., & Brinkman,I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrikaanse letterkunde : tradities, genres,auteurs en ontwikkelingen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. [LittératuresAfricaines. Traditions, genres, auteurs etdéveloppements]. Amsterdam: AmsterdamUniversity Press.2019. Merolla, D., Naït Zerad, K. etA. Ameziane (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cinémas berbères. De la méconnaissance aux festivals internationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> . Paris: Karthala.2020. Brinkman, I. et D. Merolla (GuestEditors). Special Issue « Space, time, andculture on African/diaspora websites ». </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> , 32:1.2024. Ameziane A. et D. Merolla (sous la dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh et les autres médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Paris : l’Harmattan.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis—Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 62 (3), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17159/tl.v62i3.24567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05401231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In and out Amazigh-language texts: the creative continuum of Amazigh literary space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amar Ameziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the African Literature Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (1), pp.68-86. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21674736.2025.2464413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Amazigh Literary Space’: Intersection and Hybridity across Languages and Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Amazigh Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3 (3), pp.1-39. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5642/jas.RMJJ2121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouloud Mammeri, Poèmes kabyles anciens , 1980</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (2), pp.345-352. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/731862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Colonial Humanities and Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michiel Leezenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Sear</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Turin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.199-208. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/713263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amazigh/Berber Literary and Historical Studies: Approaching Colonial Humanities from the Perspective of Critical Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.221 - 236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amazigh/Berber Literary and Historical Studies: Approaching Colonial Humanities from the Perspective of Critical Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.221-236. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/713265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CULTURAL HERITAGE, ARTISTIC INNOVATION, AND ACTIVISM ON AMAZIGH BERBER WEBSITES (Pre-publication) (publication: volume 32:1, 42-59)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space, time, and culture on African/diaspora websites: a tangled web we weave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brinkman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Space, Time and Culture on African/Diaspora Websites, 32 (1), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13696815.2019.1657003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà des ‘deux Afriques’ au nord et au sud du Sahara : les études littéraires berbères dans le cadre des études africaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et documents berbères </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 38, [2017], pp.71-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh entre le film &amp;quot;grand écran&amp;quot; et &amp;quot;Amazighwood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues O'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3,, pp.46-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Littérature africaine orale et écrite : multilinguisme et créativité)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vooys. Tijdschrift voor letteren</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 34, pp.64-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: African Oral Literature and Education. Interactions and Intersections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3-4), pp.167-174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature orale et nouveaux médias : l’exemple de &amp;quot;Verba Africana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.61-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Orality and Technauriture of African Literatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tydsckrif vir Letterkunde </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51 (1), pp.80-88. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/tvl.v51i1.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lunga ombra dell’orientalismo tra studi africani e studi berberi in Italia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incontri: rivista europea di studi italiani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (1), pp.68-82. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18352/incontri.9145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music on Dutch Moroccan websites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Performing Islam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (2), pp.291 - 315</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La narration dans l’espace littéraire berbère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.5236 - 5251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il un système littéraire berbère ? Des genres oraux à l’espace Internet : le champ de la recherche aujourd’hui.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Études Berbères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1, http://reb.centrederechercheberbere.fr/existe-t-il-un-systeme-litteraire-berbere-des-genres-oraux-a-lespace-internet-le-champ-de-la-recherche-aujourdhui.html?revue=1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berberse Lente in theater en literatuur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passionate Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13 (2), pp.23-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENDER AND COMMUNITY IN THE ORAL AND IN THE WRITTEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Uomo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, IX (1/2), pp.149-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on parler d'un espace littéraire kabyle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et documents berbères </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 13, pp.5-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conte kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, XIV, pp.2084-2088</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: &amp;quot;Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 62 (3), 2025, Mbuyu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05391214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Dir.) Afrika Focus. Special Issue. Memory and Remembrance in Africa and the Diaspora - Mémoire et souvenir en Afrique et dans la diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrika Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Volume 32 (1), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(dir.). Nordic Journal of African Studies. Special Issue pp. 167-384</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25 (3&amp;4), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE CINÉMA AMAZIGH/BERBÈRE ET LES AUTRES MÉDIAS (sous la dir. de A.Ameziane et D.Merolla)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameziane Amar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024, 978-2-336-40792-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh et les autres médias.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amar Ameziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE CINÉMA AMAZIGH/BERBÈRE. Le sens de la mise en scène comme espace de communication (sous la dir. de D. Merolla)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-14-034972-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES ÉTUDES BERBÈRES À L'ÈRE DE L'INSTITUTIONNALISATION DE TAMAZIYT Mélanges en l'honneur de Salem Chaker et Abdellah Bounfour (sous la dir. de D. Merolla, D. Caubet, K. Naït Zerad, Ph. Cassuto)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zerad Kamal Naït</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassuto Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2021, 978-2-343-21839-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrikaanse letterkunde : tradities, genres, auteurs en ontwikkelingen [Littératures Africaines. Traditions, genres, auteurs et développements]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineke Schipper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brinkman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cinémas berbères. De la méconnaissance aux festivals internationaux (sous la dir. de D.Merolla, K.Nait Zerad et A.Ameziane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Nait Zerad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amar Ameziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9782811125769</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for Sharing: Heritage and Multimedia in Africa (edited volume)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Turin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Open Book Publishers, 7, 2017, World Oral Literature Series, 9781783743186. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/OBP.0111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier: Orality and Technauriture of African Literatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniela Merolla. , 51 (1), pp.79 - 174, 2014, Tydsckrif vir Letterkunde (S.A.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Dir.). Multimedia Research and Documentation of Oral Genres in Africa - The Step Forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Nait Zerad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jansen Jan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rüdiger Köppe Verlag. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orality and New dimensions of Orality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mena B. Lafkioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications Langues O’, 2008, 9782858311750</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contes berbères Chaouis de l'Aurès.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mena B. Lafkioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rüdiger Köppe Verlag, 2002, ISBN 978-3-89645-382-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma amazigh sur l'Internet : les enjeux de la distribution, de la reproduction et de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Hasnaouy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Ameziane A. et D. Merolla (dir.). Le cinéma amazigh et les autres médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp. 121-160, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le français de “l’espace littéraire amazigh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interférences linguistiques et culturelles françaises en Afrique, Studi Africanistici. Quaderni di Studi berberi e libico-berberi, sous la dir. de A.M. Di Tolla, F. Aiello, M.Centrella, S. Pinto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UniorPress</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-72, 2023, Studi Africanistici. Quaderni di Studi berberi e libico-berberi, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6093/978-88-6719-292-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharing Memories of Global Encounters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Africa in Europe and Europe in Africa. Yolanda Aicela-Cabré (dir.). New York: Peter Lang : 19-38.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La subversion et la négociation des modèles ethnographiques dans l’écriture littéraire de Belaïd Aït Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études Berbères à l'Ère de l'Institutionnalisation de Tamaziyt. Merolla, D., Caubet. D., Naït Zerad K. et Ph.Cassuto (dir.). Paris : L’Harmattan, pp. 503-528.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-343-21839-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African Verbal Arts Online: Intermediality and 'Technauriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oral Literary Performance in Africa. Beyond Text. Edited by Nduka Otiono and Chiji Akọma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, 9780367482145. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003111887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African Verbal Arts Online: Intermediality and 'Technauriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Oral Literary Performance in Africa. Beyond Text. Otiono N. et C. Akọma (dir.). Londres et New York:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.27 - 47, 2021, ISBN 9780367482145. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429354229-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La subversion et la négociation des modèles ethnographiques dans l’écriture littéraire de Belaïd Aït Ali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études Berbères à l'Ère de l'Institutionnalisation de Tamaziyt, sous la dir. de Merolla, D., Caubet. D., Naït Zerad K. et Ph.Cassuto, pp. 503-528.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2021, 978-2-343-21839-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amazigh/Berber Literature and “Literary Space”. A contested minority situation in (North) African literatures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ojaide T. et J. Ashuntantang (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of Minority Discourses in African Literature.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Londres et New York : Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.27 - 47, 2020, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429354229-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma amazigh (berbère).Spatialisation de la ville et du monde rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Les cinémas berbères. De la méconnaissance aux festivals internationaux. Merolla, D., Naït Zerad, K. et A. Ameziane (dir.). Paris: Karthala</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-168, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on parler de cinéma amazigh ? Les films 'grand écran' et 'Amazighwood'. Comparaisons avec le cinéma africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Les cinémas berbères. De la méconnaissance aux festivals internationaux .Merolla, D., Naït Zerad, K. et A. Ameziane (dir.),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp. 13-74, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond ‘two Africas’ in African and Berber literary studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ASCL, Leiden University. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In The Face of Africa. Essays in honour of Ton Dietz. Wouter van Beek, Jos Damen, Dick Foeken (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.215-235, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rif : littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, XLI, pp.6956-6972, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sentiment d’être chez soi' sur les sites amazighs et le 'printemps arabe : déconstructions et renégociations sur le Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbasset Dahraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les revendications amazighes dans la tourmente des « printemps arabes » : Trajectoires historiques et évolutions récentes des mouvements identitaires en Afrique du Nord.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohand Tilmatine et Thierry Desrues (sous la dir.). Rabat : Centre Jacques-Berque, pp.289-322, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berber/Amazigh Tales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Folktales and Fairy Tales. Traditions and Texts from around the World. Anne E. Duggan et Donald Haase (dir.), with the collaboration of Helen J. Callow [grand public].</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.122, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conte témoin de Miloud Taifi : allégorie, histoire et oralité dans “l’espace littéraire berbère / amazigh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publication de la Faculté des Lettres Saïs-Fès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Etudes et recherches en linguistique et littérature amazighes, la mesure du sens et le sens de la mesure. Actes du colloque international organisé en hommage au professeur Miloud Taïfi. HachemJarmouni et Samira Moukrim (dir.).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.247-255, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conte témoin de Miloud Taifi : allégorie, histoire, et oralité dans « l’espace littéraire berbère / amazigh »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachem JARMOUNI et Samira MOUKRIM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et recherches en linguistique et littérature amazighes, la mesure du sens et le sens de la mesure. Actes du colloque international organisé en hommage au professeur Miloud Taïfi </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Série N°43, Publication de la Faculté des Lettres Saïs-Fès, pp. 247-255., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African Verbal Arts on theInternet: Somalia Holland Online and Sankofa.nl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Africa World Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In At the Crossroads: Readings of the Postcolonial &amp; the Global in African Literature &amp;Art. G.Negash, A. Frohne and S.Zadi (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-178, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouary Malek : écrivain kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dahbia Abrous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie berbère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, XXXVI, pp.5958-5965, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researchers as Griots?: Reflections on Multimedia Fieldwork in West Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Ameka,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Dorvlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oral Literature in the Digital Age Archiving Orality and Connecting with Communities </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Book Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-90, 2013, 9781909254312</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Stories, Global Discussions : websites, politics and identity in African contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brinkman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siri Lamoureaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirjam de Bruijn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Popular Media, Democracy and Citizenship in Africa. Herman Wasserman (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.236 - 252, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féminité, masculinité, et communauté kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">sous la dir. de Charles BONN, Najib REDOUANE et Yvette BENAYOUN-SZMIDT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algérie : nouvelles écritures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Harmattan, pp.119-131, 2002, 9789042007727</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féminité, masculinité et communauté kabyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BONN Charles, REDOUANE Najib &amp; BENAYOUN-SZMIDT Yvette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algérie: nouvelles écritures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 119-130, 1998, 2-7475-1736-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La littérature et les arts berbères, entretien avec Daniela Merolla (Inalco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kexin Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation et invisibilité documentaire des Amazighes du Maroc (1969-2019) – ruralité, oralité, réseaux sociaux &amp;lt;/br&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pierre-Bouthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Vigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unité Tice-Dsirn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Herve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hogbetsotso : celebration and songs of the Ewe migration story. Interview with Dr. Datey-Kumodzie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Ameka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Dorvlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verba Africana series online. https://verbafricana.org/hogbetsotso/</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Research and Documentation of African Oral Genres: Reflections on Partnership [Presentation file].</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Oral Literature Project Workshop 2010 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mark Turin, Dec 2010, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId123"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inalco.fr/annuaire-enseignement-recherche/merolla-daniela" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.openbookpublishers.com/product/590/ul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05391214v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leguy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Merolla" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermelind Le Doeuff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-05505881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083650v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083059v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5642/jas.RMJJ2121" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083068v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Ameziane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21674736.2025.2464413" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401231v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/tl.v62i3.24567" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083072v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/731862" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008802v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/713265" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417746v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Leezenberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Sear" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Turin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/713263" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417792v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060610v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Brinkman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13696815.2019.1657003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060595v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083644v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-02136565v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083651v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083657v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083658v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505760v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/tvl.v51i1.8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083672v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505576v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18352/incontri.9145" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505792v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508111v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508118v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508085v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508092v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083077v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417461v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameziane Amar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417422v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_cinema_amazigh_berbere_le_sens_de_la_mise_en_scene_comme_espace_de_communication_daniela_merolla-9782140349720-77690.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417513v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caubet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zerad Kamal Na&#239;t" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassuto Philippe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060974v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mineke Schipper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060649v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Nait Zerad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/terrains-du-siecle/3331-les-cinemas-berberes-de-la-meconnaissance-aux-festivals-nationaux.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01527294v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0111" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505765v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083671v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jansen Jan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486657v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mena B. Lafkioui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486613v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Hasnaouy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548295v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/http://www.fedoa.unina.it/14970/1/Berberi%2B8%2B13_2_24.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6093/978-88-6719-292-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417652v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008703v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008721v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008858v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003111887" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417870v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Oral-Literary-Performance-in-Africa-Beyond-Text/Otiono-Akoma/p/book/9780367482145?fbclid=IwAR2wh6nZMDrZO435H2d6vDl3ALK1R9aEA-uiciFy0e2iiIWz7cRvJmDmc4E" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429354229-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060540v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Routledge-Handbook-of-Minority-Discourses-in-African-Literature/Ojaide-Ashuntantang/p/book/9780367368340" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083641v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083643v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083646v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-02136525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbasset Dahraoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083655v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083659v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01292594v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083662v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505751v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Ameka," TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Dorvlo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.openbookpublishers.com/reader/186#page/1/mode/2up" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083669v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahbia Abrous" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083674v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siri Lamoureaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam de Bruijn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514480v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=13044" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03655558v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gimenez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03621714v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre-Bouthier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Vigny" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unit&#233; Tice-Dsirn" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Herve" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083675v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Ameka" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505585v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inalco.fr/annuaire-enseignement-recherche/merolla-daniela" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.openbookpublishers.com/product/590/ul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401231v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermelind Le Doeuff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leguy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Merolla" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/tl.v62i3.24567" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083068v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Ameziane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21674736.2025.2464413" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083059v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5642/jas.RMJJ2121" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083072v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/731862" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417746v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Leezenberg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Sear" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Turin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/713263" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417792v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008802v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/713265" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Brinkman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13696815.2019.1657003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083644v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-02136565v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083657v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083651v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083658v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505760v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/tvl.v51i1.8" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505576v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18352/incontri.9145" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083672v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505792v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508111v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508118v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508085v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508092v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05391214v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-05505881v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083650v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417461v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameziane Amar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083077v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417422v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_cinema_amazigh_berbere_le_sens_de_la_mise_en_scene_comme_espace_de_communication_daniela_merolla-9782140349720-77690.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417513v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caubet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zerad Kamal Na&#239;t" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassuto Philippe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060974v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mineke Schipper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060649v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Nait Zerad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karthala.com/terrains-du-siecle/3331-les-cinemas-berberes-de-la-meconnaissance-aux-festivals-nationaux.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01527294v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0111" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505765v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083671v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jansen Jan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486657v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mena B. Lafkioui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486613v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Hasnaouy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548295v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/http://www.fedoa.unina.it/14970/1/Berberi%2B8%2B13_2_24.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6093/978-88-6719-292-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008721v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008703v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04008858v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003111887" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417870v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Oral-Literary-Performance-in-Africa-Beyond-Text/Otiono-Akoma/p/book/9780367482145?fbclid=IwAR2wh6nZMDrZO435H2d6vDl3ALK1R9aEA-uiciFy0e2iiIWz7cRvJmDmc4E" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429354229-5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417652v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03060540v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Routledge-Handbook-of-Minority-Discourses-in-African-Literature/Ojaide-Ashuntantang/p/book/9780367368340" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083643v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083641v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083646v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-02136525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbasset Dahraoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083655v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083659v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01292594v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083662v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083669v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahbia Abrous" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505751v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Ameka," TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Dorvlo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.openbookpublishers.com/reader/186#page/1/mode/2up" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083674v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siri Lamoureaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam de Bruijn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01508105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514480v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=13044" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03655558v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gimenez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03621714v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre-Bouthier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Vigny" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unit&#233; Tice-Dsirn" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Herve" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083675v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Ameka" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01505585v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>