--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,4925 +66,5055 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optics-based method for enhancing spectroscopic calibration model development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davinia Brouckaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 65 (8), pp.2405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AO.578186⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05532489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polarization spectroscopy as an innovative method for the early detection of biofouling in drip irrigation with reclaimed water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sílvia Mas García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Near Infrared Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (1), pp.32-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09670335251392268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using Dynamic Laser Speckle Imaging for Plant Breeding: A Case Study of Water Stress in Sunflowers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sherif Bouzaouia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (16), pp.5260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24165260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection and monitoring of drip irrigation clogging using absorbance spectroscopy coupled with multivariate analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sílvia Mas Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Molle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 235, pp.1 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2023.09.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyperspectral images of grapevine leaves including healthy leaves and leaves with biotic and abiotic symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Trani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sílvia Mas Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feilhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02642-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04386951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dataset containing spectral data from hyperspectral imaging and sugar content measurements of grapes berries in various maturity stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feilhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Prezman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46, pp.108822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2022.108822⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of a robust regression method (RoBoost-PLSR) to predict biochemical variables for agronomic applications: Case study of grape berry maturity monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldrig Courand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feilhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Prezman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 221, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemolab.2021.104485⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discriminating between Absorption and Scattering Effects in Complex Turbid Media by Coupling Polarized Light Spectroscopy with the Mueller Matrix Concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphne Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (23), pp.9355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s22239355⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03907959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of a combination of NIR micro-spectrometers to predict chemical properties of sugarcane forage using a multi-block approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Zgouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 217, pp.18-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2022.02.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physiological variable predictions using VIS–NIR spectroscopy for water stress detection on grapevine: Interest in combining climate data using multiblock method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Abdelghafour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 197, pp.106973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2022.106973⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massive spectral data analysis for plant breeding using parSketch-PLSDA method: Discrimination of sunflower genotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Héran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Grèzes-Besset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 210, pp.69-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2021.08.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potential of high-spectral resolution for field phenotyping in plant breeding: Application to maize under water stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gorretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Henriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Gobrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 189, pp.106385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2021.106385⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03324043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terahertz probing of sunflower leaf multilayer organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Abautret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Coquillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Buet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (23), pp.35018-35037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.400852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dataset of visible-near infrared handheld and micro-spectrometers – comparison of the prediction accuracy of sugarcane properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Zgouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bonnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.106013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02911762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new optical sensor based on laser speckle and chemometrics for precision agriculture: application to sunflower plant-breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Faur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Grezes-Besset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (16), pp.4652. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s20164652⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02951895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a polarized hyperspectral imaging system for investigation of absorption and scattering properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Gobrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gorretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Gowen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Near Infrared Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (4), pp.314-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0967033519857732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining light polarization and speckle measurements with multivariate analysis to predict bulk optical properties of turbid media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Abautret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (30), pp.8247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AO.58.008247⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A polarized hyperspectral imaging system for in vivo detection: multiple applications in sunflower leaf analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Gobrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gorretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158, pp.258-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2019.02.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling Waveguide-Based Micro-Sensors and Spectral Multivariate Analysis to Improve Spray Deposit Characterization in Agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Taleb Bendiab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Escalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Kribich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Smart Sensing Technologies for Agriculture, 19 (19), pp.4168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s19194168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data on near infrared polarization spectroscopy measurements to evaluate the potential of the Mueller matrix elements in characterization of turbid liquid samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Heran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bendoula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23, pp.103756. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2019.103756⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Assessment of PEG-Induced Hydric Stress in Sunflowers Using Spectral Data and ASCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingi Abdelmeguid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26èmes Rencontres HélioSPIR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association HélioSPIR, Jun 2025, Montpellier, France. 52 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.19182/agritrop/00240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Physics-Based Data Simulation and Augmentation Method for Enhancing Calibration Model Development on a Visible Spectrometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Brouckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Chauchard-Rios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APACT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Glasgow (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Physics-Based Data Simulation and Augmentation Method for Enhancing Calibration Model Development on a Visible Spectrometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davinia Brouckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NIR 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Physics-Based Data Simulation and Augmentation Method for Enhancing Calibration Model Development on a Visible Spectrometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Brouckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heliospir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating and Fabricating Chalcogenide-based Waveguides for Agro-Environmental Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Khouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vigreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. International Conference on Transparent Optical Networks (ICTON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Bari, Italy. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICTON62926.2024.10647576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of the prediction of absorption and scattering coefficients of turbid medium by combining a polarized speckle measurement with a chemometric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NIR2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Innsbruck, Austria. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05460393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining hyperspectral imaging data with climate data to predict physiological variables of grapevine plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Abdelghafour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Boulord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Chemometrics in Analytical Chemistry Conference (CAC2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">parSketch-PLSDA, a method to handle large amounts of data generated by hyperspectral imaging: application to sunflower genotype discrimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IASIM 2022-Conference on spectral imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Esbjerg, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05093369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovering the 8-layer structure of a sunflower leaf with terahertz picosecond pulses. Application to a dehydration model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Abautret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Interference Coatings, OIC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03836840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring grape berry maturity by hyperspectral imaging: Potential of robust methods for sugar content prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Feilhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Prezman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IASIM 2022-Conference on spectral imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Esbjerg, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thin film terahertz reverse engineering to analyse vegetal tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Abautret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphne Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Grezes-Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE OPTICAL SYSTEMS DESIGN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Madrid, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2597056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03413162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse d’une quantité massive de données spectrales avec parSketch-PLSDA pour la description de génotypes de tournesols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres HelioSPIR 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing of the multilayer structure of sunflower leaf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Abautret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing for Agriculture, Ecosystems, and Hydrology XXIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Madrid, Spain. pp.118560T, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2600295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03413272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between ParSketch-PLSDA and PLSDA in a context of large amounts of spectral data for sunflower genotype discrimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belal Gaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldrig Courand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NIR20021 - 20. International Conference on Near Infrared Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Pékin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical thickness of a plant leaf measured with THz pulse echoes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Abautret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TERAHERTZ, RF, MILLIMETER, AND SUBMILLIMETER-WAVE TECHNOLOGY AND APPLICATIONS XIII, 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, San Francisco, United States. pp.112790L, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2543710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02978005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First step to an optical sensor based on laser speckle measurements to assess chemical and physical properties in agriculture and environmental applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphne Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EFITA - European Federation for Information Technology in Agriculture, Food and the Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rhodes (Grèce), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05093306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical sensor combined with chemometric methods for the spray deposits characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Taleb Bendiab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vigreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. International Council for NIR Spectroscopy Meting, NIR2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Golden Coast, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02319691v1</w:t>
-              </w:r>
-[...2529 lines deleted...]
-                <w:t xml:space="preserve">hal-02609243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperspectral imaging data combined with climate data to predict stomatal conductance and transpiration of grapevine plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ryckewaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Abdelghafour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Boulord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Conference of Social Life Cycle Assessment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Esbjerg, Denmark. , P03, pp.50-51, 2022, Book of Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the scan depth of near infrared hyperspectral imaging using spatially resolved spectroscopy lighting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bendoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Heran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Workshop on hyperspectral image and signal processing: Evolution in Remote sensing (WHISPERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Amsterdam, Netherlands. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02164150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId131"/>
+      <w:footerReference w:type="default" r:id="rId133"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5131,51 +5261,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418546v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingi Abdelmeguid" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Heran" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ryckewaert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bendoula" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/agritrop/00240" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418485v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pinault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Heran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Brouckaert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chauchard-Rios" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418522v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pinault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davinia Brouckaert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauchard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418504v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bendoula" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885754v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Khouri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Escalier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vigreux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON62926.2024.10647576" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460393v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783272v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Abdelghafour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulord" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05093369v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Metz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836840v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Abautret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Coquillat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zerrad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783355v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feilhes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Prezman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413162v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Heran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grezes-Besset" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2597056" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783406v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413272v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Soriano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2600295" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783378v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belal Gaci" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldrig Courand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02978005v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2543710" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05093306v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319691v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Taleb Bendiab" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Escalier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; H&#233;ran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Mas Garc&#237;a" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09670335251392268" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675578v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif Bouzaouia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ducanchez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24165260" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220839v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Mas Garcia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2023.09.008" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386951v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Trani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02642-w" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03940279v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serrano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108822" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538442v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2021.104485" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03907959v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22239355" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612803v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chaix" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Zgouz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2022.02.019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647926v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2022.106973" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329674v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre George" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gr&#232;zes-Besset" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2021.08.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03324043v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorretta" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Henriot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Gobrecht" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106385" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03016956v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Buet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.400852" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911762v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barth&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02951895v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Faur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20164652" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609659v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Xu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Gowen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0967033519857732" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410333v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.008247" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609247v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coque" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.02.008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297422v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kribich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19194168" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609243v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.103756" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738009v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164150v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laborde" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Roger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boulanger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532489v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pinault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; H&#233;ran" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davinia Brouckaert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauchard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bendoula" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.578186" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375567v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Mas Garc&#237;a" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09670335251392268" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675578v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif Bouzaouia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ryckewaert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ducanchez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24165260" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220839v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Mas Garcia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2023.09.008" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04386951v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Heran" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Trani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feilhes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02642-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03940279v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Prezman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serrano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108822" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538442v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldrig Courand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Metz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2021.104485" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03907959v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Heran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22239355" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612803v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chaix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Zgouz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2022.02.019" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647926v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Abdelghafour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulord" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2022.106973" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329674v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre George" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gr&#232;zes-Besset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2021.08.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03324043v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorretta" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Henriot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Gobrecht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106385" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03016956v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Abautret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Coquillat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zerrad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Buet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.400852" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911762v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barth&#232;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02951895v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Faur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grezes-Besset" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20164652" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609659v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Xu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Gowen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0967033519857732" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410333v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.008247" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609247v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coque" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.02.008" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297422v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Taleb Bendiab" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Escalier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kribich" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19194168" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609243v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bendoula" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.103756" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418546v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingi Abdelmeguid" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/agritrop/00240" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418485v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pinault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Heran" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Brouckaert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chauchard-Rios" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418522v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418504v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885754v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Khouri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Escalier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vigreux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON62926.2024.10647576" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460393v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783272v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05093369v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836840v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783355v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413162v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2597056" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783406v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413272v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Soriano" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2600295" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783378v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belal Gaci" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02978005v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2543710" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05093306v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319691v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738009v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164150v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laborde" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Roger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boulanger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>