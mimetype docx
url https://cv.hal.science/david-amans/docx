--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,429 +100,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulating the surface chemistry of gold nanoparticles produced via laser ablation in liquids by favored oxidative processes in the presence of Br anions</w:t>
+                <w:t xml:space="preserve">Time‐resolved dynamics of laser ablation in liquid with gas‐evolving additives: toward molding the atomic structure of nonequilibrium nanoalloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Lévy</w:t>
+                <w:t xml:space="preserve">Vito Coviello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Blanchet</w:t>
+                <w:t xml:space="preserve">Catherine Reffatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Bozek</w:t>
+                <w:t xml:space="preserve">Mehdi Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Cabailh</w:t>
+                <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel de Anda Villa</w:t>
+                <w:t xml:space="preserve">Arnaud Sollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (11), pp.5623-5630. </w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.2416035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4CP03586K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/advs.202416035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973542v1</w:t>
+                <w:t xml:space="preserve">hal-05294487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time‐resolved dynamics of laser ablation in liquid with gas‐evolving additives: toward molding the atomic structure of nonequilibrium nanoalloys</w:t>
+                <w:t xml:space="preserve">Structural and mechanical properties of stable and metastable phases in SixGe1-x alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vito Coviello</w:t>
+                <w:t xml:space="preserve">Max Gerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Reffatto</w:t>
+                <w:t xml:space="preserve">Vittoria Pischedda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Fawaz</w:t>
+                <w:t xml:space="preserve">Sylvie Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Mahler</w:t>
+                <w:t xml:space="preserve">Silvana Radescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Sollier</w:t>
+                <w:t xml:space="preserve">Frederico Alabarse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, pp.2416035. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1041, pp.183590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/advs.202416035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2025.183590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05294487v1</w:t>
+                <w:t xml:space="preserve">hal-05291448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and mechanical properties of stable and metastable phases in SixGe1-x alloys</w:t>
+                <w:t xml:space="preserve">Modulating the surface chemistry of gold nanoparticles produced via laser ablation in liquids by favored oxidative processes in the presence of Br anions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Max Gerin</w:t>
+                <w:t xml:space="preserve">Anna Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vittoria Pischedda</w:t>
+                <w:t xml:space="preserve">Valérie Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Le Floch</w:t>
+                <w:t xml:space="preserve">John Bozek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvana Radescu</w:t>
+                <w:t xml:space="preserve">Gregory Cabailh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederico Alabarse</w:t>
+                <w:t xml:space="preserve">Manuel de Anda Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1041, pp.183590. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (11), pp.5623-5630. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2025.183590⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4CP03586K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05291448v1</w:t>
+                <w:t xml:space="preserve">hal-04973542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailor-Made Synthesis of Cerium Oxide Nanoparticles for Improving the Skin Decontamination of Paraoxon</w:t>
               </w:r>
@@ -681,51 +681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Machon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Radescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Le Godec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -923,51 +923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the blast pressure following laser ablation at a solid–fluid interface using shock waves dynamics in air and in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsène Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1014,103 +1014,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Chemistry of Gold Nanoparticles Produced by Laser Ablation in Pure and Saline Water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel de Anda Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bozek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
@@ -1276,412 +1276,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03281438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quest to enhance up-conversion efficiency: a comparison of anhydrous vs. hydrous synthesis of NaGdF4: Yb3+ and Tm3+ nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of aluminum oxide empirical potentials from cluster to nanoparticle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bhagyesh Purohit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Amans</w:t>
+                <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Guyot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2020.100326⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (4), pp.045427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.045427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02907031v1</w:t>
+                <w:t xml:space="preserve">hal-03229989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface chemistry of colloidal surfactant-free gold nanoparticles generated by laser ablation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel de Anda Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 1412, pp.202022. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1412/20/202022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of aluminum oxide empirical potentials from cluster to nanoparticle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaétan Laurens</w:t>
+                <w:t xml:space="preserve">Quest to enhance up-conversion efficiency: a comparison of anhydrous vs. hydrous synthesis of NaGdF4: Yb3+ and Tm3+ nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhagyesh Purohit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lam</w:t>
+                <w:t xml:space="preserve">Yannick Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-France Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 101 (4), pp.045427. </w:t>
+              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17, pp.100326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.045427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2020.100326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03229989v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02907031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of laser-induced cavitation bubbles at a solid–liquid interface in high viscosity and high capillary number regimes</w:t>
               </w:r>
@@ -1925,295 +1925,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03229945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room‐Temperature Laser Synthesis in Liquid of Oxide, Metal‐Oxide Core‐Shells, and Doped Oxide Nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis routes of CeO 2 nanoparticles dedicated to organophosphorus degradation: a benchmark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Trenque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Camilla Magnano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincenzo Amendola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Amans</w:t>
+                <w:t xml:space="preserve">Jan Bárta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoshie Ishikawa</w:t>
+                <w:t xml:space="preserve">Fréderic Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naoto Koshizaki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Salvatore Scirè</w:t>
+                <w:t xml:space="preserve">Marie Alexandrine Bolzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202000686⟩</w:t>
+              <w:t xml:space="preserve">CrystEngComm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (10), pp.1725-1737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9ce01898k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229952v1</w:t>
+                <w:t xml:space="preserve">hal-02483155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis routes of CeO 2 nanoparticles dedicated to organophosphorus degradation: a benchmark</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Greta Camilla Magnano</w:t>
+                <w:t xml:space="preserve">Room‐Temperature Laser Synthesis in Liquid of Oxide, Metal‐Oxide Core‐Shells, and Doped Oxide Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Amendola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Bárta</w:t>
+                <w:t xml:space="preserve">Yoshie Ishikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Chaput</w:t>
+                <w:t xml:space="preserve">Naoto Koshizaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Alexandrine Bolzinger</w:t>
+                <w:t xml:space="preserve">Salvatore Scirè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CrystEngComm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22 (10), pp.1725-1737. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (42), pp.9206-9242. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9ce01898k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202000686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483155v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface and Electronic Features of Fluorinated TiO 2 and Their Influence on the Photocatalytic Degradation of 1-Methylnaphthalene</w:t>
               </w:r>
@@ -2461,667 +2461,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02570367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Surface Oxidation State of Free-Standing Gold Nanoparticles Produced by Laser Ablation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Gaudin</w:t>
+                <w:t xml:space="preserve">Multi-color solar absorption as a synergetic UV up-conversion enhancement mechanism in LiYF 4 :Yb 3+ ,Tm 3+ nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhagyesh Purohit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">John Bozek</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02159⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (12), pp.3126-3131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.9b01151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326073v1</w:t>
+                <w:t xml:space="preserve">hal-02393052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doping nanoparticles using pulsed laser ablation in a liquid containing the doping agent</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Status and demand of research to bring laser generation of nanoparticles in liquids to maturity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiping Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Barcikowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9na00223e⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 488, pp.445-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.05.117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02344355v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Status and demand of research to bring laser generation of nanoparticles in liquids to maturity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Amans</w:t>
+                <w:t xml:space="preserve">Review on experimental and theoretical investigations of the early stage, femtoseconds to microseconds processes during laser ablation in liquid-phase for the synthesis of colloidal nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Kanitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-R Kalus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weiping Cai</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E Gurevich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ostendorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Barcikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.05.117⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (10), pp.103001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab3dbe⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349442v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review on experimental and theoretical investigations of the early stage, femtoseconds to microseconds processes during laser ablation in liquid-phase for the synthesis of colloidal nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M-R Kalus</w:t>
+                <w:t xml:space="preserve">Doping nanoparticles using pulsed laser ablation in a liquid containing the doping agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsène Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Gurevich</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S Barcikowski</w:t>
+                <w:t xml:space="preserve">Florian Trichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab3dbe⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1 (10), pp.3963-3972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9na00223e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349451v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02344355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-color solar absorption as a synergetic UV up-conversion enhancement mechanism in LiYF 4 :Yb 3+ ,Tm 3+ nanocrystals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Guyot</w:t>
+                <w:t xml:space="preserve">Assessing the Surface Oxidation State of Free-Standing Gold Nanoparticles Produced by Laser Ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel de Anda Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Mahler</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahima Boudjada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Bozek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6 (12), pp.3126-3131. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (36), pp.11859-11871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.9b01151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393052v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shape-selective synthesis of nanoceria for degradation of paraoxon as a chemical warfare simulant</w:t>
               </w:r>
@@ -3133,77 +3133,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Trenque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greta Camilla Magnano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Alexandrine Bolzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucian Roiban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21 (10), pp.5455-5465. </w:t>
@@ -3241,51 +3241,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquid-Crystalline Suspensions of Photosensitive Paramagnetic CeF 3 Nanodiscs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3401,64 +3401,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3535,51 +3535,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamed Diouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3639,51 +3639,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical study of bubble expansion following laser ablation in liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3901,291 +3901,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01128805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic Mechanisms for the Nucleation of Aluminum Oxide Nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Lam</w:t>
+                <w:t xml:space="preserve">One step synthesis of N-doped and Au-loaded TiO2 Nanoparticles by Laser Pyrolysis : Application in Photocatalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bouhadoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillard Chantal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dappozze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Singh Sukhvir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.5b05829⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 174-175, pp.367-375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2015.03.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01673976v1</w:t>
+                <w:t xml:space="preserve">hal-01140868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One step synthesis of N-doped and Au-loaded TiO2 Nanoparticles by Laser Pyrolysis : Application in Photocatalysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Singh Sukhvir</w:t>
+                <w:t xml:space="preserve">Atomistic Mechanisms for the Nucleation of Aluminum Oxide Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 174-175, pp.367-375. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (33), pp.8944 - 8949. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2015.03.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.5b05829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01140868v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01673976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling energy deposition in nanoscintillators to predict the efficiency of the X-ray-induced photodynamic effect</w:t>
               </w:r>
@@ -4305,51 +4305,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of local thermodynamic equilibrium in laser-induced plasmas: Measurements of rotational and excitation temperatures at long time scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4439,51 +4439,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">gamma-Al2O3 nanoparticles synthesised by pulsed laser ablation in liquids: a plasma analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4701,295 +4701,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00869482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray-Induced singlet oxygen activation with nanoscintillator-coupled porphyrins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental evidence of temperature gradients in cavitating microflows seeded with thermosensitive nanoprobes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Truillet</w:t>
+                <w:t xml:space="preserve">Frédéric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rima Chouikrat</w:t>
+                <w:t xml:space="preserve">Manuel Medrano Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Frochot</w:t>
+                <w:t xml:space="preserve">Thomas Brichart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp4077189⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.88.043016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907860v1</w:t>
+                <w:t xml:space="preserve">hal-01935721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of temperature gradients in cavitating microflows seeded with thermosensitive nanoprobes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">X-ray-Induced singlet oxygen activation with nanoscintillator-coupled porphyrins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Truillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Ayela</w:t>
+                <w:t xml:space="preserve">Rima Chouikrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Medrano Muñoz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Dujardin</w:t>
+                <w:t xml:space="preserve">François Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Brichart</w:t>
+                <w:t xml:space="preserve">Céline Frochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 88 (4), </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 117 (41), pp.21583-21589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.88.043016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp4077189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935721v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shells of crystal field symmetries evidenced in oxide nano-crystals</w:t>
               </w:r>
@@ -5513,295 +5513,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01822569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LuAG:Ce fibers for high energy calorimetry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-Resolved VUV Excited Luminescence of $\hbox {Y}_{2}\hbox {O}_{3}\hbox {--} \hbox {Yb}$ Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Belsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mancini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Ledoux</w:t>
+                <w:t xml:space="preserve">Ashkhenh Hovsepyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Abler</w:t>
+                <w:t xml:space="preserve">Irina Kamenskikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 108 (1), pp.013510. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 57 (3), pp.1355-1360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3452358⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TNS.2009.2035696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02116836v1</w:t>
+                <w:t xml:space="preserve">hal-02116942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Resolved VUV Excited Luminescence of $\hbox {Y}_{2}\hbox {O}_{3}\hbox {--} \hbox {Yb}$ Nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LuAG:Ce fibers for high energy calorimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ashkhenh Hovsepyan</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irina Kamenskikh</w:t>
+                <w:t xml:space="preserve">D. Abler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 57 (3), pp.1355-1360. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108 (1), pp.013510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNS.2009.2035696⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3452358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02116942v1</w:t>
+                <w:t xml:space="preserve">hal-02116836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luminescence and Scintillation Properties at the Nanoscale</w:t>
               </w:r>
@@ -6481,51 +6481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsène Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Vidril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6601,51 +6601,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ondes de choc générées par laser à une interface liquide solide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsène Chemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6709,51 +6709,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsene Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6843,51 +6843,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Purohit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7106,51 +7106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Becdelievre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brichart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7643,51 +7643,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973542v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna L&#233;vy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Blanchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bozek" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Cabailh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel de Anda Villa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP03586K" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294487v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Coviello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reffatto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Fawaz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mahler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sollier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202416035" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291448v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gerin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Pischedda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Floch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Radescu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Alabarse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2025.183590" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaput" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Camilla Magnano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trenque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c01830" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079665v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Machon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Radescu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Godec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170180" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141736v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Chemin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Ross" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hermelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Crozet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2023.106685" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507077v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.151592" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03219606v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Laurens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c00092" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281438v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ziefuss" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Steenbock" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Benner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Plech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg G&#246;ttlicher" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202101549" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907031v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhagyesh Purohit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guyot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Joubert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2020.100326" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966519v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gaudin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Blanchet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/20/202022" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229989v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.045427" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035284v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Hupfeld" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Merabia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Barcikowski" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal G&#246;kce" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5116111" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229945v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Miyajima" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Melinon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumitaka Mafun&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c01038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229952v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amendola" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshie Ishikawa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Koshizaki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Scir&#232;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000686" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02483155v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan B&#225;rta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ce01898k" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841138v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Fessi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Faouzi Nsib" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cardenas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guillard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dappozze" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c01929" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570367v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gahlot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dappozze" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Singh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ahuja" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardenas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt04726c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326073v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaudin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Boudjada" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02159" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344355v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9na00223e" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349442v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiping Cai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.05.117" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349451v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kanitz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-R Kalus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gurevich" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ostendorf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Barcikowski" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab3dbe" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393052v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b01151" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075521v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp00179d" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103061v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lerouge" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure L Bulin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Odziomek" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02335" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677488v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ledoux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mishra" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b10113" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116696v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamed Diouf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ledoux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dujardin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2016.08.017" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116697v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lombard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4942389" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01128805v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Houel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.T. Doan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cajgfinger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn506598t" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673976v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5b05829" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01140868v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bouhadoun" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillard Chantal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Singh Sukhvir" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2015.03.022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116699v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Vasil'Ev" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Belsky" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr07444k" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116700v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Misiak" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.07.013" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814319v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chaput" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53748j" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869482v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jeanneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Bulin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jouguet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt50605c" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907860v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Chouikrat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4077189" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935721v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ayela" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Medrano Mu&#241;oz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brichart" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.043016" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737888v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Masenelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;linon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/30/305706" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116834v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pillonnet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fleury" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Chizhik" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chizhik" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.003200" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116840v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorice Samuel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raccurt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mancini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-010-0129-6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z23DBP55-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822569v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malaterre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mancini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp109387e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116836v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mancini" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abler" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3452358" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116942v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashkhenh Hovsepyan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kamenskikh" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2009.2035696" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116946v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2009.2035697" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384543v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/20/44/445605" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116848v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebihan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marty" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.113405" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974409v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan Huy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.012814" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145700v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan  Huy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.22.001793" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611421v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Vidril" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848090v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654926v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsene Chemin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Laurens" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC50713.2021.9677523" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280196v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Purohit" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148754v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Devers" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151744v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Becdelievre" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498834v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Stefanon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blaize" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lerondel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Royer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151147v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294487v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Coviello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reffatto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Fawaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mahler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sollier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202416035" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291448v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gerin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Pischedda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Floch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Radescu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Alabarse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2025.183590" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973542v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna L&#233;vy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Blanchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bozek" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Cabailh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel de Anda Villa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP03586K" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaput" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Camilla Magnano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trenque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c01830" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079665v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Machon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Radescu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Godec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170180" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141736v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Chemin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Ross" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hermelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Crozet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2023.106685" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507077v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.151592" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03219606v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Laurens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c00092" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281438v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ziefuss" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Steenbock" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Benner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Plech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg G&#246;ttlicher" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202101549" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229989v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.045427" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966519v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gaudin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Blanchet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/20/202022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhagyesh Purohit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guyot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Joubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2020.100326" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035284v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Hupfeld" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Merabia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Barcikowski" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal G&#246;kce" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5116111" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229945v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Miyajima" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Melinon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumitaka Mafun&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c01038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02483155v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan B&#225;rta" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ce01898k" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229952v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amendola" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshie Ishikawa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Koshizaki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Scir&#232;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000686" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841138v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Fessi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Faouzi Nsib" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cardenas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guillard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dappozze" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c01929" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570367v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gahlot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dappozze" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Singh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ahuja" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardenas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt04726c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393052v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b01151" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349442v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiping Cai" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.05.117" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349451v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kanitz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-R Kalus" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gurevich" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ostendorf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Barcikowski" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab3dbe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344355v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9na00223e" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326073v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaudin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Boudjada" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02159" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075521v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp00179d" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103061v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lerouge" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure L Bulin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Odziomek" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02335" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677488v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ledoux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mishra" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b10113" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116696v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamed Diouf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ledoux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dujardin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2016.08.017" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116697v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lombard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4942389" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01128805v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Houel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.T. Doan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cajgfinger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn506598t" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01140868v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bouhadoun" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillard Chantal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Singh Sukhvir" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2015.03.022" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673976v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5b05829" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116699v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Vasil'Ev" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Belsky" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr07444k" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116700v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Misiak" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.07.013" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814319v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chaput" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53748j" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869482v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jeanneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Bulin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jouguet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt50605c" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935721v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ayela" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Medrano Mu&#241;oz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brichart" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.043016" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907860v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Chouikrat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4077189" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737888v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Masenelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;linon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/30/305706" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116834v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pillonnet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fleury" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Chizhik" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chizhik" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.003200" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116840v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorice Samuel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raccurt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mancini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-010-0129-6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z23DBP55-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822569v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malaterre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mancini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp109387e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116942v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashkhenh Hovsepyan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kamenskikh" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2009.2035696" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116836v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mancini" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abler" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3452358" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116946v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2009.2035697" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384543v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/20/44/445605" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116848v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebihan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marty" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.113405" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974409v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan Huy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.012814" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145700v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan  Huy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.22.001793" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611421v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Vidril" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848090v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654926v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsene Chemin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Laurens" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC50713.2021.9677523" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280196v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Purohit" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148754v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Devers" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151744v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Becdelievre" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498834v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Stefanon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blaize" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lerondel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Royer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151147v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>