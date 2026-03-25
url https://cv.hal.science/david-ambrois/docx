--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1038,616 +1038,750 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The InSight Blind Test: An Opportunity to Bring a Research Dataset into Teaching Programs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of Risks Induced by Countermining Unexploded Large-Charge Historical Ordnance in a Shallow Water Environment—Part I: Real Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Garlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Balestra</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Lucie Rolland</w:t>
+                <w:t xml:space="preserve">Michel Arrigoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220190137⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47 (2), pp.350-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JOE.2021.3111819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461538v1</w:t>
+                <w:t xml:space="preserve">hal-05551802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparing for InSight: Evaluation of the Blind Test for Martian Seismicity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hector Alemany</w:t>
+                <w:t xml:space="preserve">The InSight Blind Test: An Opportunity to Bring a Research Dataset into Teaching Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Berenguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bigot‐cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seismological Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 90 (4), pp.1518-1534. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220180379⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 91 (2A), pp.1064-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220190137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365912v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridge subduction and afterslip control aftershock distribution of the 2016 Mw 7.8 Ecuador earthquake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Agurto-Detzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Font</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Charvis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rietbrock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 520, pp.63-76. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.05.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02167273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preparing for InSight: Evaluation of the Blind Test for Martian Seismicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin van Driel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savas Ceylan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Francis Clinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.05.029⟩</w:t>
+                <w:t xml:space="preserve">Domenico Giardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Alemany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 90 (4), pp.1518-1534. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220180379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02167273v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le séisme profond de Coaraze (ML 4,1 ; 18 mars 2025, Arc de Nice, France) : où est la faille ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Godano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Sladen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How citizens enable seismic monitoring in a country like Haiti, where the institutional system has trouble functioning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1655,110 +1789,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Symithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESC 2024 - 39th General assembly of the European Seismological Commission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESC, Sep 2024, Corfou, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Miragoâne seismic clusters in southern Haiti triggered by the Mw 7.2 Nippes earthquake of August 14, 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1807,92 +1941,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-13526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04089201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismo-acoustic wave propagation generated by the detonation of UXOs of large charge weights in a shallow water environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1951,73 +2085,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Congress on Acoustics, ICA 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Gyeongju, South Korea. pp.188000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04161485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupture Segmentation of the August 14, 2021 Mw7.2 Haiti Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roby Douilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2076,631 +2210,631 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismo-acoustic wave propagation in the Rade of Hyères (France) generated by counter-mining of explosive devices : risk assessment from the comparison between numerical simulations and real experiments</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Morio</w:t>
+                <w:t xml:space="preserve">Offshore Landslides could be favored by Seismic Amplification due to Site Effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Diego Mercerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-19565⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0140⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03240224v1</w:t>
+                <w:t xml:space="preserve">hal-03026658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offshore Landslides could be favored by Seismic Amplification due to Site Effects</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Migeon</w:t>
+                <w:t xml:space="preserve">Seismo-acoustic wave propagation in the Rade of Hyères (France) generated by counter-mining of explosive devices : risk assessment from the comparison between numerical simulations and real experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Garlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd EGU General Assembly</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2115-2120, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-19565⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03026658v1</w:t>
+                <w:t xml:space="preserve">hal-03240224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismo-acoustic wave propagation in the rade of Hyères (France) generated by counter-mining of explosive devices: comparison between numerical simulations and real experiments.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Seismo-acoustic wave propagation in the Rade of Hyeres (France) generated by counter-mining of explosive devices: comparison between numerical simulations and real experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UACE 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Hersonissos, Crete, Greece</w:t>
+              <w:t xml:space="preserve">178th Meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02272543v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismo-acoustic wave propagation in the Rade of Hyeres (France) generated by counter-mining of explosive devices: comparison between numerical simulations and real experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Seismo-acoustic wave propagation in the rade of Hyères (France) generated by counter-mining of explosive devices: comparison between numerical simulations and real experiments.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">178th Meeting of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, San Diego, United States</w:t>
+              <w:t xml:space="preserve">UACE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Hersonissos, Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023776v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02272543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismo-acoustic wave propagation in the rade of Hyères (France) generated by counter-mining of explosive devices: comparison between numerical simulations and real experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2719,113 +2853,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02272542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical modeling of seismo-acoustic wave propagation in the Grande Rade of Toulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2844,51 +2978,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Acoustique et Applications NAvales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Ollioules, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2898,91 +3032,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining denoising and matched filter detection to enhance Haiti's earthquake catalog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel C. Neves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Bletery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3001,73 +3135,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th General assembly of the European Seismological Commission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Corfou, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Seismic, Hydroacoustic and Acoustic Waves Recorded on the Shoreline in the Vicinity of Shallow Underwater Explosions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Beucler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3126,801 +3260,801 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03925839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observatoire sismologique de GEOAZUR-OCA : Impact de la Tempête Alex sur les stations sismologiques Résif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Obernai (67210), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités de l’observatoire sismologique de Géoazur-OCA depuis les journées Résif 2018</w:t>
+                <w:t xml:space="preserve">Les puits Résif, leur vie, leur oeuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Peix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
+              <w:t xml:space="preserve">4èmes Rencontres Scientifiques et Techniques Résif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Biarritz, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414185v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03383119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les puits Résif, leur vie, leur oeuvre</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Ambrois</w:t>
+                <w:t xml:space="preserve">Caractéristiques des signaux d'explosions de contre-minage en mer, enregistrés sur les côtes et aux stations permanentes RESIF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beucler É.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Garlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Rencontres Scientifiques et Techniques Résif</w:t>
+              <w:t xml:space="preserve">RESIF 2019, 4èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383119v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractéristiques des signaux d'explosions de contre-minage en mer, enregistrés sur les côtes et aux stations permanentes RESIF</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Cristini</w:t>
+                <w:t xml:space="preserve">Le puits Résif, sa vie, son œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Delouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Maron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Peix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RESIF 2019, 4èmes Rencontres Scientifiques et Techniques Résif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Biarritz, France. , 2019</w:t>
+              <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02445825v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le puits Résif, sa vie, son œuvre</w:t>
+                <w:t xml:space="preserve">Activités de l’observatoire sismologique de Géoazur-OCA depuis les journées Résif 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Maron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ambrois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Rivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Brunel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02445866v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraints from 3D earthquake location for aftershocks of the Mw=7.8 April 16, 2016 Pedernales Earthquake (Ecuador subduction zone)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvonne Font</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seismological Society of America Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Miami, United States. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02903086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3930,161 +4064,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tests de capteurs OBS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pelleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schnurle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Géli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, pp.17-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId115"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4231,51 +4365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438311v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230982" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383475v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031565" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876400v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bonnin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diego Mercerat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Favretto-Cristini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220141" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814347v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roby Douilly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220128" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03598273v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garlan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demoulin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2021.3111819" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661182v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Chmiel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Piantini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gimbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-1541-2022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461538v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Balestra" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Berenguer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bigot&#8208;cormier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220190137" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365912v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Driel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Clinton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alemany" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180379" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167273v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Agurto-Detzel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Font" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charvis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Regnier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rietbrock" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.05.029" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339342v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748378v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Symithe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089201v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13526" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04161485v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939248v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240224v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Wang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0140" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026658v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Migeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-19565" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272543v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cristini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023776v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272542v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629958v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748457v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C. Neves" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925839v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414185v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383119v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445825v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beucler &#201;." TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cristini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445866v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903086v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;gnier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225665v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Evain" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pelleau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schnurle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis G&#233;li" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438311v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230982" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383475v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031565" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876400v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bonnin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diego Mercerat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Favretto-Cristini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220141" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814347v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roby Douilly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220128" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03598273v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garlan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demoulin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2021.3111819" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661182v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Chmiel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Piantini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gimbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-1541-2022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arrigoni" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461538v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Balestra" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Berenguer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bigot&#8208;cormier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220190137" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167273v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Agurto-Detzel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Font" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charvis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Regnier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rietbrock" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.05.029" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365912v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Driel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Clinton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alemany" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180379" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339342v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748378v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Symithe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089201v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13526" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04161485v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939248v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026658v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Migeon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-19565" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240224v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Wang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0140" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023776v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cristini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272543v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272542v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629958v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748457v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C. Neves" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925839v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383119v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445825v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beucler &#201;." TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cristini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445866v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414185v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903086v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;gnier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225665v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Evain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pelleau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schnurle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis G&#233;li" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>