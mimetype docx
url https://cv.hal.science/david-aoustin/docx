--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> David Aoustin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">david-aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3989-0728</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">183913698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénesse-Maremne (40), « Loriot - Chemin du Pont ». Test palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C.N.R.S. 2026, 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Aulnaie (Neuvy-en-Sullias, Loiret). Etude palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C.N.R.S. 2026, 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Duigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Flageul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie. 2025, 156 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05142173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude anthracologique des restes carbonisé du site : RD 16 et 164 – Déviation Nord – T2, Nort-sur-Erdre – Les Touches (44). In: Blanchard et al. Rapport d'opération archéologique. Archeodunum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Toriti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CReAAH UMR 6566. 2025, 45 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04903359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCRP &amp;quot;La Baie de Bourgneuf dans l'économie maritime atlantique : îles, ports et navigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Arthuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Planchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nantes Université; CReAAH UMR 6566. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04158117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCRP &amp;quot;La Baie de Bourgneuf dans l'économie maritime atlantique : îles, ports et navigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de nantes; UMR 6566 CReAAH - LARA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03528591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de l’environnement autour de la vallée de l’Arques (Arques-la-Bataille, 76) durant l’Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH. 2019, 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCR « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie », rapport intermédiaire d'activité (2019-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle Aquitaine, site de Poitiers. 2019, 214 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03305273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats de l’analyse de L’Isle-Adam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique de sept échantillons de Pen-Hat (Camaret-sur-Mer, 29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 3 p. + 2 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campagne 2018 de sondages palynologiques et premiers résultats de l’analyse pollinique de Plougasnou - Saint Jean du Doigt (29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 10 p. + 7 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique de la troisième tranche d’Alizay-Igoville (27)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique de la séquence sous estran de Trez-Rouz (Crozon, 29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 6 p. + 3 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats palynologiques à Umm Al Quwain (UAE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 4 p. + 5 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCR « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand P Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA ALPC, site de Poitiers. 2018, pp.190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique d’un échantillon silteux de Marcilly-sur-Seine (51)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle Aquitaine, site de Poitiers. 2017, 319 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Châta (Saint-Georges-de-Didonne, Charente-Maritime). Test palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats des tests palynologiques des sédiments du site de Menez-Dregan (Plouhinec, Finistère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2017, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Golf (Saint-Riquier-ès-Plains, Seine-Maritime). Analyse palynologique des structures 3430 et 1319</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de l'étude paléo-environnementale de la tourbière de Friaulouse (Saint-Goussaud, Creuse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manville D.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 42 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Motte, Sainte-Suzanne (Mayenne). Analyse anthracologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Butte du bois de Chandres&amp;quot; (Nogent-le-Roi, Eure-et-Loir). Test palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2016, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pré-rapport d’étude paléo-environnementale de la tourbière des Chassagnoux (Royère-de-Vassivière, Creuse). Rapport d’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Charrieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Manville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pinaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2016, 13p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02452507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marais de Chantemerle&amp;quot; (Saint-Fraigne, Charente). Pré-rapport d'analyse palynologique et des microfossiles non polliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Charrieau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2016, 17p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie » : Rapport intermédiaire d'activité 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Calauzenes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle Aquitaine, site de Poitiers. 2016, 177 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01800657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Collectif de Recherche « Monumentalismes et territoires au Néolithique entre Loire et Charente. Formes et environnements des mégalithes et des enceintes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Aguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle-Aquitaine. 2016, pp.466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sainte-Marie (35), &amp;quot;Saint-Julien&amp;quot; et &amp;quot;Pont Saint-Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Segard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adélaïde Hersant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Seadlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015, pp.389 (1 vol.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04845023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montoir-de-Bretagne (44), &amp;quot;L'Ormois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Bonaventure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Lefils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bohny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Poirier-Coutansais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2014, pp.402 (3 Vol)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie » : Rapport d'activité, programme triennal, 2014-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Caillosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Poitou-Charentes. 2014, 481 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01800671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nordheim (67) &amp;quot; Am neunen Berg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Koziol (dir.)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Esteban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00784583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie » : Rapport intermédiaire d'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Poitou-Charentes. 2012, 259 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01800662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’environnement autour d’un site du second âge de Fer en position d’estran à Plougasnou/Saint-Jean-du-Doigt (Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Dupont; Anna Baudry; Marie-Yvane Daire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeology of coastal settlements/ Archéologie des peuplements littoraux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestones, pp.161-182, 2026, ISBN 978-94-6426-343-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05485457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marais avant les marais : Brouage entre 6000 av. J.-C. et le début du 1er millénaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Duprat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au pays du sel et de ses héritages patrimoniaux : Brouage et ses marais des origines à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Geste, pp.32-40, 2025, 979-10-353-2515-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En bois et en plomb : quels contenants pour la dépouille présumée de Montaigne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pernot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Belingard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Réveillas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Réveillas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dernier voyage de Michel de Montaigne ? Enquête interdisciplinaire autour de son tombeau présumé au musée d’Aquitaine (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Editions Ausonius, pp.75-118, 2024, Travaux d’Archéologie Funéraire, Thanat’Os</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte environnemental d'implantation de la citadelle de Brouage. Les marais charentais au Moyen-Âge et à l'époque moderne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Normand; Alain Champagne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l'eau, du Sel et des Hommes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.79-89, 2024, Archéologie et Culture, 978-2-7535-9648-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04834712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embaumement interne, embaumement externe : apports des analyses archéobotaniques et de chimie organique à la mise en évidence de procédés d’exposition et de conservation du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbier-Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Réveillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Ruas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Réveillas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dernier voyage de Michel de Montaigne ? Enquête interdisciplinaire autour de son tombeau présumé au musée d’Aquitaine (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Editions Ausonius, pp.154-176, 2024, Travaux d’Archéologie Funéraire, Thanat’Os</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps des bâtisseurs de mégalithes : les maisons néolithiques du Peu, à Charmé (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexa Dufraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques, Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session Dépasser les plans et révéler l’architecture invisible : de l’identification à la restitution des constructions du Néolithique à l’âge du Fer, Société préhistorique française, pp.125-146, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements paléogéographiques dans l’archipel de Molène, du Néolithique à aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fichaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge S. Suanez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidestone Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.83-121, 2019, 978-9-088-90380-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De terre et de bois : choix techniques pour l’implantation et le fonctionnement d’un moulin à eau au début du XIe siècle. Le cas de Colomby, La Perruque (Manche – France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bouriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deshayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Epaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacottey, Luc; Rollier, Gilles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie des moulins hydrauliques, à traction animale et à vent, des origines à l’époque médiévale. Actes du colloque international, Lons-le-Saunier du 2 au 5 nov. 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.343-360, 2016, Annales Littéraires 954, Série "Environnement, sociétés et archéologie", 20, vol. 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tourbière de Kernilien Vihan à Baud : un contexte environnemental aux occupations néolithiques. in : Aurélie Crowch, David Aoustin, Yoann Chantreau, Véronique Duigou, Annette Flageul, Brigitte Flageul, Mikaël Guiavarc’h, Loïc Goude, Gwenaëlle Hamon, Patrick le Flao, Chantal Leroyer, Laure Merceron, Simon Puaud, Estelle Yven, CFRA. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie, p.57-63</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Puaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05142102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude palynologique de deux séquences organiques à Évellys « Siviac » (56). In : Aurélie Crowch, David Aoustin, Samy Ben Makhad, Yoann Chantreau, Pierre Charretier, et al.. Évellys, Siviac. Des occupations du Néolithique récent et final dans la vallée de l’Ével. Service départemental d’archéologie du Morbihan; DGA ÉDUCATION, CULTURE, ATTRACTIVITÉ, TERRITOIRES (DGAECAT). p. 210-225</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de séquences organiques et diagnostic pollinique autour du site mégalithique de Goasseac’h (29). In : Florian Cousseau (dir.), Le cairn de Goassec’h à Carhaix-Plouguer (Finistère), GVEP, vol. texte, p. 109-117</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution du paysage végétal et de son anthropisation dans le bassin du Blavet in : Aurélie Crowch, David Aoustin, Yoann Chantreau, Mikaël Guiavarc’h, Gwenaëlle Hamon, et al.. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie, p.102-114</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des paléoenvironnements holocènes dans le bassin du Blavet : apports de la palynologie. In : Aurélie Crowch, David Aoustin, Yoann Chantreau, Pierre Charretier, Véronique Duigou, et al.. Projet collectif de recherche triennal 2020-2022 - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie, p.238-268</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses palynologiques de la vallée du Blavet. In : Aurélie Crowch, David Aoustin, Yoann Chantreau, Pierre Charretier, Mikael Guiavarc'H, et al.. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Département du Morbihan (56) - Direction de l’action territoriale et de la culture/Direction adjointe du patrimoine et des archives/Service départemental d’archéologie du Morbihan; Centre de Formation et de Recherches Archéologiques (CFRA), p. 68-84</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche paléoenvironnementale de la vallée du Blavet. In : Aurélie Crowch, David Aoustin, Yoann Chantreau, Pierre Charretier, Chantal Leroyer, et al.. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Département du Morbihan (56) - Direction de l’action territoriale et de la culture/Direction adjointe du patrimoine et des archives/Service départemental d’archéologie du Morbihan, p. 62-76</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géométrie des dépôts et évolution de l’environnement à Plougasnou- Saint Jean du Doigt (29). In : Marie-Yvane Daire, David Aoustin, Vincent Bernard, Aurélia Borvon, Louis Dutouquet, et al.. Plage de Plougasnou Saint-Jean-du-Doigt (Finistère). Rapport de la fouille programmée sur estran. [Rapport de recherche] DRASSM. 2019, p. 63-99</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Rossignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La séquence organique de la vallée de l’Evel à Siviac (Evellys, Morbihan). Un jalon pour la compréhension des hydrosystèmes du Massif armoricain au début de l’Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Le Diagon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVe colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 6273 CRAHAM; UMR 6266 IDEES; UR 3831GrHIs, Apr 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fertilisation des champs durant l’Antiquité : étude expérimentale du parcage de bétail et son effet sur la composition isotopique des céréales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Ben Makhad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Balasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Matterne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fumier, bouses et guano : ordures ou or brun ?, 44es Rencontres internationales d'Archéologie et d'Histoire de Nice Côte d'Azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEPAM, Oct 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si le bois m’était conté. Climat, défrichement, sylviculture au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Daux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Brossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Du Boisgueheneuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04778813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres pédo-litho-stratigraphique, géochronologique et paléoenvironnemental de Menez-Dregan I (Plouhinec, Finistère) : révision et synthèse des données.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lyse Ravon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Auguste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q14. Tous à l'Ouest. Le Quaternaire dans tous ses états : terre, mer, glace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 6566 CReAAH; AFEQ, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chasse aux tourbières du bassin versant du Blavet en Morbihan. Apport de l’étude des séquences organiques dans la reconstitution des paléoenvironnements holocènes du Massif armoricain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Puaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q14. Tous à l'Ouest. Le Quaternaire dans tous ses états : terre, mer, glace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 6566 CReAAH; AFEQ, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands défrichements du Moyen Age dans le Bassin parisien : mythe ou réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coubray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dupouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexa Dufraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contribution des forêts passées aux forêts d’aujourd’hui et de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Aspet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-05086104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’environnement végétal et des activités humaines entre 5100 et 4600 cal. BC dans le bassin aval de la Marne : apport de la palynologie hors-site à la dynamique de peuplement du Néolithique ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Allenet de Ribemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Énora Maguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du « CReAAH » : Archéologie, Archéosciences, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France. pp.11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essai de reconstitution de la courbe d'élévation du niveau de la mer en région Pays de la Loire : Évolution du paysage et mobilité humaine littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Maanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Large</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Baltzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Geographic Union (UGI) 2022, session Géographie Environnementale Et Changements Globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.A103910PP</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude palynologique et xylologique du niveau de tourbe pléistocène de Saint-Vincent-de-Paul (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du « CReAAH » : Archéologie, Archéosciences, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps des bâtisseurs de mégalithes : les maisons néolithiques du Peu à Charmé (Charente). Des données de terrain aux propositions de restitutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Congrès Préhistorique de France. Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03425829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’environnement autour d’un site du second âge de Fer en position d’estran à Plougasnou/Saint-Jean-du-Doigt (Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeology of coastal settlements and human/environment interactions in the Atlantic north of the Equator / Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur. Colloque HOMER 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Dupont; Anna Baudry; Marie-Yvane Daire; CReAAH, Sep 2021, Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géométrie des dépôts et évolution de l’environnement à Plougasnou-Saint-Jean-du-Doigt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Archéologique de l’Ouest « Rencontres interdisciplinaires sur l’anthropisation des milieux du Mésolithique au Moyen Age »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des environnements et de l’exploitation du milieu durant l’âge du Bronze dans le Bassin parisien et le Massif armoricain : l’apport des données polliniques et de leur modélisation du couvert végétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Maguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international anniversaire de l'APRAB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Bayeux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages de Menez-Dregan I dessinés par les pollens et les charbons de bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Marcoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Archéologique de l’Ouest « Du neuf avec du vieux – Actualité de la recherche sur le Paléolithique du Massif armoricain »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of the Kerloc'h palynological study (Crozon, Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Messager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedPalyno2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site de Trez-Rouz (Camaret, presqu’île de Crozon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lyse Ravon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des écosystèmes autour des occupations mésolithiques & néolithiques du site d’Alizay (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 « Au Centre des Enjeux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEQ-CNF-INQUA, Feb 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buildings and features inside a causewayed enclosure of Middle Neolithic in West-Central France : Charmé, « Le Peu » (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrid Galin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des latrines médiévales à l'épreuve de la carpologie et de la palynologie. Les fosses-dépotoirs du &amp;quot;6-8 place Saint-Tugal à Laval&amp;quot; (Mayenne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hallavant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gousset Jean-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chollet Samuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Rencontres d'Archéobotanique 2010, Université Paul Valéry-, 13 au 16 octobre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Montpellier, France. pp.145-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de la végétation du bassin parisien par la modélisation des données polliniques holocènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII rencontres internationales d'archéologie et d'histoire d'Antibes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Antibes, France. pp.53-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01171988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution du paléoenvironnement de la fin de l’Holocène à Nort-sur-Erdre (Loire-Atlantique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Leblé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Herpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q14 : tous à l’Ouest ! Le Quaternaire dans tous ses états : terre, mer, glace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05060504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte environnemental du nord du bassin morbihannais du Blavet (56, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Le Diagon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVe Colloque du GMPCA Archéométrie 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes and early Neolithic human impact (from 5100 to 4600 cal. BC) in Marne valley (France) : palynological contribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Allenet de Ribemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Énora Maguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international Quaternaire 13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental change around a Iron Age foreshore settlement at Plougasnou-Saint Jean du Doigt (Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedPalyno2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratigraphic singularity: An earthquake located off Jersey triggered the mudflow preserving the only loess outcrop actually known under the seas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Chambers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guzel Danukalova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Renouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Congress of the International Union for Quaternary Research (INQUA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche multi-proxy de la séquence de la tourbière « des Chassagnoux » à la transition Pléniglaciaire weichsélien/Tardiglaciaire au nord du Plateau de Millevaches (Massif central, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Manville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 « Au Centre des Enjeux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une séquence très dilatée de l’Holocène récent à Porte-Joie (vallée de la Seine, Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GMPCA 2017 - XXIème Colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of monumental architecture in Atlantic Europe: a fortified fifth-millennium BC enclosure in western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bruniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 97 (391), pp.50-69. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2022.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution d’un marais littoral atlantique au cours de l’Holocène : le cas de Brouage (Charente‑Maritime, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Quaternaire, vol. 34/4, pp.233-251. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.18918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late MIS 3 interstadial vegetation in coversands at Saint‑Vincent‑de‑Paul, Southwest France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, vol. 33/3, pp.193-206. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.17053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03950388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorset and Thule Inuit occupations of Qikirtajuaq (Smith Island), Nunavik, Canada: a palaeoecological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najat Bhiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommy Weetaluktuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre M. Desrosiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Todisco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boreas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (3), pp.826-843. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bor.12515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03216891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did an earthquake located off Jersey trigger a mudflow preserving the only loess outcrop known under the seas?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul P. Chambers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guzel Danukalova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenia Osipova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Geological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 177 (5), pp.911-922. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/jgs2020-030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neolithic settlement pattern and environment evolution along the coast of the northern UAE: the case of Umm al-Quwain UAQ36 vs. UAQ2 and Akab shell-middens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Méry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Degli Esposti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Borgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 49, pp.223-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d’une foreuse-carotteuse pour l’exploration de la zone critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Faucheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 91, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d’un habitat ceinturé du début du Néolithique moyen dans le Centre-Ouest de la France : le Peu à Charmé (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113 (2), pp.382-385. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2016.14631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid Holocene vegetation reconstruction from Vanevan peat (south-eastern shore of Lake Sevan, Armenia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Joannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam A. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 395, pp.5-18. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2015.06.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another brick in the wall: fifth millennium BC earthen-walled architecture on the Channel shores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Wattez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Guyodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 89 (346), pp.800-817. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2015.55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01245165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOLUTION OF THE ALLUVIAL PLAIN IN THE ``RIED NORD'' AREA: PALEOENVIRONMENT AND ANTHROPIC INTERACTIONS SINCE BRONZE AGE TO ANTIQUITY/EARLY MIDDLE AGE (ROESCHWOOG, BAS-RHIN, ALSACE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vigreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Degeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Koziol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23 (4), pp.321-337. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.6405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentary record and Holocene environment of the Giessen alluvial plain (Scherwiller, Bas-Rhin, Alsace)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vigreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Flotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (2), pp.129-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La citadelle de Brouage et la dynamique paléoenvironnementale du marais charentais: l’apport de la malacologie et palynologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Poitou-Charentes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.294-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01332743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte environnemental du nord du bassin morbihannais du Blavet (56, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Le Diagon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CReAAH, Rennes, 3 juin 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plage de Plougasnou-Saint-Jean-du-Doigt (Finistère) : résultats des dernières campagnes de sondages archéologiques sur l’estran et premiers résultats des analyses paléoenvironnementales en arrière du cordon de galets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 23 mars 2019. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des écosystèmes autour des occupations mésolithiques et néolithiques du site d' Alizay (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 avril 2018. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, p.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche multi-proxy de la séquence de la tourbière &amp;quot;des Chassagnoux&amp;quot; à la transition Pléniglaciaire weichsélien/Tardiglaciaire au nord du Plateau de Millevaches (Massif central, France). Premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manville Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 avril 2018. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.27-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01959091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des environnements et de l'exploitation du milieu durant les différentes étapes du Néolithique dans le Bassin parisien : l'apport des données polliniques et de la modélisation du couvert végétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Maguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 12-13 mai 2017. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, p.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la végétation et du climat à Vanevan (rive sud-est du lac Sevan, Arménie) durant l'Holocène moyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Joannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ali Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 2 avril 2016. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.33-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01951588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Collectif de Recherche Monumentalismes et territoires au Néolithique entre Loire et Charente Formes et environnements des mégalithes et des enceintes. Formes, architecture, pétrographie et technologie des mégalithes. Sondage du dolmen de Magnez à Courcôme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Aguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des données polliniques holocènes du Bassin parisien et du Massif armoricain : similitudes et spécificités des dynamiques de végétations estimées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 mars 2015. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enceinte fossoyé du Peu à Charmé (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Justice, Le Marais de la Fontaine-du-Cœur (Île-de-France, Seine-et-Marne, Varennes-sur-Seine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Barthélemy-Sylvand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. , pp.3 vol., 2022, Documents d’archéologie préventive 30, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34692/re3e-v627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5000 ans av. J.-C. en Morbihan : le Néolithique s'explique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbier-Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil départemental du Morbihan, 175 p., 2022, Histoire &amp; Patrimoine en Morbihan, 9782860560313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations néolithiques de &amp;quot;la Bruyère du Hamel&amp;quot; à Condé-sur-Ifs (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gâche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société préhistorique française, 62, 2016, Mémoires de la Société Préhistorique Française, 978-2-913745-68-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Bâtisseurs de Mégalithes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02033845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId284"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> David Aoustin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">david-aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3989-0728</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">183913698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénesse-Maremne (40), « Loriot - Chemin du Pont ». Test palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C.N.R.S. 2026, 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Aulnaie (Neuvy-en-Sullias, Loiret). Etude palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C.N.R.S. 2026, 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Duigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Flageul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie. 2025, 156 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05142173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude anthracologique des restes carbonisé du site : RD 16 et 164 – Déviation Nord – T2, Nort-sur-Erdre – Les Touches (44). In: Blanchard et al. Rapport d'opération archéologique. Archeodunum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Toriti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CReAAH UMR 6566. 2025, 45 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04903359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCRP &amp;quot;La Baie de Bourgneuf dans l'économie maritime atlantique : îles, ports et navigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Arthuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Planchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nantes Université; CReAAH UMR 6566. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04158117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCRP &amp;quot;La Baie de Bourgneuf dans l'économie maritime atlantique : îles, ports et navigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de nantes; UMR 6566 CReAAH - LARA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03528591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de l’environnement autour de la vallée de l’Arques (Arques-la-Bataille, 76) durant l’Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH. 2019, 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCR « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie », rapport intermédiaire d'activité (2019-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle Aquitaine, site de Poitiers. 2019, 214 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03305273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats de l’analyse de L’Isle-Adam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique de sept échantillons de Pen-Hat (Camaret-sur-Mer, 29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 3 p. + 2 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campagne 2018 de sondages palynologiques et premiers résultats de l’analyse pollinique de Plougasnou - Saint Jean du Doigt (29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 10 p. + 7 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique de la troisième tranche d’Alizay-Igoville (27)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique de la séquence sous estran de Trez-Rouz (Crozon, 29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 6 p. + 3 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats palynologiques à Umm Al Quwain (UAE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 4 p. + 5 p. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCR « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand P Beauvoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA ALPC, site de Poitiers. 2018, pp.190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic pollinique d’un échantillon silteux de Marcilly-sur-Seine (51)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] UMR 6566 CReAAH. 2018, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle Aquitaine, site de Poitiers. 2017, 319 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats des tests palynologiques des sédiments du site de Menez-Dregan (Plouhinec, Finistère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2017, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Châta (Saint-Georges-de-Didonne, Charente-Maritime). Test palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Golf (Saint-Riquier-ès-Plains, Seine-Maritime). Analyse palynologique des structures 3430 et 1319</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de l'étude paléo-environnementale de la tourbière de Friaulouse (Saint-Goussaud, Creuse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manville D.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 42 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Motte, Sainte-Suzanne (Mayenne). Analyse anthracologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] CReAAH. 2017, 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Butte du bois de Chandres&amp;quot; (Nogent-le-Roi, Eure-et-Loir). Test palynologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2016, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pré-rapport d’étude paléo-environnementale de la tourbière des Chassagnoux (Royère-de-Vassivière, Creuse). Rapport d’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Charrieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Manville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pinaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2016, 13p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02452507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marais de Chantemerle&amp;quot; (Saint-Fraigne, Charente). Pré-rapport d'analyse palynologique et des microfossiles non polliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Charrieau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UMR 6566 CReAAH. 2016, 17p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie » : Rapport intermédiaire d'activité 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Calauzenes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle Aquitaine, site de Poitiers. 2016, 177 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01800657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Collectif de Recherche « Monumentalismes et territoires au Néolithique entre Loire et Charente. Formes et environnements des mégalithes et des enceintes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Aguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle-Aquitaine. 2016, pp.466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sainte-Marie (35), &amp;quot;Saint-Julien&amp;quot; et &amp;quot;Pont Saint-Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Segard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adélaïde Hersant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Seadlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015, pp.389 (1 vol.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04845023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montoir-de-Bretagne (44), &amp;quot;L'Ormois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Bonaventure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Lefils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bohny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Poirier-Coutansais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2014, pp.402 (3 Vol)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie » : Rapport d'activité, programme triennal, 2014-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Caillosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Poitou-Charentes. 2014, 481 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01800671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nordheim (67) &amp;quot; Am neunen Berg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Koziol (dir.)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Esteban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00784583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet collectif de recherche « Les marais charentais au Moyen Age et à l’époque moderne : peuplement, environnement et économie » : Rapport intermédiaire d'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Poitou-Charentes. 2012, 259 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01800662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’environnement autour d’un site du second âge de Fer en position d’estran à Plougasnou/Saint-Jean-du-Doigt (Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Dupont; Anna Baudry; Marie-Yvane Daire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeology of coastal settlements/ Archéologie des peuplements littoraux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestones, pp.161-182, 2026, ISBN 978-94-6426-343-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05485457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marais avant les marais : Brouage entre 6000 av. J.-C. et le début du 1er millénaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Duprat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au pays du sel et de ses héritages patrimoniaux : Brouage et ses marais des origines à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Geste, pp.32-40, 2025, 979-10-353-2515-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En bois et en plomb : quels contenants pour la dépouille présumée de Montaigne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pernot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Belingard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Réveillas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Réveillas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dernier voyage de Michel de Montaigne ? Enquête interdisciplinaire autour de son tombeau présumé au musée d’Aquitaine (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Editions Ausonius, pp.75-118, 2024, Travaux d’Archéologie Funéraire, Thanat’Os</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte environnemental d'implantation de la citadelle de Brouage. Les marais charentais au Moyen-Âge et à l'époque moderne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Normand; Alain Champagne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l'eau, du Sel et des Hommes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.79-89, 2024, Archéologie et Culture, 978-2-7535-9648-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04834712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embaumement interne, embaumement externe : apports des analyses archéobotaniques et de chimie organique à la mise en évidence de procédés d’exposition et de conservation du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbier-Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Réveillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Ruas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Réveillas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dernier voyage de Michel de Montaigne ? Enquête interdisciplinaire autour de son tombeau présumé au musée d’Aquitaine (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Editions Ausonius, pp.154-176, 2024, Travaux d’Archéologie Funéraire, Thanat’Os</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps des bâtisseurs de mégalithes : les maisons néolithiques du Peu, à Charmé (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexa Dufraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques, Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session Dépasser les plans et révéler l’architecture invisible : de l’identification à la restitution des constructions du Néolithique à l’âge du Fer, Société préhistorique française, pp.125-146, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements paléogéographiques dans l’archipel de Molène, du Néolithique à aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fichaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge S. Suanez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidestone Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.83-121, 2019, 978-9-088-90380-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De terre et de bois : choix techniques pour l’implantation et le fonctionnement d’un moulin à eau au début du XIe siècle. Le cas de Colomby, La Perruque (Manche – France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bouriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deshayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Epaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacottey, Luc; Rollier, Gilles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie des moulins hydrauliques, à traction animale et à vent, des origines à l’époque médiévale. Actes du colloque international, Lons-le-Saunier du 2 au 5 nov. 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.343-360, 2016, Annales Littéraires 954, Série "Environnement, sociétés et archéologie", 20, vol. 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tourbière de Kernilien Vihan à Baud : un contexte environnemental aux occupations néolithiques. in : Aurélie Crowch, David Aoustin, Yoann Chantreau, Véronique Duigou, Annette Flageul, Brigitte Flageul, Mikaël Guiavarc’h, Loïc Goude, Gwenaëlle Hamon, Patrick le Flao, Chantal Leroyer, Laure Merceron, Simon Puaud, Estelle Yven, CFRA. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie, p.57-63</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Puaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05142102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude palynologique de deux séquences organiques à Évellys « Siviac » (56). In : Aurélie Crowch, David Aoustin, Samy Ben Makhad, Yoann Chantreau, Pierre Charretier, et al.. Évellys, Siviac. Des occupations du Néolithique récent et final dans la vallée de l’Ével. Service départemental d’archéologie du Morbihan; DGA ÉDUCATION, CULTURE, ATTRACTIVITÉ, TERRITOIRES (DGAECAT). p. 210-225</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de séquences organiques et diagnostic pollinique autour du site mégalithique de Goasseac’h (29). In : Florian Cousseau (dir.), Le cairn de Goassec’h à Carhaix-Plouguer (Finistère), GVEP, vol. texte, p. 109-117</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution du paysage végétal et de son anthropisation dans le bassin du Blavet in : Aurélie Crowch, David Aoustin, Yoann Chantreau, Mikaël Guiavarc’h, Gwenaëlle Hamon, et al.. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie, p.102-114</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des paléoenvironnements holocènes dans le bassin du Blavet : apports de la palynologie. In : Aurélie Crowch, David Aoustin, Yoann Chantreau, Pierre Charretier, Véronique Duigou, et al.. Projet collectif de recherche triennal 2020-2022 - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Région Bretagne / Département du Morbihan (56) - DGAECAT– DC – Service archéologie, p.238-268</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses palynologiques de la vallée du Blavet. In : Aurélie Crowch, David Aoustin, Yoann Chantreau, Pierre Charretier, Mikael Guiavarc'H, et al.. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Département du Morbihan (56) - Direction de l’action territoriale et de la culture/Direction adjointe du patrimoine et des archives/Service départemental d’archéologie du Morbihan; Centre de Formation et de Recherches Archéologiques (CFRA), p. 68-84</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche paléoenvironnementale de la vallée du Blavet. In : Aurélie Crowch, David Aoustin, Yoann Chantreau, Pierre Charretier, Chantal Leroyer, et al.. Projet collectif de recherche - En remontant le fleuve...Paysages et sociétés du Blavet préhistorique. Département du Morbihan (56) - Direction de l’action territoriale et de la culture/Direction adjointe du patrimoine et des archives/Service départemental d’archéologie du Morbihan, p. 62-76</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géométrie des dépôts et évolution de l’environnement à Plougasnou- Saint Jean du Doigt (29). In : Marie-Yvane Daire, David Aoustin, Vincent Bernard, Aurélia Borvon, Louis Dutouquet, et al.. Plage de Plougasnou Saint-Jean-du-Doigt (Finistère). Rapport de la fouille programmée sur estran. [Rapport de recherche] DRASSM. 2019, p. 63-99</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Rossignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La séquence organique de la vallée de l’Evel à Siviac (Evellys, Morbihan). Un jalon pour la compréhension des hydrosystèmes du Massif armoricain au début de l’Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Le Diagon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVe colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 6273 CRAHAM; UMR 6266 IDEES; UR 3831GrHIs, Apr 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fertilisation des champs durant l’Antiquité : étude expérimentale du parcage de bétail et son effet sur la composition isotopique des céréales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Ben Makhad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Balasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Matterne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fumier, bouses et guano : ordures ou or brun ?, 44es Rencontres internationales d'Archéologie et d'Histoire de Nice Côte d'Azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEPAM, Oct 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres pédo-litho-stratigraphique, géochronologique et paléoenvironnemental de Menez-Dregan I (Plouhinec, Finistère) : révision et synthèse des données.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lyse Ravon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Auguste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q14. Tous à l'Ouest. Le Quaternaire dans tous ses états : terre, mer, glace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 6566 CReAAH; AFEQ, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si le bois m’était conté. Climat, défrichement, sylviculture au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Daux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Brossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Du Boisgueheneuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04778813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands défrichements du Moyen Age dans le Bassin parisien : mythe ou réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coubray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dupouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexa Dufraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contribution des forêts passées aux forêts d’aujourd’hui et de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Aspet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-05086104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chasse aux tourbières du bassin versant du Blavet en Morbihan. Apport de l’étude des séquences organiques dans la reconstitution des paléoenvironnements holocènes du Massif armoricain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Puaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q14. Tous à l'Ouest. Le Quaternaire dans tous ses états : terre, mer, glace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 6566 CReAAH; AFEQ, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’environnement végétal et des activités humaines entre 5100 et 4600 cal. BC dans le bassin aval de la Marne : apport de la palynologie hors-site à la dynamique de peuplement du Néolithique ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Allenet de Ribemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Énora Maguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du « CReAAH » : Archéologie, Archéosciences, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France. pp.11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essai de reconstitution de la courbe d'élévation du niveau de la mer en région Pays de la Loire : Évolution du paysage et mobilité humaine littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Maanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Large</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Baltzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Geographic Union (UGI) 2022, session Géographie Environnementale Et Changements Globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.A103910PP</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude palynologique et xylologique du niveau de tourbe pléistocène de Saint-Vincent-de-Paul (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du « CReAAH » : Archéologie, Archéosciences, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps des bâtisseurs de mégalithes : les maisons néolithiques du Peu à Charmé (Charente). Des données de terrain aux propositions de restitutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Congrès Préhistorique de France. Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03425829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’environnement autour d’un site du second âge de Fer en position d’estran à Plougasnou/Saint-Jean-du-Doigt (Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeology of coastal settlements and human/environment interactions in the Atlantic north of the Equator / Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur. Colloque HOMER 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Dupont; Anna Baudry; Marie-Yvane Daire; CReAAH, Sep 2021, Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géométrie des dépôts et évolution de l’environnement à Plougasnou-Saint-Jean-du-Doigt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Archéologique de l’Ouest « Rencontres interdisciplinaires sur l’anthropisation des milieux du Mésolithique au Moyen Age »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des environnements et de l’exploitation du milieu durant l’âge du Bronze dans le Bassin parisien et le Massif armoricain : l’apport des données polliniques et de leur modélisation du couvert végétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Maguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international anniversaire de l'APRAB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Bayeux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages de Menez-Dregan I dessinés par les pollens et les charbons de bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Marcoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Archéologique de l’Ouest « Du neuf avec du vieux – Actualité de la recherche sur le Paléolithique du Massif armoricain »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of the Kerloc'h palynological study (Crozon, Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Messager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedPalyno2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site de Trez-Rouz (Camaret, presqu’île de Crozon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lyse Ravon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des écosystèmes autour des occupations mésolithiques & néolithiques du site d’Alizay (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 « Au Centre des Enjeux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEQ-CNF-INQUA, Feb 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buildings and features inside a causewayed enclosure of Middle Neolithic in West-Central France : Charmé, « Le Peu » (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrid Galin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des latrines médiévales à l'épreuve de la carpologie et de la palynologie. Les fosses-dépotoirs du &amp;quot;6-8 place Saint-Tugal à Laval&amp;quot; (Mayenne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hallavant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gousset Jean-Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chollet Samuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Rencontres d'Archéobotanique 2010, Université Paul Valéry-, 13 au 16 octobre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Montpellier, France. pp.145-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de la végétation du bassin parisien par la modélisation des données polliniques holocènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII rencontres internationales d'archéologie et d'histoire d'Antibes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Antibes, France. pp.53-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01171988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution du paléoenvironnement de la fin de l’Holocène à Nort-sur-Erdre (Loire-Atlantique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Leblé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Herpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q14 : tous à l’Ouest ! Le Quaternaire dans tous ses états : terre, mer, glace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05060504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte environnemental du nord du bassin morbihannais du Blavet (56, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Le Diagon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVe Colloque du GMPCA Archéométrie 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes and early Neolithic human impact (from 5100 to 4600 cal. BC) in Marne valley (France) : palynological contribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Allenet de Ribemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Énora Maguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international Quaternaire 13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental change around a Iron Age foreshore settlement at Plougasnou-Saint Jean du Doigt (Finistère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedPalyno2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratigraphic singularity: An earthquake located off Jersey triggered the mudflow preserving the only loess outcrop actually known under the seas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Chambers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guzel Danukalova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Renouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Congress of the International Union for Quaternary Research (INQUA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche multi-proxy de la séquence de la tourbière « des Chassagnoux » à la transition Pléniglaciaire weichsélien/Tardiglaciaire au nord du Plateau de Millevaches (Massif central, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Manville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 « Au Centre des Enjeux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une séquence très dilatée de l’Holocène récent à Porte-Joie (vallée de la Seine, Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GMPCA 2017 - XXIème Colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of monumental architecture in Atlantic Europe: a fortified fifth-millennium BC enclosure in western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bruniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 97 (391), pp.50-69. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2022.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution d’un marais littoral atlantique au cours de l’Holocène : le cas de Brouage (Charente‑Maritime, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Quaternaire, vol. 34/4, pp.233-251. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.18918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late MIS 3 interstadial vegetation in coversands at Saint‑Vincent‑de‑Paul, Southwest France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, vol. 33/3, pp.193-206. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.17053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03950388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorset and Thule Inuit occupations of Qikirtajuaq (Smith Island), Nunavik, Canada: a palaeoecological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najat Bhiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommy Weetaluktuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre M. Desrosiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Todisco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boreas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (3), pp.826-843. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bor.12515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03216891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did an earthquake located off Jersey trigger a mudflow preserving the only loess outcrop known under the seas?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul P. Chambers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guzel Danukalova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenia Osipova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Geological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 177 (5), pp.911-922. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1144/jgs2020-030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neolithic settlement pattern and environment evolution along the coast of the northern UAE: the case of Umm al-Quwain UAQ36 vs. UAQ2 and Akab shell-middens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Méry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Degli Esposti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Borgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 49, pp.223-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d’une foreuse-carotteuse pour l’exploration de la zone critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Faucheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 91, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d’un habitat ceinturé du début du Néolithique moyen dans le Centre-Ouest de la France : le Peu à Charmé (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mathé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113 (2), pp.382-385. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2016.14631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid Holocene vegetation reconstruction from Vanevan peat (south-eastern shore of Lake Sevan, Armenia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Joannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam A. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 395, pp.5-18. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2015.06.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another brick in the wall: fifth millennium BC earthen-walled architecture on the Channel shores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Wattez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Guyodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 89 (346), pp.800-817. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2015.55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01245165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVOLUTION OF THE ALLUVIAL PLAIN IN THE ``RIED NORD'' AREA: PALEOENVIRONMENT AND ANTHROPIC INTERACTIONS SINCE BRONZE AGE TO ANTIQUITY/EARLY MIDDLE AGE (ROESCHWOOG, BAS-RHIN, ALSACE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vigreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Degeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Koziol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23 (4), pp.321-337. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.6405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentary record and Holocene environment of the Giessen alluvial plain (Scherwiller, Bas-Rhin, Alsace)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vigreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Flotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (2), pp.129-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La citadelle de Brouage et la dynamique paléoenvironnementale du marais charentais: l’apport de la malacologie et palynologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Poitou-Charentes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.294-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01332743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte environnemental du nord du bassin morbihannais du Blavet (56, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Le Diagon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CReAAH, Rennes, 3 juin 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plage de Plougasnou-Saint-Jean-du-Doigt (Finistère) : résultats des dernières campagnes de sondages archéologiques sur l’estran et premiers résultats des analyses paléoenvironnementales en arrière du cordon de galets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yvane Daire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 23 mars 2019. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des écosystèmes autour des occupations mésolithiques et néolithiques du site d' Alizay (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 avril 2018. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, p.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche multi-proxy de la séquence de la tourbière &amp;quot;des Chassagnoux&amp;quot; à la transition Pléniglaciaire weichsélien/Tardiglaciaire au nord du Plateau de Millevaches (Massif central, France). Premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Chantreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manville Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 avril 2018. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.27-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01959091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des environnements et de l'exploitation du milieu durant les différentes étapes du Néolithique dans le Bassin parisien : l'apport des données polliniques et de la modélisation du couvert végétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Maguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 12-13 mai 2017. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, p.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la végétation et du climat à Vanevan (rive sud-est du lac Sevan, Arménie) durant l'Holocène moyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Joannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ali Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 2 avril 2016. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.33-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01951588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Collectif de Recherche Monumentalismes et territoires au Néolithique entre Loire et Charente Formes et environnements des mégalithes et des enceintes. Formes, architecture, pétrographie et technologie des mégalithes. Sondage du dolmen de Magnez à Courcôme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Aguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des données polliniques holocènes du Bassin parisien et du Massif armoricain : similitudes et spécificités des dynamiques de végétations estimées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Marguerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 mars 2015. Résumés des communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enceinte fossoyé du Peu à Charmé (Charente)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Justice, Le Marais de la Fontaine-du-Cœur (Île-de-France, Seine-et-Marne, Varennes-sur-Seine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Barthélemy-Sylvand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. , pp.3 vol., 2022, Documents d’archéologie préventive 30, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34692/re3e-v627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5000 ans av. J.-C. en Morbihan : le Néolithique s'explique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Crowch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbier-Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil départemental du Morbihan, 175 p., 2022, Histoire &amp; Patrimoine en Morbihan, 9782860560313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations néolithiques de &amp;quot;la Bruyère du Hamel&amp;quot; à Condé-sur-Ifs (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gâche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société préhistorique française, 62, 2016, Mémoires de la Société Préhistorique Française, 978-2-913745-68-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Bâtisseurs de Mégalithes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Onfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Maguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02033845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId284"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E54C6056"/>
+    <w:nsid w:val="F54ED1E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-aoustin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3989-0728" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183913698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536776v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536795v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142173v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Crowch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Chantreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duigou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Flageul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04903359v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toriti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158117v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Planchot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528591v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dupont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431361v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Normand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Champagne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Barme" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316079v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316146v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316085v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02315412v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316091v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316136v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139913v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Aoustin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand P Beauvoit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02315568v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787841v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aoustin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boucard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928044v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928019v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928196v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928037v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manville D." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928071v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02447233v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02452507v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charrieau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pinaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02444239v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800657v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Calauzenes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02560544v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aguillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bouchet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845023v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vasnier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Hersant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Seadlou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790779v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bonaventure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lefils" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bohny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Poirier-Coutansais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800671v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillosse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784583v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koziol (dir.)" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esteban" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gele" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landolt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Leroy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800662v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05485457v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rossignol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marguerie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Gall" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05337397v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duprat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pernot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04834712v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594910v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daniel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861285v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801220v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bouriez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deshayes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Epaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142102v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Puaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088568v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charretier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088632v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088055v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088431v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088991v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088918v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038371v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Diagon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755300v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Ben Makhad" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Matterne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778813v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Du Boisgueheneuc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044351v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auguste" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044301v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05086104v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04127917v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi David" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;nora Maguet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727989v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maanan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04127907v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03425829v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maguer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04253156v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444345v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444368v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Maguet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444361v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474952v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291619v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02149794v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023513v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01927729v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hallavant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gousset Jean-Michel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chollet Samuel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171988v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mazier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufresne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05060504v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lebl&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Herpin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gaudin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044447v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05086755v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444338v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304184v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lefort" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chambers" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guzel Danukalova" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Monnier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Renouf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150128v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947686v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chauveau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001251v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bouchet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2022.169" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432558v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.18918" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950388v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.17053" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216891v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Bhiry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Weetaluktuk" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M. Desrosiers" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Todisco" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12515" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958801v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul P. Chambers" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Osipova" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2020-030" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02353536v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;ry" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degli Esposti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Borgi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947581v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Faucheux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dutin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petton" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443680v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Legrand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2016.14631" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01201997v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam A. Ali" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.06.008" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01245165v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laporte" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bizien-Jaglin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2015.55" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-5SK29PV6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147550v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vigreux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Degeai" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Koziol" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.6405" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147559v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Flotte" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332743v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086704v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02148343v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01957493v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01959091v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manville Michel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954157v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01951588v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Joannin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ali Adam" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046454v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mens" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02465697v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042744v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03796622v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc S&#233;guier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/re3e-v627" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065991v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blanchard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894569v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dron" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charraud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#226;che" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02033845v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-aoustin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3989-0728" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183913698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536776v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536795v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142173v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Crowch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Chantreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duigou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Flageul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04903359v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toriti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158117v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Planchot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528591v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dupont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431361v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Normand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Champagne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Barme" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316079v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316146v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316085v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02315412v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316091v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02316136v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139913v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Aoustin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand P Beauvoit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02315568v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787841v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aoustin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boucard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928019v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928044v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928196v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928037v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manville D." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01928071v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02447233v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02452507v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charrieau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pinaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02444239v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800657v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Calauzenes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02560544v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aguillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bouchet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845023v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vasnier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Hersant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Seadlou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790779v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bonaventure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lefils" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bohny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Poirier-Coutansais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800671v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillosse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784583v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koziol (dir.)" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esteban" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gele" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landolt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Leroy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800662v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05485457v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rossignol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marguerie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Gall" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05337397v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duprat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pernot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04834712v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594910v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daniel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861285v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801220v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bouriez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deshayes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Epaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142102v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Puaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088568v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charretier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088632v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088055v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088431v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088991v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088918v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038371v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Diagon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755300v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Ben Makhad" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Matterne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044351v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auguste" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778813v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Du Boisgueheneuc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05086104v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044301v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04127917v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi David" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;nora Maguet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727989v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maanan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04127907v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03425829v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maguer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04253156v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444345v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444368v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Maguet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444361v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474952v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291619v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02149794v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023513v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01927729v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hallavant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gousset Jean-Michel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chollet Samuel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171988v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mazier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufresne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05060504v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lebl&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Herpin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gaudin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044447v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05086755v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444338v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304184v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lefort" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chambers" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guzel Danukalova" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Monnier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Renouf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150128v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947686v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chauveau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001251v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bouchet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2022.169" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432558v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.18918" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950388v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.17053" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216891v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Bhiry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Weetaluktuk" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M. Desrosiers" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Todisco" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12515" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958801v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul P. Chambers" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Osipova" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2020-030" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02353536v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;ry" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degli Esposti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Borgi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947581v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Faucheux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dutin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petton" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443680v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Legrand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2016.14631" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01201997v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam A. Ali" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.06.008" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01245165v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laporte" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bizien-Jaglin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2015.55" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-5SK29PV6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147550v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vigreux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Degeai" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Koziol" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.6405" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147559v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Flotte" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332743v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086704v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02148343v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01957493v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01959091v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manville Michel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954157v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01951588v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Joannin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ali Adam" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046454v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mens" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02465697v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042744v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03796622v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc S&#233;guier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/re3e-v627" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065991v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blanchard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894569v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dron" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charraud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#226;che" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02033845v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>