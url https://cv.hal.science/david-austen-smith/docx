--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -3828,295 +3828,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00586586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eight gamma-ray pulsars discovered in blind frequency searches of Fermi LAT data</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gamma-Ray Emission Concurrent with the Nova in the Symbiotic Binary V407 Cygni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aous A. Abdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ajello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William B. Atwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Baldini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/725/1/571⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 329 (5993), pp.817-821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1192537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00585160v1</w:t>
+                <w:t xml:space="preserve">hal-00631907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gamma-Ray Emission Concurrent with the Nova in the Symbiotic Binary V407 Cygni</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eight gamma-ray pulsars discovered in blind frequency searches of Fermi LAT data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. M. Saz Parkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dormody</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. S. Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aous A. Abdo</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luca Baldini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 329 (5993), pp.817-821. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 725, pp.571-584. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.1192537⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/725/1/571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00631907v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00585160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations of Milky Way Dwarf Spheroidal galaxies with the Fermi-LAT detector and constraints on Dark Matter models</w:t>
               </w:r>
@@ -11124,51 +11124,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03868234v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desvignes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Cognard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Smith" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Champion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guillemot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244171" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bhattacharyya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Johnson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.S. Ray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C.C. Freire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abe4d5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327409v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Lorimer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Kawash" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kerr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab2474" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321383v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias Griessmeier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Theureau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140841" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309079v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abdollahi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ackermann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ajello" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.B. Atwood" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ab6bcb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927699v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Johnston" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karastergiou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kramer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2110" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497785v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Cameron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Champion" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bailes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balakrishnan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. Barr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa039" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160435v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ndiyavala" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Venter" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Harding" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab24ca" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909181v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Mignani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shearer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Luca" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.E. Marshall" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aafb04" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bruel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Camilo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aaf57d" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283492v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Octau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017039v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbiellini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastieri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/0004-637X/819/1/44" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01330760v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Smith" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laffon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H. Janssen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527847" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01360102v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Ackermann" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B. Atwood" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Baldini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ballet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526920" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01400560v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F E Marshall" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A A Harding" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D A Smith" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/827/2/L39" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01362128v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ajello" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Anderson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arimoto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/823/1/L2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01182158v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. E. Marshall" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Harding" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/807/2/L27" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01370003v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baldini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Barbiellini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aac7400" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01280282v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Johnson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0067-0049/213/1/6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187941v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Hou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. A Smith" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. C Cheung" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424294" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00977416v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Hou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Reposeur" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rousseau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asna.201312042" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00833913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Espinoza" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Celik" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weltevrede" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.W. Stappers" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sts657" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00655793v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Romani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kerr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Craig" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Johnston" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/738/1/114" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00605514v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/732/1/47" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00586111v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parent" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015317" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01270538v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aous A. Abdo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Axelsson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0067-0049/193/1/22" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00586142v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Ransom" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S. Ray" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. E. Roberts" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/727/1/L16" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00586586v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noutsos" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Abdo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/728/2/77" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00585160v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M. Saz Parkinson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dormody" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ziegler" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/725/1/571" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631907v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1192537" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00473736v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/712/1/147" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00473682v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.091302" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00377697v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Asano" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/SCIENCE.1169101" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436279v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Abdo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/706/1/L56" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378934v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. B. Atwood" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Axelsson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/697/2/1071" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00440944v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/707/1/580" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00442815v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/707/2/1310" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00429066v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burgay" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/705/1/1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00446920v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.251101" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00440769v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/707/1/55" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436584v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature08574" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00440021v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/706/2/1331" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00444982v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1182174" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00414457v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/SCIENCE.1177023" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00392444v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.181101" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00429043v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/703/2/1249" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436134v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/706/1/L1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613259v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Batsanov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinne Miqueu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sotiropoulos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Apperley" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200803373" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3WGMXMDC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00339341v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillemot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dumora" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200810285" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00113422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brion" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Britto" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bruel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bussons Gordo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065884" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00026029v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lott" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piron" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Blank" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bogaert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bregeon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2005.12.211" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2MCW8W4J-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628187v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lavalle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Manseri" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jacholkowska" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054340" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188086v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.T. Coffey" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sackmann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.U. Felderhof" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maaloum" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012265v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pare" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Balauge" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bazer-Bachi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bergeret" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berny" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019813v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Naurois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holder" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008068v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cordier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011579v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djannati-Atai" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Iacoucci" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Punch" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000908v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giebels" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Debiais" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000876v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Ong" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bhattacharya" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Covault" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Dixon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Gregorich" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00243496v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:019710060101100" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B06B53445356F63C788E7FE4BC2DB762C49DF69D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645245v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Smith" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kerr" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherry Ng" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Barr" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.285.0035" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00822933v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bakkali Taheri" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Doucas" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.V. Konoplev" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reichold" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Stevenson" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00398135v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00410844v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2900314" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00320211v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barbiellini" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellazzini" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Bogart" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2757300" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00411229v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025735v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024080v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bozzi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adye" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andreotti" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Antonioli" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barlow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2004.835905" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012881v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boutigny" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Smith" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Luppi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010970v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chounet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010966v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Masterson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009830v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zavrtanik" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00017828v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005109v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beyer" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cabot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerutti" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007849v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Quebert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013336v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Chounet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014275v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Eschstruth" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00004730v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Attallah" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Procureur" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319916v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemoine-Goumard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319927v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lonjou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319943v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319923v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319478v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150568v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024227v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ballet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03868234v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desvignes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Cognard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Smith" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Champion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guillemot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244171" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bhattacharyya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Johnson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.S. Ray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C.C. Freire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abe4d5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327409v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Lorimer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Kawash" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kerr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab2474" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321383v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias Griessmeier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Theureau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140841" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309079v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abdollahi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ackermann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ajello" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.B. Atwood" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ab6bcb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927699v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Johnston" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karastergiou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kramer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2110" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497785v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Cameron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Champion" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bailes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balakrishnan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. Barr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa039" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160435v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ndiyavala" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Venter" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Harding" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab24ca" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909181v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Mignani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shearer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Luca" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.E. Marshall" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aafb04" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bruel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Camilo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aaf57d" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283492v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Octau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017039v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbiellini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastieri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/0004-637X/819/1/44" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01330760v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Smith" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laffon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H. Janssen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527847" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01360102v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Ackermann" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B. Atwood" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Baldini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ballet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526920" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01400560v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F E Marshall" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A A Harding" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D A Smith" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/827/2/L39" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01362128v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ajello" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Anderson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arimoto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/823/1/L2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01182158v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. E. Marshall" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Harding" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/807/2/L27" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01370003v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baldini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Barbiellini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aac7400" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01280282v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Johnson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0067-0049/213/1/6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187941v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Hou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. A Smith" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. C Cheung" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424294" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00977416v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Hou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Reposeur" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rousseau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asna.201312042" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00833913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Espinoza" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Celik" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weltevrede" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.W. Stappers" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sts657" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00655793v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Romani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kerr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Craig" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Johnston" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/738/1/114" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00605514v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/732/1/47" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00586111v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parent" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015317" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01270538v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aous A. Abdo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Axelsson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0067-0049/193/1/22" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00586142v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Ransom" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S. Ray" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. E. Roberts" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/727/1/L16" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00586586v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noutsos" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Abdo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/728/2/77" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631907v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1192537" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00585160v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M. Saz Parkinson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dormody" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ziegler" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/725/1/571" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00473736v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/712/1/147" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00473682v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.091302" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00377697v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Asano" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/SCIENCE.1169101" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436279v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Abdo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/706/1/L56" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378934v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. B. Atwood" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Axelsson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/697/2/1071" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00440944v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/707/1/580" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00442815v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/707/2/1310" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00429066v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burgay" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/705/1/1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00446920v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.251101" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00440769v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/707/1/55" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436584v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature08574" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00440021v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/706/2/1331" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00444982v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1182174" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00414457v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/SCIENCE.1177023" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00392444v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.181101" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00429043v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/703/2/1249" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436134v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/706/1/L1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613259v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Batsanov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinne Miqueu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sotiropoulos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Apperley" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200803373" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3WGMXMDC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00339341v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillemot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dumora" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200810285" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00113422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brion" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Britto" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bruel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bussons Gordo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065884" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00026029v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lott" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piron" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Blank" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bogaert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bregeon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2005.12.211" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2MCW8W4J-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628187v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lavalle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Manseri" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jacholkowska" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054340" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188086v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.T. Coffey" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sackmann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.U. Felderhof" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maaloum" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012265v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pare" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Balauge" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bazer-Bachi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bergeret" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berny" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019813v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Naurois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holder" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008068v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cordier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011579v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djannati-Atai" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Iacoucci" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Punch" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000908v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giebels" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Debiais" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000876v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Ong" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bhattacharya" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Covault" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Dixon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Gregorich" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00243496v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:019710060101100" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B06B53445356F63C788E7FE4BC2DB762C49DF69D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645245v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Smith" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kerr" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherry Ng" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Barr" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.285.0035" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00822933v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bakkali Taheri" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Doucas" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.V. Konoplev" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reichold" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Stevenson" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00398135v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00410844v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2900314" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00320211v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barbiellini" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellazzini" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Bogart" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2757300" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00411229v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025735v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024080v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bozzi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adye" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andreotti" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Antonioli" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barlow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2004.835905" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012881v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boutigny" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Smith" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Luppi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010970v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chounet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010966v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Masterson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009830v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zavrtanik" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00017828v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005109v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beyer" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cabot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerutti" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007849v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Quebert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013336v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Chounet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014275v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Eschstruth" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00004730v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Attallah" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Procureur" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319916v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemoine-Goumard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319927v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lonjou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319943v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319923v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319478v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150568v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024227v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ballet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>